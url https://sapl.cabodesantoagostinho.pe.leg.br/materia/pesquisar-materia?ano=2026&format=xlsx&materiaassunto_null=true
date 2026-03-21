--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,4414 +10,16981 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2600" uniqueCount="1313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10176" uniqueCount="5090">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>27457</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Naelson Valério</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27457/indicacao_estadio_jose_carlos_martins.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27457/indicacao_estadio_jose_carlos_martins.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de requalificação do Estádio Municipal José Carlos Martins, localizado em Ponte dos Carvalhos, no Município do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27459</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Sargento Almeida</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27459/casa_de_farinha_-_ponte_dos_carvalhos_-_limpeza_de_canal2c_iluminacao2c_capinacao2c_limpeza_urbana_e_pavimentacao-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27459/casa_de_farinha_-_ponte_dos_carvalhos_-_limpeza_de_canal2c_iluminacao2c_capinacao2c_limpeza_urbana_e_pavimentacao-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, prefeito do Cabo de Santo Agostinho-Pe, sejam adotadas providências urgentes no sentido de realizar a limpeza do canal, bem como a regularização do saneamento básico, tendo em vista a existência de esgoto a céu aberto no local, a capinação, limpeza urbana, bem como a pavimentação, na localidade da Casa de Farinha, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27460</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27460/rua_escritor_israel_felipe_em_frente_ao_recanto_da_crianca_-_santo_inacio_-_tampa_de_bueiro-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27460/rua_escritor_israel_felipe_em_frente_ao_recanto_da_crianca_-_santo_inacio_-_tampa_de_bueiro-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Escritor Israel Felipe, Bairro: Santo Inácio, em frente ao Recanto da Criança, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27461</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27461/rua_joao_farias_evangelista_-_vila_social_contra_mucambo_-_tampa_de_bueiro-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27461/rua_joao_farias_evangelista_-_vila_social_contra_mucambo_-_tampa_de_bueiro-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: João Farias Evangelista, Bairro: Vila Social Contra Mucambo, próximo a Paróquia São José Operário, no Cabo de Santo Agostinho- PE.</t>
   </si>
   <si>
     <t>27462</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27462/rua_quarenta_prox_ao_posto_medico_-_cohab_-_cratera-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27462/rua_quarenta_prox_ao_posto_medico_-_cohab_-_cratera-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito o recapeamento de crateras e a intervenção para garantia de acessibilidade em via intransitável localizada na Rua: Quarenta, Bairro: Cohab, próximo ao Posto Médico, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27463</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27463/rua_das_rosas_por_tras_do_nordestino_-_gaibu_-_limpeza_de_canal-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27463/rua_das_rosas_por_tras_do_nordestino_-_gaibu_-_limpeza_de_canal-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza e desobstrução do canal e uma rede de contenção localizado na Rua: das Rosas, Bairro: Gaibu, por trás do Supermercado Nordestino, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27464</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27464/colegio_elefante_-_pontezinha_-_pavimentacao-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27464/colegio_elefante_-_pontezinha_-_pavimentacao-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito a solicitação Urgente de Intervenção para Garantia de Acessibilidade em Via Intransitável em frente a Mafisavicola, Bairro: Pontezinha, próximo ao Colégio Elefante, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27465</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27465/rua_27_-_ponte_dos_carvalhos_-_pavimentacao2c_limpeza_de_canal2c_capinacao2c_limpeza_de_entulho-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27465/rua_27_-_ponte_dos_carvalhos_-_pavimentacao2c_limpeza_de_canal2c_capinacao2c_limpeza_de_entulho-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feito a solicitação Urgente de Intervenção para Garantia de Acessibilidade em Via Intransitável, a capinação e limpeza de entulhos, e limpeza do canal, na Rua: 27, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27466</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27466/rua_27_de_maio_-_suape_-_cratera-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27466/rua_27_de_maio_-_suape_-_cratera-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito o recapeamento de crateras e a intervenção para garantia de acessibilidade em via intransitável localizada na Rua: 27 de Maio (Cepovo), Bairro: Suape, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27467</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27467/marezinha_-_ponte_dos_carvalhos_-_iluminacao_e_capinacao-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27467/marezinha_-_ponte_dos_carvalhos_-_iluminacao_e_capinacao-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja reestabelecida a iluminação pública e capinação, na Marezinha, Bairro: Ponte dos Carvalhos, próximo ao Bar de Baia, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27468</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27468/rua_27_-_bela_vista_-_barreira-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27468/rua_27_-_bela_vista_-_barreira-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e segurança da área localizada na Travessa da rua 27, Bairro: Bela Vista, Número: 05, próximoa caixa dágua, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27469</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27469/rua_jose_de_castro_-_garapu_-_pavimentacao-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27469/rua_jose_de_castro_-_garapu_-_pavimentacao-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito a solicitação Urgente de Intervenção para Garantia de Acessibilidade em Via Intransitável na Rua: José de Castro, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27470</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27470/rua_da_mangueira_-_gaibu_-_limpeza_e_coletor_de_lixo-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27470/rua_da_mangueira_-_gaibu_-_limpeza_e_coletor_de_lixo-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: da Mangueira, Bairro: Gaibu, na subida do gringo, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27471</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27471/rua_armando_jose_sales_-_centro_-_tampa_de_bueiro-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27471/rua_armando_jose_sales_-_centro_-_tampa_de_bueiro-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Armando José Sales, Bairro: Centro, próximo a Lotérica, no Cabo de Santo Agostinho- PE.</t>
   </si>
   <si>
     <t>27472</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27472/rua_24_-_bela_vista_-_canaletas-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27472/rua_24_-_bela_vista_-_canaletas-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja tomado providências urgentes quanto à situação de esgoto a céu aberto, e à necessidade de limpeza e estruturação de canaleta, da Rua: 24, Bairro: Bela Vista, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27473</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27473/rua_tts_prox_a_praca_da_celpe_-_centro_-_limpeza_de_canal-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27473/rua_tts_prox_a_praca_da_celpe_-_centro_-_limpeza_de_canal-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza e desobstrução do canal e uma rede de contenção localizado na Rua: TTS, Bairro: Centro, próximo a praça da Celpe, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27475</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marcelo Macarrão</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27475/indicacao_calcadas_-_rua_aguas_compridas_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27475/indicacao_calcadas_-_rua_aguas_compridas_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização das calçadas, na Rua Águas Compridas, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27476</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27476/indicacao_calcadas_-_rua_messias_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27476/indicacao_calcadas_-_rua_messias_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização das calçadas, na Rua Messias, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27477</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27477/indicacao_capinacao_-_rua_do_areal_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27477/indicacao_capinacao_-_rua_do_areal_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Areal, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27478</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27478/indicacao_capinacao_-_rua_do_areial_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27478/indicacao_capinacao_-_rua_do_areial_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Areial, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27479</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27479/indicacao_capinacao_-_rua_do_porto_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27479/indicacao_capinacao_-_rua_do_porto_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Porto, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27480</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27480/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27480/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua Vinte e Um, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27481</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27481/rua_marlene_de_oliveira_cunha_-_ponte_dos_carvalhos_-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27481/rua_marlene_de_oliveira_cunha_-_ponte_dos_carvalhos_-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feito a poda de árvores na Rua: Marlene de Oliveira Cunha, Bairro: Ponte dos Carvalhos, próximo a Escola Municipal Paulo Freire, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27482</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27482/av_historiador_pereira_da_costa_prox_ao_banco_do_nordeste_-_centro_-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27482/av_historiador_pereira_da_costa_prox_ao_banco_do_nordeste_-_centro_-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feito a poda de árvores na Avenida: Historiador Pereira da Costa, Bairro: Centro, próximo ao Banco do Nordeste, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27484</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27484/indicacao_coletor_de_lixo_-_rua_das_guarebas_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27484/indicacao_coletor_de_lixo_-_rua_das_guarebas_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua das Guarebas, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27485</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27485/indicacao_entulho_-_rua_jose_humbelino_monte_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27485/indicacao_entulho_-_rua_jose_humbelino_monte_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua José Humbelino Monte, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27486</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27486/indicacao_capinacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27486/indicacao_capinacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Travessa Leonor Cunha dos Santos, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27487</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27487/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27487/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf</t>
   </si>
   <si>
     <t>27488</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27488/indicacao_entulho_-_rua_iris_barros_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27488/indicacao_entulho_-_rua_iris_barros_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Iris Barros, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27489</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27489/indicacao_entulho_-_rua_16_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27489/indicacao_entulho_-_rua_16_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Dezesseis, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27490</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27490/indicacao_limpeza_canal_-_rua_do_porto_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27490/indicacao_limpeza_canal_-_rua_do_porto_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua do Porto, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27491</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27491/indicacao_entulho_-_estrada_gaibu-suape_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27491/indicacao_entulho_-_estrada_gaibu-suape_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Estrada Gaibu-Suape, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27492</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27492/indicacao_entulho_-_rua_do_rosario_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27492/indicacao_entulho_-_rua_do_rosario_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua do Rosário, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27493</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27493/indicacao_coletor_de_lixo_-_rua_163_-_madre_iva.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27493/indicacao_coletor_de_lixo_-_rua_163_-_madre_iva.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua Cento e Sessenta e Três, na Vila Madre Iva, neste Município.</t>
   </si>
   <si>
     <t>27494</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27494/indicacao_construcao_canaleta_-_rua_iris_barros_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27494/indicacao_construcao_canaleta_-_rua_iris_barros_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de canaletas, na Rua Iris Barros, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27495</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27495/indicacao_limpeza_canaleta_-_rua_16_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27495/indicacao_limpeza_canaleta_-_rua_16_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua Dezesseis, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27496</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27496/indicacao_limpeza_canaleta_-_tv_do_acafrao_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27496/indicacao_limpeza_canaleta_-_tv_do_acafrao_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Travessa do Açafrão, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27497</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27497/indicacao_pavimentacao_-_rua_aguas_compridas_lt13_-_gaibu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27497/indicacao_pavimentacao_-_rua_aguas_compridas_lt13_-_gaibu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Águas Compridas – Lote 13, na praia de Gaibu, neste Município.</t>
   </si>
   <si>
     <t>27498</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27498/indicacao_limpeza_canal_-_rua_senador_jose_herminio_morais_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27498/indicacao_limpeza_canal_-_rua_senador_jose_herminio_morais_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua Senador José Hermínio Morais (antiga Rua 18), no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27499</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27499/indicacao_pavimentacao_-_rua_areial_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27499/indicacao_pavimentacao_-_rua_areial_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Areial, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27500</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27500/indicacao_pavimentacao_-_rua_iris_barros_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27500/indicacao_pavimentacao_-_rua_iris_barros_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Íris Barros, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27501</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27501/indicacao_pavimentacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27501/indicacao_pavimentacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Travessa Leonor Cunha dos Santos, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27502</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27502/indicacao_troca_coletor_-_rua_da_uniao_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27502/indicacao_troca_coletor_-_rua_da_uniao_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar providências no sentido de promover a substituição de coletor de lixo, na Rua da União, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27503</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27503/indicacao_recapeamento_-_avenida_um_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27503/indicacao_recapeamento_-_avenida_um_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Avenida Um, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27504</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27504/indicacao_recapeamento_-_rua_20_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27504/indicacao_recapeamento_-_rua_20_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Vinte, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27505</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27505/indicacao_recapeamento_-_rua_da_uniao_-_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27505/indicacao_recapeamento_-_rua_da_uniao_-_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua da União, no bairro de Pirapama, neste Município.</t>
   </si>
   <si>
     <t>27506</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27506/indicacao_recapeamento_-_rua_das_guarebas_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27506/indicacao_recapeamento_-_rua_das_guarebas_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua das Guarebas, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27507</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27507/indicacao_recapeamento_-_estrada_gaibu-suape_-_suape.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27507/indicacao_recapeamento_-_estrada_gaibu-suape_-_suape.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Estrada Gaibu-Suape, na praia de Suape, neste Município.</t>
   </si>
   <si>
     <t>27508</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27508/indicacao_recapeamento_-_rua_euclides_alves_da_silva_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27508/indicacao_recapeamento_-_rua_euclides_alves_da_silva_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Euclides Alves da Silva, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27509</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27509/indicacao_recapeamento_-_rua_sebastiao_valdemiro_de_lima_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27509/indicacao_recapeamento_-_rua_sebastiao_valdemiro_de_lima_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Sebastião Valdemiro de Lima, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27510</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27510/indicacao_tampa_de_bueiro_-_rua_16_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27510/indicacao_tampa_de_bueiro_-_rua_16_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço que seja realizado o conserto de tampa de bueiro, na Rua Dezesseis, no bairro São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27511</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27511/indicacao_troca_coletor_-_rua_18_-_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27511/indicacao_troca_coletor_-_rua_18_-_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar providências no sentido de promover a substituição de coletor de lixo, na Rua Dezoito, no bairro de São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27513</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Karol Barros</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27513/indicacao_-_bueiros_inteligentes_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27513/indicacao_-_bueiros_inteligentes_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, a adoção das providências necessárias para a implantação do programa “Bueiro Inteligente”, com vistas à prevenção de enchentes e alagamentos, bem como à mitigação de riscos ambientais e de desastres naturais decorrentes do entupimento das galerias de águas pluviais.</t>
   </si>
   <si>
     <t>27514</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27514/rua_da_conciliacao_-_ponte_dos_carvalhos_-_escadaria2c_corrimao_e_demais_demandas-1_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27514/rua_da_conciliacao_-_ponte_dos_carvalhos_-_escadaria2c_corrimao_e_demais_demandas-1_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja tomado providências quanto à reestruturação da escadaria, e corrimão, na Rua: Da Conciliação, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27515</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27515/rua_42_-_cohab_-_recolha_de_veiculo_em_deterioracao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27515/rua_42_-_cohab_-_recolha_de_veiculo_em_deterioracao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feito a retirada de um veículo (modelo kombi) que está em deterioração, localizado na Rua: 42, Bairro: Cohab, próximo ao Posto Médico, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27516</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27516/rua_tacito_jose_grubba_-_garapu_-_pavimentacao_e_reestruturacao_da_via_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27516/rua_tacito_jose_grubba_-_garapu_-_pavimentacao_e_reestruturacao_da_via_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito a solicitação Urgente de Intervenção para Garantia de Acessibilidade em Via Intransitável na Rua: Tacito José Grubba, Bairro: Garapu, no Cabo de Santo Agostinho-PE</t>
   </si>
   <si>
     <t>27517</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27517/r._da_medalha_-_pte_dos_carvalhos_-_recapeam_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27517/r._da_medalha_-_pte_dos_carvalhos_-_recapeam_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais,_x000D_
 que a casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do_x000D_
 Cabo de Santo Agostinho, junto a Secretaria Municipal de Coordenação Regional_x000D_
 e Serviços Públicos, para que seja realizado o serviço de recapeamento na rua da_x000D_
 Medalha – Ponte dos Carvalhos - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27518</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27518/r._amelia_de_freitas_bevilaqua_-_garapu_-_ilum_publica_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27518/r._amelia_de_freitas_bevilaqua_-_garapu_-_ilum_publica_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades_x000D_
 regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de_x000D_
 Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria_x000D_
 Municipal de Coordenação Regional e Serviços Públicos, para que seja_x000D_
 realizado o serviço de manutenção da iluminação pública na rua Amélia de_x000D_
 Freitas Beviláqua – Garapu - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27519</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27519/primeira_travessa_da_saudade-_pte_dos_carvalhos-_manut_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27519/primeira_travessa_da_saudade-_pte_dos_carvalhos-_manut_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades_x000D_
 regimentais, que essa Casa encaminhe está proposta ao Sr. Lula Cabral de_x000D_
 Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria_x000D_
 Municipal de Coordenação Regional e Serviços Públicos, para que seja_x000D_
 realizado o serviço de manutenção da tampa de bueiro localizada primeira_x000D_
 Travessa da saudade – Ponte dos Carvalhos - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27520</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27520/primeira_travessa_da_saudade_-pte_dos_carvalhos_-_capin_e_limp_urb_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27520/primeira_travessa_da_saudade_-pte_dos_carvalhos_-_capin_e_limp_urb_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais,_x000D_
 que a casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do_x000D_
 Cabo de Santo Agostinho, junto a Secretaria Municipal de Coordenação Regional_x000D_
 e Serviços Públicos, para que sejam realizados os serviços de limpeza urbana e_x000D_
 capinação na primeira Travessa da Saudade – Ponte dos Carvalhos - Cabo de_x000D_
 Santo Agostinho -PE.</t>
   </si>
   <si>
     <t>27521</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27521/rua_curva_de_nivel_-_vila_santo_inacio_-_cratera_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27521/rua_curva_de_nivel_-_vila_santo_inacio_-_cratera_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito o recapeamento de crateras e a intervenção para garantia de acessibilidade em via intransitável localizada na Rua: Curva de Nível, Bairro: Vila Santo Inácio, próximo ao Senaí, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27522</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27522/quadra_rua_epaminondas_de_melo_-_vila_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27522/quadra_rua_epaminondas_de_melo_-_vila_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esportes, no sentido de que seja feito a capinação a revitalização e manutenção da Quadra de futsal e basquete, da Rua: Epaminondas de Melo, Bairro: Vila Santo Inácio, próximo as casinhas, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27523</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27523/quadra_rua_projetada_b_-_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27523/quadra_rua_projetada_b_-_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esportes, no sentido de que seja feito a capinação a revitalização e manutenção da Quadra de futsal e basquete, da Rua: Projetada B, Bairro: Vila Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27524</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27524/rua_eng_fernado_botelho_-_vila_santo_inacio_-_coletores_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27524/rua_eng_fernado_botelho_-_vila_santo_inacio_-_coletores_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: Eng Fernando Botelho, Bairro: Vila Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27525</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27525/rua_6_-_sao_francisco_-_coletores_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27525/rua_6_-_sao_francisco_-_coletores_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: 6, Bairro: São Francisco, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27526</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27526/indicacao_pavimentacao_-_rua_vila_38_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27526/indicacao_pavimentacao_-_rua_vila_38_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Vila Trinta e Oito, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27527</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27527/indicacao_entulho_-_rua_vila_23_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27527/indicacao_entulho_-_rua_vila_23_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Vila Vinte e Três, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27528</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27528/indicacao_capinacao_-_av_jarbas_jamerson_do_rego__-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27528/indicacao_capinacao_-_av_jarbas_jamerson_do_rego__-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Avenida Jarbas Jamerson do Rêgo, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27529</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27529/indicacao_capinacao_-_rua_oliveira_cardoso_-_gaibu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27529/indicacao_capinacao_-_rua_oliveira_cardoso_-_gaibu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Oliveira Cardoso, na praia de Gaibu, neste Município.</t>
   </si>
   <si>
     <t>27530</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27530/indicacao_capinacao_-_rua_jose_luiz_rodrigues__-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27530/indicacao_capinacao_-_rua_jose_luiz_rodrigues__-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua José Luiz Rodrigues, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27531</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27531/indicacao_capinacao_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27531/indicacao_capinacao_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Avenida Vereador Lúcio Fernando Monteiro, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27532</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27532/indicacao_capinacao_-_rua_vila_23__-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27532/indicacao_capinacao_-_rua_vila_23__-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Vila Vinte e Três, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27533</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27533/indicacao_fossa_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27533/indicacao_fossa_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a desobstrução/limpeza de fossa, na Rua Oliveira Cardoso, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27534</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27534/indicacao_limpeza_canaleta_-_av_jarbas_jamerson_do_rego_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27534/indicacao_limpeza_canaleta_-_av_jarbas_jamerson_do_rego_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Avenida Jarbas Jamerson do Rêgo, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27535</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27535/indicacao_limpeza_canaleta_-_rua_da_mangueirinha_-_gaibu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27535/indicacao_limpeza_canaleta_-_rua_da_mangueirinha_-_gaibu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua da Mangueirinha, na praia de Gaibu, neste Município.</t>
   </si>
   <si>
     <t>27536</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27536/indicacao_limpeza_canaleta_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27536/indicacao_limpeza_canaleta_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Avenida Vereador Lúcio Fernando Monteiro, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27537</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27537/indicacao_pavimentacao_-_rua_vi_18_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27537/indicacao_pavimentacao_-_rua_vi_18_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua VI Dezoito, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27538</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27538/indicacao_pavimentacao_-_rua_vi_19_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27538/indicacao_pavimentacao_-_rua_vi_19_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua VI Dezenove, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27539</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27539/indicacao_pavimentacao_-_rua_vila_23_-_enseadas_dos_corais.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27539/indicacao_pavimentacao_-_rua_vila_23_-_enseadas_dos_corais.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Vila Vinte e Três, na praia de Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27540</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27540/r._agripino_xavier_-_sao_judas_tadeu_-_sto_inacio_-_recap_e_drenag_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27540/r._agripino_xavier_-_sao_judas_tadeu_-_sto_inacio_-_recap_e_drenag_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que  essa Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de realizar o serviço de recapeamento e análise do  sistema de drenagem na rua Agripino Xavier nas proximidades da garagem da “São Judas Tadeu” – Santo Inácio - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27541</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27541/ao_longo_do_viaduto_p_usina_bom_jesus_-_ilumin_publica_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27541/ao_longo_do_viaduto_p_usina_bom_jesus_-_ilumin_publica_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de realizar a implantação de iluminação pública ao longo do viaduto que leva à Usina Bom Jesus, Cabo de Santo Agostinho - PE.</t>
   </si>
   <si>
     <t>27542</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27542/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27542/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na_x000D_
 Rua: Israel Felipe, Bairro: Santo Inácio, próximo a Máxima internet, no Cabo de Santo_x000D_
 Agostinho-PE.</t>
   </si>
   <si>
     <t>27543</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Cianinho</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27543/rua_olavo_bilac_limpeza_e_entulhos_cidade_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27543/rua_olavo_bilac_limpeza_e_entulhos_cidade_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua Olavo Bilac, Cidade Garapú, neste Município.</t>
   </si>
   <si>
     <t>27544</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27544/rua_olavo_bilac_recapeamento_cidade_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27544/rua_olavo_bilac_recapeamento_cidade_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento da Rua Olavo Bilac, Cidade_x000D_
 Garapú, nesse Município.</t>
   </si>
   <si>
     <t>27545</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27545/revitalizacao_das_paradas_de_onibus_da_pe-60_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27545/revitalizacao_das_paradas_de_onibus_da_pe-60_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Revitalização das paradas de ônibus da PE60, nesse Município.</t>
   </si>
   <si>
     <t>27546</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27546/limpeza_das_galerias_nas_ruas_oitenta_e_tres_e_oitenta_e_quatro_vila_cohab_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27546/limpeza_das_galerias_nas_ruas_oitenta_e_tres_e_oitenta_e_quatro_vila_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
 Serviços Públicos do Cabo de Santo Agostinho que seja resolvido o problema_x000D_
 de Limpeza das Galerias nas Ruas Oitenta e Três e Oitenta e Quatro, Vila_x000D_
 Cohab, neste Município.</t>
   </si>
   <si>
     <t>27547</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27547/rua_oitenta_e_cinco_entulhos_e_lixo_cohab_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27547/rua_oitenta_e_cinco_entulhos_e_lixo_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua Oitenta e Cinco, em frente ao número 95, Cohab, neste Município.</t>
   </si>
   <si>
     <t>27548</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27548/esquina_da_rua_nova_entulho_e_lixo_santo_inacio_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27548/esquina_da_rua_nova_entulho_e_lixo_santo_inacio_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 esquina da Rua Nova, Santo Inácio, neste Município.</t>
   </si>
   <si>
     <t>27549</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27549/rua_quarenta_e_quatro_entulhos_e_lixo_bairro_de_sao_francisco_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27549/rua_quarenta_e_quatro_entulhos_e_lixo_bairro_de_sao_francisco_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua Quarenta e Quatro, Bairro de São Francisco, neste Município.</t>
   </si>
   <si>
     <t>27550</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27550/rua_jose_mario_ventura_limpeza_e_capinacao_cohab_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27550/rua_jose_mario_ventura_limpeza_e_capinacao_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua José Mário_x000D_
 Ventura, Cohab, neste Município.</t>
   </si>
   <si>
     <t>27551</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27551/limpeza_do_canal_na_rua_tres_alto_da_bela_vista_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27551/limpeza_do_canal_na_rua_tres_alto_da_bela_vista_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza do Canal na Rua Três, Alto da_x000D_
 Bela Vista, neste Município.</t>
   </si>
   <si>
     <t>27552</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27552/rua_amelia_alves_da_silveira_pavimentacao_cidade_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27552/rua_amelia_alves_da_silveira_pavimentacao_cidade_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Pavimentação na Rua Amélia Alves da_x000D_
 Silveira, Cidade Garapú, nesse Município.</t>
   </si>
   <si>
     <t>27553</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27553/rua_barao_do_rio_branco_entulho_e_lixo_santo_inacio_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27553/rua_barao_do_rio_branco_entulho_e_lixo_santo_inacio_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua Barão do Rio Branco, Santo Inácio, neste Município.</t>
   </si>
   <si>
     <t>27554</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27554/rua_luiz_deodato_pereira_pavimentacao_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27554/rua_luiz_deodato_pereira_pavimentacao_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Pavimentação na Rua Luiz Deodato Pereira,_x000D_
 Garapú, nesse Município.</t>
   </si>
   <si>
     <t>27555</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27555/rua_da_conciliacao_limpeza_do_canal_ponte_dos_carvalhos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27555/rua_da_conciliacao_limpeza_do_canal_ponte_dos_carvalhos_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza do canal na Rua da Conciliação,_x000D_
 Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27556</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27556/rua_amaurilio_veloso_limpeza_e_capinacao_vila_roca_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27556/rua_amaurilio_veloso_limpeza_e_capinacao_vila_roca_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Amaurílio_x000D_
 Veloso, Vila Roca, neste Município.</t>
   </si>
   <si>
     <t>27557</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27557/rua_10_entulho_e_lixo_charneca_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27557/rua_10_entulho_e_lixo_charneca_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua 10, Charneca, neste Município</t>
   </si>
   <si>
     <t>27558</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27558/pontezinha_-revitalizacao_da_barreira_de_protecao_da_ponte_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27558/pontezinha_-revitalizacao_da_barreira_de_protecao_da_ponte_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
 ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, obras e habitação, no sentido_x000D_
 de que seja feita a revitalização da barreira de segurança (guarda-corpo) da ponte_x000D_
 localizada na antiga estrada/rodovia, no bairro de Pontezinha., no Cabo de Santo_x000D_
 Agostinho-PE.</t>
   </si>
   <si>
     <t>27559</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27559/indicacao_calcadas_-_rua_35_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27559/indicacao_calcadas_-_rua_35_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização das calçadas, na Rua Trinta e Cinco, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27560</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27560/indicacao_capinacao_-_rua_35_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27560/indicacao_capinacao_-_rua_35_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Trinta e Cinco, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27561</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27561/indicacao_capinacao_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27561/indicacao_capinacao_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Arnóbio Marques Gama, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27562</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27562/indicacao_capinacao_-_rua_gramado_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27562/indicacao_capinacao_-_rua_gramado_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Gramado, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27563</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27563/indicacao_capinacao_-_rua_mario_rego_barreto_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27563/indicacao_capinacao_-_rua_mario_rego_barreto_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Mário Rego Barreto, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27564</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27564/indicacao_capinacao_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27564/indicacao_capinacao_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Sargento Geraldo José de Lima, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27565</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27565/indicacao_capinacao_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27565/indicacao_capinacao_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Tenente Coronel Evilásio, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27566</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27566/indicacao_desobstrucao_de_galeria_-_rua_nova_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27566/indicacao_desobstrucao_de_galeria_-_rua_nova_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados o serviço de desobstrução e limpeza de galeria de drenagem, na Rua Nova, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27567</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27567/indicacao_drenagem_bueiro_-_rua_42_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27567/indicacao_drenagem_bueiro_-_rua_42_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de drenagem, limpeza e desobstrução de bueiro, na Rua Quarenta e Dois, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27568</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27568/indicacao_entulho_-_rua_antonio_anacleto_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27568/indicacao_entulho_-_rua_antonio_anacleto_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Antônio Anacleto, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27569</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27569/indicacao_entulho_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27569/indicacao_entulho_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Arnóbio Marques Gama, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27570</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27570/indicacao_entulho_-_rua_jornalista_jose_dos_santos_pereira_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27570/indicacao_entulho_-_rua_jornalista_jose_dos_santos_pereira_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Jornalista José dos Santos Pereira, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27571</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27571/indicacao_entulho_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27571/indicacao_entulho_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Tenente Coronel Evilásio, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27572</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27572/indicacao_limpeza_canaleta_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27572/indicacao_limpeza_canaleta_-_rua_arnobio_marques_gama_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua Arnóbio Marques Gama, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27573</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27573/indicacao_limpeza_canaleta_-_rua_gramado_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27573/indicacao_limpeza_canaleta_-_rua_gramado_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua Gramado, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27574</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27574/indicacao_recapeamento_-_rua_41_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27574/indicacao_recapeamento_-_rua_41_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Quarenta e Um, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27575</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27575/indicacao_recapeamento_-_rua_42_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27575/indicacao_recapeamento_-_rua_42_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Quarenta e Dois, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27576</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27576/indicacao_recapeamento_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27576/indicacao_recapeamento_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Reginaldo Fonseca Pereira, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27577</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27577/indicacao_recapeamento_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27577/indicacao_recapeamento_-_rua_tenente_coronel_evilasio_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Tenente Coronel Evilásio, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27578</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27578/indicacao_tapa-buracos_-_rua_antonio_anacleto_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27578/indicacao_tapa-buracos_-_rua_antonio_anacleto_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências para o mutirão de realização de operação tapa buracos, na Rua Antônio Anacleto, no bairro da Destilaria, neste Município.</t>
   </si>
   <si>
     <t>27579</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27579/indicacao_tapa-buracos_-_rua_mario_rego_barreto_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27579/indicacao_tapa-buracos_-_rua_mario_rego_barreto_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências para o mutirão de realização de operação tapa buracos, na Rua Mário Rego Barreto, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27580</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27580/indicacao_tapa-buracos_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27580/indicacao_tapa-buracos_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências para o mutirão de realização de operação tapa buracos, na Rua Sargento Geraldo José de Lima, no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27581</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27581/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27581/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: Israel Felipe, Bairro: Santo Inácio, próximo a Máxima internet, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27582</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27582/av_doutor_jose_faustino_dos_santos_-_santo_inacio_-_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27582/av_doutor_jose_faustino_dos_santos_-_santo_inacio_-_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a capinação na Av. Doutor José Faustino dos Santos, Bairro:_x000D_
 Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27583</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27583/av._doutor_faustino_-_santo_inacio_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27583/av._doutor_faustino_-_santo_inacio_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido_x000D_
 de que seja feito a solicitação Urgente de Intervenção para Garantia de Acessibilidade em Via_x000D_
 Intransitável e em seguida a pavimentação, bem como a capinação, recolha de entulho e que_x000D_
 sejam inseridos coletores de lixo na Av. Doutor Faustino dos Santos, Bairro: Santo Inácio, no Cabo_x000D_
 de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27584</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27584/av._doutor_faustino_jose_dos_santos-_santo_inacio_-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27584/av._doutor_faustino_jose_dos_santos-_santo_inacio_-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita as restaurações das tampas de bueiros na Av._x000D_
 Doutor Faustino do Santos, no bairro: Rosário, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27585</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27585/escola_-_rosario_-_manutencao_quadra_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27585/escola_-_rosario_-_manutencao_quadra_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
 ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esporte, no sentido de que seja feita_x000D_
 a manutenção da quadra de areia da Escola Modelo Manoel Maria Caetano, localizada no_x000D_
 Bairro: Rosário, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27586</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27586/rua_pastor_armando_-_rosario_-_quebra-molas_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27586/rua_pastor_armando_-_rosario_-_quebra-molas_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social, para que determine ao_x000D_
 setor competente a instalação de redutores de velocidade (quebra-molas), na Rua: Pastor_x000D_
 Armando José da Silva, Bairro: Rosário, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27587</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27587/rua_santo_inacio_-_santo_inacio_-_cratera_na_via_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27587/rua_santo_inacio_-_santo_inacio_-_cratera_na_via_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feito o recapeamento de cratera localizada na Rua:_x000D_
 Santo Inácio, no bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27588</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Gabi Jerônimo</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27588/01-2026_-_capinacao_e_limpeza_-_r._profa_lucia_barreto_soares_-_jd._santo_inacio.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27588/01-2026_-_capinacao_e_limpeza_-_r._profa_lucia_barreto_soares_-_jd._santo_inacio.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Raimundo Souza – Secretário da Coordenação Regional e Serviços Públicos, a fim de solicitar a realização dos serviços de Capinação e Limpeza na Rua Professora Lúcia Barreto Soares, do Bairro Jardim Santo Inácio, neste Município.</t>
   </si>
   <si>
     <t>27589</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27589/02-2026_-_capinacao_e_limpeza_-_r._ver._alderico_marques_da_silva_-_jd._santo_inacio.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27589/02-2026_-_capinacao_e_limpeza_-_r._ver._alderico_marques_da_silva_-_jd._santo_inacio.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Raimundo Souza – Secretário da Coordenação Regional e Serviços Públicos, a fim de solicitar a realização dos serviços de Capinação e Limpeza na Rua Vereador Alderico Marques da Silva, do Bairro Jardim Santo Inácio, neste Município.</t>
   </si>
   <si>
     <t>27590</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27590/03-2026_-_capinacao_e_limpeza_-_r._pedro_borba_-_jd._santo_inacio.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27590/03-2026_-_capinacao_e_limpeza_-_r._pedro_borba_-_jd._santo_inacio.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Raimundo Souza – Secretário da Coordenação Regional e Serviços Públicos, a fim de solicitar a realização dos serviços de Capinação e Limpeza na Rua Pedro Borba, do Bairro Jardim Santo Inácio, neste Município.</t>
   </si>
   <si>
     <t>27591</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27591/04-2026_-_pavimentacao_e_drenagem_-_rua_da_jaqueira_-_novo_horizonte.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27591/04-2026_-_pavimentacao_e_drenagem_-_rua_da_jaqueira_-_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação e Construção do Sistema de Drenagem na Rua da Jaqueira e suas transversais, no Loteamento Novo Horizonte, do Bairro da Charneca, neste Município.</t>
   </si>
   <si>
     <t>27592</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27592/05-2026_-_pavimentacao_e_drenagem_-_rua_da_bica-_novo_horizonte.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27592/05-2026_-_pavimentacao_e_drenagem_-_rua_da_bica-_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação e Construção do Sistema de Drenagem na Rua da Bica e suas transversais, no Loteamento Novo Horizonte, do Bairro da Charneca, neste Município.</t>
   </si>
   <si>
     <t>27593</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27593/06-2026_-_pavimentacao_e_drenagem_-_rua_10_-_novo_horizonte.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27593/06-2026_-_pavimentacao_e_drenagem_-_rua_10_-_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação e Construção do Sistema de Drenagem na Rua Dez (10) e suas transversais, no Loteamento Novo Horizonte, do Bairro da Charneca, neste Município.</t>
   </si>
   <si>
     <t>27594</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27594/rua_oliveira_cardoso_recapeamento_enseadas_dos_corais_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27594/rua_oliveira_cardoso_recapeamento_enseadas_dos_corais_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Rua Oliveira Cardoso,_x000D_
 Enseadas dos Corais, nesse Município.</t>
   </si>
   <si>
     <t>27595</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27595/rua_amaro_florencio_entulhos_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27595/rua_amaro_florencio_entulhos_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua Amaro Florencio, Garapú, neste Município.</t>
   </si>
   <si>
     <t>27596</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27596/rua_sebastiao_juventino_recapeamento_destilaria_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27596/rua_sebastiao_juventino_recapeamento_destilaria_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Rua Sebastião Juventino,_x000D_
 Destilaria, nesse Município.</t>
   </si>
   <si>
     <t>27597</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27597/rua_do_limite_limpeza_e_capinacao_pontezinha_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27597/rua_do_limite_limpeza_e_capinacao_pontezinha_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua do Limite,_x000D_
 Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27598</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27598/av._prefeito_diomendes_ferreira_de_melo_recapeamento_centro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27598/av._prefeito_diomendes_ferreira_de_melo_recapeamento_centro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Av. Prefeito Diomendes_x000D_
 Ferreira de Melo, Centro, nesse Município.</t>
   </si>
   <si>
     <t>27599</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27599/rua_trinta_e_sete_recapeamento_centro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27599/rua_trinta_e_sete_recapeamento_centro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Rua Trinta e Sete, Centro,_x000D_
 nesse Município.</t>
   </si>
   <si>
     <t>27600</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27600/av._tres_coletores_enseadas_dos_corais_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27600/av._tres_coletores_enseadas_dos_corais_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
 Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
 Av. Três, Enseadas dos Corais, neste Município.</t>
   </si>
   <si>
     <t>27601</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27601/av._tres_coletores_enseadas_dos_corais_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27601/av._tres_coletores_enseadas_dos_corais_assinado.pdf</t>
   </si>
   <si>
     <t>27602</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27602/rua_vc_dez_pavimentacao_enseadas_dos_corais_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27602/rua_vc_dez_pavimentacao_enseadas_dos_corais_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Pavimentação na Rua VC Dez, Enseadas dos_x000D_
 Corais, nesse Município.</t>
   </si>
   <si>
     <t>27603</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27603/av._presidente_getulio_vargas_em_frente_a_parada_de_onibus_do_hospital_sao_sebastiao_centro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27603/av._presidente_getulio_vargas_em_frente_a_parada_de_onibus_do_hospital_sao_sebastiao_centro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
 Serviços Públicos do Cabo de Santo Agostinho que seja resolvido o problema_x000D_
 de falta de uma rampa de acessibilidade na Av. Presidente Getúlio Vargas, em_x000D_
 frente a parada de ônibus do Hospital São Sebastião, Centro, neste Município.</t>
   </si>
   <si>
     <t>27604</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27604/pista_local_da_br_101_capinacao_em_frente_so_arcovita_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27604/pista_local_da_br_101_capinacao_em_frente_so_arcovita_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Pista local da Br_x000D_
 101, em frente só Arcovita, neste Município.</t>
   </si>
   <si>
     <t>27605</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27605/quadra_poliesportiva_marques_do_recife_-_jucaral_-_manutencao_telhado_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27605/quadra_poliesportiva_marques_do_recife_-_jucaral_-_manutencao_telhado_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação no sentido de que seja feita a solicitação Urgente de Manutenção no telhado da Quadra Poliesportiva da Escola Marquês do Recife, Distrito: Juçaral, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27606</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27606/rua_53_-_sao_francisco_-_barreira_de_contencao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27606/rua_53_-_sao_francisco_-_barreira_de_contencao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e segurança da área localizada na Rua: 53, Bairro: São Francisco, após o lava jato do Binho., no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27607</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27607/rodovia_pe60_-_santo_inacio-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27607/rodovia_pe60_-_santo_inacio-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rodovia Pe60, Bairro: Santo Inácio, próximo a Igreja do Amor, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27608</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27608/rua_antonio_alencar_barbosa_-_destilaria_-_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27608/rua_antonio_alencar_barbosa_-_destilaria_-_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a capinação na Rua: Antônio Alencar Barbosa, Bairro: Destilaria,_x000D_
 ao lado da Fachuca, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27609</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27609/rua_professora_raquel_de_moraes_fraga_-_santo_inacio_-_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27609/rua_professora_raquel_de_moraes_fraga_-_santo_inacio_-_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a capinação na Rua: Professora Raquel de Moraes Fraga,_x000D_
 Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27610</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27610/camaras_de_monitoramento_-_parque_dos_eucaliptos_-pte_dos_carvalhos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27610/camaras_de_monitoramento_-_parque_dos_eucaliptos_-pte_dos_carvalhos_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Municipal correspondente, para que seja realizado o serviço de implantação de câmaras de monitoramento no Parque dos Eucaliptos – Ponte dos Carvalhos - Cabo de Santo Agostinho -PE.</t>
   </si>
   <si>
     <t>27611</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27611/indicacao_esgoto_-_rua_joao_manoel_de_oliveira_antiga_96_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27611/indicacao_esgoto_-_rua_joao_manoel_de_oliveira_antiga_96_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam adotadas providências urgentes para reparo de esgoto estourado, desobstrução da rede de drenagem e recuperação do pavimento, na Rua João Manoel de Oliveira (antiga Rua 96), no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27613</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27613/indicacao_limpeza_canaleta_-_rua_18_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27613/indicacao_limpeza_canaleta_-_rua_18_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua Dezoito, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27614</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27614/indicacao_limpeza_canaleta_-_rua_brejo_da_madre_de_deus_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27614/indicacao_limpeza_canaleta_-_rua_brejo_da_madre_de_deus_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas e bueiros, na Rua Brejo da Madre de Deus, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27615</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27615/indicacao_calcadas_-_rua_limoeiro_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27615/indicacao_calcadas_-_rua_limoeiro_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Limoeiro, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27616</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27616/indicacao_capinacao_-_rua_jaboatao_dos_guararapes_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27616/indicacao_capinacao_-_rua_jaboatao_dos_guararapes_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Jaboatão dos Guararapes, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27617</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27617/indicacao_capinacao_-_rua_olinda_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27617/indicacao_capinacao_-_rua_olinda_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Olinda, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27618</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27618/indicacao_pavimentacao_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27618/indicacao_pavimentacao_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na 5Travessa da Rua Dezessete, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27619</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27619/indicacao_capinacao_-_rua_ouricuri_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27619/indicacao_capinacao_-_rua_ouricuri_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Ouricuri, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27620</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27620/indicacao_coletor_de_lixo_-_rua_16_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27620/indicacao_coletor_de_lixo_-_rua_16_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua Dezesseis, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27621</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27621/indicacao_recapeamento_-_rua_ouricuri_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27621/indicacao_recapeamento_-_rua_ouricuri_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Ouricuri, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27622</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27622/indicacao_pavimentacao_-_rua_25_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27622/indicacao_pavimentacao_-_rua_25_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Vinte e Cinco, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27623</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27623/indicacao_entulho_-_rua_18_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27623/indicacao_entulho_-_rua_18_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Dezoito, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27624</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27624/indicacao_entulho_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27624/indicacao_entulho_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na 5Travessa da Rua Dezessete, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27625</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27625/indicacao_entulho_-_rua_16_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27625/indicacao_entulho_-_rua_16_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Dezesseis, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27626</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27626/indicacao_limpeza_canal_-_rua_tacito_jose_grubba_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27626/indicacao_limpeza_canal_-_rua_tacito_jose_grubba_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua Tácito José Grubba, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27627</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27627/indicacao_entulho_-_rua_brejo_da_madre_de_deus_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27627/indicacao_entulho_-_rua_brejo_da_madre_de_deus_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Brejo da Madre de Deus, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27628</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27628/indicacao_entulho_-_rua_jose_carlos_de_franca_antiga_66_-_cohab.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27628/indicacao_entulho_-_rua_jose_carlos_de_franca_antiga_66_-_cohab.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua José Carlos de França (antiga Rua 66), no bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27629</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27629/indicacao_drenagem_bueiro_-_rua_olinda_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27629/indicacao_drenagem_bueiro_-_rua_olinda_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de drenagem, limpeza e desobstrução de bueiro, na Rua Olinda, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27630</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27630/indicacao_drenagem_canaletas_-_rua_jatoba_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27630/indicacao_drenagem_canaletas_-_rua_jatoba_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de drenagem, limpeza e desobstrução de canaletas, na Rua Jatobá, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27631</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27631/indicacao_sinalizacao_nome_de_rua_-_rua_itapissuma_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27631/indicacao_sinalizacao_nome_de_rua_-_rua_itapissuma_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado por meio do órgão competente, a implantação de placa de sinalização contendo o nome de rua, na Rua Itapissuma, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27632</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27632/indicacao_sinalizacao_nome_de_rua_-_rua_paudalho_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27632/indicacao_sinalizacao_nome_de_rua_-_rua_paudalho_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado por meio do órgão competente, a implantação de placa de sinalização contendo o nome de rua, na Rua Paudalho, no bairro de Garapu, neste Município.</t>
   </si>
   <si>
     <t>27635</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27635/ind_implementacao_de_coletores_para_coleta_seletiva_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27635/ind_implementacao_de_coletores_para_coleta_seletiva_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidadesregimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de_x000D_
 Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que seja realizado o serviço de implementação de_x000D_
 coletores de lixo específicos para coleta seletiva em vias públicas, praças, parques, áreas de grande circulação de pessoas e demais espaços públicos no município do Cabo de Santo Agostinho-PE</t>
   </si>
   <si>
     <t>27636</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27636/av._jarbas_jamerson_-_enseada_dos_corais_-_coletores_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27636/av._jarbas_jamerson_-_enseada_dos_corais_-_coletores_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na_x000D_
 Av.: Jarbas Jamerson do Rêgo, Bairro: Enseada dos Corais, no Cabo de Santo Agostinho-_x000D_
 PE.</t>
   </si>
   <si>
     <t>27637</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27637/rua_da_mangueirinha_-_gaibu_-_coletores_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27637/rua_da_mangueirinha_-_gaibu_-_coletores_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: Da Mangueirinha, Bairro: Gaibu, por trás da Escola Modelo, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27638</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27638/antiga_estrada_da_rodovia_br_101_coletores_centro_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27638/antiga_estrada_da_rodovia_br_101_coletores_centro_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
 Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
 Antiga Estrada da Rodovia BR 101, Centro, neste Município.</t>
   </si>
   <si>
     <t>27639</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27639/rua_quatro_recapeamento_torrinha_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27639/rua_quatro_recapeamento_torrinha_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Rua Quatro, Torrinha,_x000D_
 nesse Município.</t>
   </si>
   <si>
     <t>27640</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27640/rua_joaquim_rodrigues_da_cunha_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27640/rua_joaquim_rodrigues_da_cunha_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Pavimentação e Drenagem na Rua Joaquim_x000D_
 Rodrigues da Cunha, Enseadas dos Corais, nesse Município.</t>
   </si>
   <si>
     <t>27641</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27641/rua_noventa_e_cinco_capinacao_e_revitalizacao_de_calcadas_bairro_da_cohab_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27641/rua_noventa_e_cinco_capinacao_e_revitalizacao_de_calcadas_bairro_da_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a Capinação e revitalização das calçadas na_x000D_
 Rua Noventa e Cinco, Bairro da Cohab, neste Município.</t>
   </si>
   <si>
     <t>27642</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27642/terrapleanagem-_tiriri-_capinacao_e_pavimentacao_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27642/terrapleanagem-_tiriri-_capinacao_e_pavimentacao_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
 Habitação, ao Exmo. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a pavimentação e a capinação da Localidade: Terraplenagem,_x000D_
 Engenho: Tiriri, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27643</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27643/rua_projetada_dezessete_-_ponte_dos_carvalhos_-_coletores_de_lixoc_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27643/rua_projetada_dezessete_-_ponte_dos_carvalhos_-_coletores_de_lixoc_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza de entulho e que sejam inseridos coletores de lixo na Rua: Projetada Dezessete, Bairro: Ponte dos Carvalhos, Escola Zumbi dos Palmares, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27644</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27644/rua_vl_52_lote_15_quadra_28_setor_1_-_enseada_dos_corais-_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27644/rua_vl_52_lote_15_quadra_28_setor_1_-_enseada_dos_corais-_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a capinação na Rua: Vl 52, lote 15, quadra 28, setor 1, Bairro: Enseada dos Corais, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27645</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27645/praia_-_enseada_dos_corais-_esgoto_a_ceu_aberto_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27645/praia_-_enseada_dos_corais-_esgoto_a_ceu_aberto_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja tomado providências urgentes quanto à situação de_x000D_
 esgoto a céu aberto na praia, Bairro: Enseada dos Corais, no Cabo de Santo Agostinho-_x000D_
 PE.</t>
   </si>
   <si>
     <t>27647</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27647/escola_nossa_senhora_de_fatima-_alto_do_cruzeiroc_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27647/escola_nossa_senhora_de_fatima-_alto_do_cruzeiroc_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação, no sentido de que seja tomado_x000D_
 providências URGENTES referente as condições da Escola Nossa Senhora de Fátima, localizada_x000D_
 no bairro do Alto do Cruzeiro, Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27649</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27649/vila_claudete-_quadra_101-_garapu_-_esgoto_a_ceu_aberto_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27649/vila_claudete-_quadra_101-_garapu_-_esgoto_a_ceu_aberto_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja realizado o serviço para controle do esgoto que se encontra a céu_x000D_
 aberto na Quadra 101, Bairro: Garapu, próximo as casinhas (VILA CLAUDETE), no Cabo_x000D_
 de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27650</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27650/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27650/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração das canaletas ao longo da Avenida_x000D_
 Eraldo Barros de Souza, próximo a Farmácia Santa Rosa, próximo a Praça da 55 e_x000D_
 próximo a Júnior Motos, localizado no Bairro da Cohab, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27651</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27651/rua_da_madeira_-_cohab_-_esgoto_a_ceu_aberto_limpeza_e_desobstrucao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27651/rua_da_madeira_-_cohab_-_esgoto_a_ceu_aberto_limpeza_e_desobstrucao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos no_x000D_
 sentido de que seja tomado providências urgentes quanto à situação do esgoto, limpeza e_x000D_
 desobstrução do mesmo, localizado na Rua da Madeira, no bairro da Cohab, próximo ao_x000D_
 Trevo da 55, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27652</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27652/rua_de_santa_margarida-_ponte_dos_carvalhos_-_tampa_boca_de_lobo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27652/rua_de_santa_margarida-_ponte_dos_carvalhos_-_tampa_boca_de_lobo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração das canaletas na Rua de Santa de_x000D_
 Margarida, próximo ao Britão, localizado em Ponte dos Carvalhos no Cabo de Santo_x000D_
 Agostinho-PE.</t>
   </si>
   <si>
     <t>27653</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27653/pavimentacaoentulhos_e_capinacao-_rua_37-_nova_era-_ponte_dos_carvalhos_2_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27653/pavimentacaoentulhos_e_capinacao-_rua_37-_nova_era-_ponte_dos_carvalhos_2_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
 ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, para que_x000D_
 sejam realizados com urgência os serviços de calçamento da rua, limpeza de lixo e_x000D_
 entulhos, solicitação de coletores e capinação, localizados na Rua 37 – Nova Era,_x000D_
 localizado em Ponte dos Carvalhos, Cabo de Santo Agostinho- Pe.</t>
   </si>
   <si>
     <t>27654</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27654/rua_85-_cohab-_coletor_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27654/rua_85-_cohab-_coletor_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza de entulho e sejam inseridos coletores de lixo na Rua_x000D_
 85, localizado no Bairro da Cohab, perto de Léo Jato, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27655</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27655/ponto_de_apoio_ao_turista_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27655/ponto_de_apoio_ao_turista_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, prefeito do Cabo de Santo Agostinho, no sentido de incentivar a instalação de pontos de apoio ao turista nas praias - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27656</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27656/indicacao_limpeza_canal_-_rua_voluntarios_da_patria_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27656/indicacao_limpeza_canal_-_rua_voluntarios_da_patria_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e desobstrução do canal, na Rua Voluntários da Pátria, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27657</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27657/indicacao_limpeza_canaleta_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27657/indicacao_limpeza_canaleta_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua da Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27658</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27658/indicacao_recapeamento_-_rua_alto_do_cruzeiro_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27658/indicacao_recapeamento_-_rua_alto_do_cruzeiro_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Alto do Cruzeiro, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27659</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27659/indicacao_recapeamento_-_rua_jose_lino_de_lima_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27659/indicacao_recapeamento_-_rua_jose_lino_de_lima_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua José Lino de Lima, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27660</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27660/indicacao_capinacao_-_rua_do_porto_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27660/indicacao_capinacao_-_rua_do_porto_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Porto, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27661</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27661/indicacao_capinacao_-_rua_21_de_abril_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27661/indicacao_capinacao_-_rua_21_de_abril_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Vinte e Um de Abril, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27662</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27662/indicacao_calcadas_-_rua_do_recreio_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27662/indicacao_calcadas_-_rua_do_recreio_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua do Recreio, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27663</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27663/indicacao_capinacao_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27663/indicacao_capinacao_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua da Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27664</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27664/indicacao_capinacao_-_rua_parati_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27664/indicacao_capinacao_-_rua_parati_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Parati, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27665</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27665/indicacao_entulho_-_rua_jose_lino_de_lima_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27665/indicacao_entulho_-_rua_jose_lino_de_lima_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua José Lino de Lima, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27666</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27666/indicacao_capinacao_-_rua_sao_joao_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27666/indicacao_capinacao_-_rua_sao_joao_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua São João, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27667</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27667/indicacao_drenagem_bueiro_-_1tv_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27667/indicacao_drenagem_bueiro_-_1tv_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de drenagem, limpeza e desobstrução de bueiro, na 1ª Travessa da Rua Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27668</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27668/indicacao_entulho_-_rua_alto_do_cruzeiro_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27668/indicacao_entulho_-_rua_alto_do_cruzeiro_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Alto do Cruzeiro, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27669</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27669/indicacao_entulho_-_rua_da_medalha_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27669/indicacao_entulho_-_rua_da_medalha_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua da Medalha, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27670</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27670/indicacao_entulho_-_rua_voluntarios_da_patria_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27670/indicacao_entulho_-_rua_voluntarios_da_patria_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Voluntários da Pátria, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27671</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27671/indicacao_recapeamento_-_rua_da_boa_vista_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27671/indicacao_recapeamento_-_rua_da_boa_vista_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua da Boa Vista, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27672</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27672/indicacao_recapeamento_-_rua_do_porto_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27672/indicacao_recapeamento_-_rua_do_porto_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua do Porto, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27673</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27673/indicacao_recapeamento_-_rua_voluntarios_da_patria_-_centro.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27673/indicacao_recapeamento_-_rua_voluntarios_da_patria_-_centro.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Voluntários da Pátria, no Centro, neste Município.</t>
   </si>
   <si>
     <t>27674</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27674/indicacao_recapeamento_-_rua_parati_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27674/indicacao_recapeamento_-_rua_parati_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Parati, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27677</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27677/quadra_esportiva_-_garapu_-_manutencao_quadra_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27677/quadra_esportiva_-_garapu_-_manutencao_quadra_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr._x000D_
 Raimundo Souza, Secretário Regional de Serviços Públicos, ao Exmo. Sr. Bruno Reis, Secretário de Juventude e_x000D_
 Esporte, e ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que_x000D_
 seja feita a manutenção geral da Quadra Esportiva, localizada na Vila Claudete, estrada engenho Santo Inácio, 205,_x000D_
 bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27678</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27678/esgoto_a_ceu_aberto_-_garapu_-_esgoto_a_ceu_aberto_limpeza_e_estruturacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27678/esgoto_a_ceu_aberto_-_garapu_-_esgoto_a_ceu_aberto_limpeza_e_estruturacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja tomado providências urgentes quanto à situação de esgoto a céu_x000D_
 aberto, solicitando providências imediatas para correção e limpeza do mesmo, localizado_x000D_
 na Rua: Lúcia Eráclito, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27679</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27679/rua_antiga_estrada_gaibu_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27679/rua_antiga_estrada_gaibu_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Antiga_x000D_
 Estrada Gaibu, Bairro: Garapu, próximo a TransAstro Transportes e Logística , no Cabo_x000D_
 de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27680</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27680/rua_ver._gilberto_fragoso_-_vila_social_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27680/rua_ver._gilberto_fragoso_-_vila_social_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Ver._x000D_
 Gilberto Fragoso , Bairro: Vila Social, Próximo à Escola Coração de Maria, no Cabo de_x000D_
 Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27681</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27681/rua_21_-_bela_vista_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27681/rua_21_-_bela_vista_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: 21,_x000D_
 Bairro: Bela Vista, próxima a A&amp;M Variedades, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27682</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27682/rua_francisco_de_assis_da_silva_teixeira_-_centro_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27682/rua_francisco_de_assis_da_silva_teixeira_-_centro_-_restauracao_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua:_x000D_
 Francisco de Assis da Silva Teixeira, Bairro: Centro, próximo ao T.I , no Cabo de Santo_x000D_
 Agostinho-PE.</t>
   </si>
   <si>
     <t>27683</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27683/rua_54_prox_a_escola_arvore_da_vida_-_cohab_-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27683/rua_54_prox_a_escola_arvore_da_vida_-_cohab_-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: 54,_x000D_
 Bairro: Cohab, próximo à Escola Árvore da Vida , no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27684</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27684/rua_jaboatao_dos_guararapes_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27684/rua_jaboatao_dos_guararapes_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua:_x000D_
 Jaboatão dos Guararapes, Bairro: Garapu, próximo a academia MPFIT, no Cabo de Santo_x000D_
 Agostinho-PE.</t>
   </si>
   <si>
     <t>27685</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27685/rua_jose_lins_teles_-destilaria-_poda_de_arvore_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27685/rua_jose_lins_teles_-destilaria-_poda_de_arvore_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feito a poda de árvores na Rua: José Lins Teles, Bairro: Destilaria,_x000D_
 próximo ao Clube da Destilaria, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27686</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27686/rua_boa_vista_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27686/rua_boa_vista_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza e desobstrução do canal e a capinação, localizado na_x000D_
 Rua da Boa Vista, Bairro: Ponte dos Carvalhos, próximo a Escola Maria Paiva, no Cabo_x000D_
 de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27687</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27687/rua_tenente_manuel_barbosa_da_silva-_centro-_cabo_de_santo_agostinho-_recolha_de_entulhos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27687/rua_tenente_manuel_barbosa_da_silva-_centro-_cabo_de_santo_agostinho-_recolha_de_entulhos_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a realização da coleta de lixo, ao longo da Rua Tenente Manoel_x000D_
 Barbosa da Silva, próximo a Câmara de Vereadores do Cabo de Santo Agostinho, no_x000D_
 Centro no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27688</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27688/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27688/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração da tampas de bueiro ao longo da_x000D_
 Avenida Eraldo de Barros próximo a praça da 55 e próximo também a Hamburgueria_x000D_
 Fogo na Parrilha, localizados no Bairro da Cohab, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27689</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27689/rua_amara_guimaraes_dutra-_cohab-_cratera_na_via_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27689/rua_amara_guimaraes_dutra-_cohab-_cratera_na_via_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feito o recapeamento de cratera localizada na Rua_x000D_
 Amara Guimarães Dutra, localizada no Bairro da Cohab, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27690</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27690/capinacao-_rua_alexandra_figueiredo_sa_silva-_cohab_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27690/capinacao-_rua_alexandra_figueiredo_sa_silva-_cohab_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, que_x000D_
 seja realizada a capinação, na Rua Alexandra Figueiredo da Silva, próximo a Igreja_x000D_
 Batista, localizada no bairro da Cohab, no Cabo de Santo Agostinho- Pe.</t>
   </si>
   <si>
     <t>27691</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27691/rua_amara_guimaraes_dutra-_cohab_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27691/rua_amara_guimaraes_dutra-_cohab_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja realizado o serviço para controle do esgoto que se encontra a céu_x000D_
 aberto e a capinação ao longo da Rua Amara Guimarães Dutra, localizada próxima a_x000D_
 Igreja Batista, no bairro da Cohab, Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27692</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27692/av_laura_cavalcanti-_15-_gaibu-_recolha_de_lixos_e_entulhos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27692/av_laura_cavalcanti-_15-_gaibu-_recolha_de_lixos_e_entulhos_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a coleta de lixo e entulhos, na Avenida Laura Cavalcanti, 15 –_x000D_
 próximo ao calçadão, no Bairro Nova Gaibu, localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27693</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27693/rua_francisco_gomes_de_farias-_cohab-_tampa_de_bueiro_e_esgoto_a_ceu_aberto_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27693/rua_francisco_gomes_de_farias-_cohab-_tampa_de_bueiro_e_esgoto_a_ceu_aberto_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura e ao_x000D_
 Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos Obras e Habitação,_x000D_
 no sentido de que seja tomado providências urgentes quanto à situação do esgoto a céu_x000D_
 aberto, e feita a restauração das tampas de bueiro ao longo da Rua Francisco Gomes de_x000D_
 Farias, próximo a Igreja Assembleia de Deus, localizados no Bairro da Cohab, no Cabo de_x000D_
 Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27694</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27694/rua_marcelino_da_paixao_viana_-_cohab-_limpeza_do_canal-_capinacao_-tampra_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27694/rua_marcelino_da_paixao_viana_-_cohab-_limpeza_do_canal-_capinacao_-tampra_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos e ao_x000D_
 Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação no_x000D_
 sentido de que seja feita a limpeza e desobstrução do canal, capinação e o reparo na_x000D_
 tampa de bueiro, localizados ao longo da Rua Marcelino da Paixão Viana, no Bairro da_x000D_
 Cohab, Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27695</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27695/capinacao-_rua_hercilia_tavares_da_silva-_cohab_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27695/capinacao-_rua_hercilia_tavares_da_silva-_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, que_x000D_
 seja realizada a capinação, na Rua Hercília Tavares da Silva, localizada no bairro da_x000D_
 Cohab, no Cabo de Santo Agostinho- Pe.</t>
   </si>
   <si>
     <t>27696</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27696/lot_nova_era-_rua_14-_ponte_dos_carvalhosi-_capinacao_e_pavimentacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27696/lot_nova_era-_rua_14-_ponte_dos_carvalhosi-_capinacao_e_pavimentacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo._x000D_
 Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a_x000D_
 pavimentação e a capinação da Localidade: Rua 10- Loteamento Nova Era- próximo a rua 14,_x000D_
 depois da Igreja Evangélica, no bairro de Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27697</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27697/rua_joao_marinho_espindola_-cohab-_poda_de_arvore_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27697/rua_joao_marinho_espindola_-cohab-_poda_de_arvore_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feito a poda de árvores na Rua João Marinho Espíndola, no Bairro:_x000D_
 Cohab, próximo ao campo da Toca, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27698</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27698/pista_preta-_capinacao_e_pavimentacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27698/pista_preta-_capinacao_e_pavimentacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo._x000D_
 Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a_x000D_
 pavimentação, capinação a resolução do esgoto a céu aberto, ao longo da estrada da Pista_x000D_
 preta, localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27699</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27699/rua_53_-_sao_francisco-_58_-_barreira_de_contencaoc_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27699/rua_53_-_sao_francisco-_58_-_barreira_de_contencaoc_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido_x000D_
 de que sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso_x000D_
 necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e_x000D_
 segurança da área localizada na Rua: 53, número 58, localizada próximo de Isaías pintor de carro,_x000D_
 no Bairro: São Francisco,Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27700</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27700/rua_chico_mendes-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27700/rua_chico_mendes-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza e desobstrução do canal e uma rede de contenção_x000D_
 localizado na Rua Chico Mendes, localizado no Bairro de Ponte dos Carvalhos, próximo a_x000D_
 estação da linha do trem, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27701</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27701/quadra_poliesportiva_-_bairro_de_sao_francisco-_rua_53_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27701/quadra_poliesportiva_-_bairro_de_sao_francisco-_rua_53_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao_x000D_
 Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, ao Exmo. Sr._x000D_
 Raimundo Souza, Secretário Regional de Serviços Públicos, e ao Exmo. Sr. Bruno Reis, Secretário de_x000D_
 Juventude e Esporte, no sentido de que seja feita a requalificação total da Quadra Poliesportiva,_x000D_
 localizada na Rua 53 do Bairro de São Francisco no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27702</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27702/a_pavimentacao_na_rua_olinda_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27702/a_pavimentacao_na_rua_olinda_garapu.pdf</t>
   </si>
   <si>
     <t>A pavimentação na Rua Olinda, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27703</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27703/a_pavimentacao_na_rua_ouricuri.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27703/a_pavimentacao_na_rua_ouricuri.pdf</t>
   </si>
   <si>
     <t>A pavimentação na Rua Ouricuri, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27704</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27704/a_pavimentacao_na_rua_palmares.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27704/a_pavimentacao_na_rua_palmares.pdf</t>
   </si>
   <si>
     <t>A pavimentação na Rua Palmares, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27705</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27705/a_reposicao_de_tampas_das_galerias_-_rua_manoel_venancio_dos_santos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27705/a_reposicao_de_tampas_das_galerias_-_rua_manoel_venancio_dos_santos.pdf</t>
   </si>
   <si>
     <t>A Reposição de tampas de concreto da Canaletas da Rua Manoel Venâncio dos Santos, Ponte dos Carvalhos, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27706</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27706/reposicao_de_tampas_de_concreto_da_canaletas_da_rua_onze.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27706/reposicao_de_tampas_de_concreto_da_canaletas_da_rua_onze.pdf</t>
   </si>
   <si>
     <t>A Reposição de tampas de concreto da Canaletas da Rua Onze, Ponte dos Carvalhos, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27707</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27707/_canaletas_da_rua_jaboatao_dos_guararapes-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27707/_canaletas_da_rua_jaboatao_dos_guararapes-_garapu.pdf</t>
   </si>
   <si>
     <t>A Reposição de tampas de concreto da Canaletas da Rua Jaboatão dos Guararapes, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27708</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27708/a_limpeza_e_capinacao_da_av._almirante_paulo_moreira.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27708/a_limpeza_e_capinacao_da_av._almirante_paulo_moreira.pdf</t>
   </si>
   <si>
     <t>A Limpeza e Capinação da Av. Almirante Paulo Moreira, Garapu no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27709</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27709/a_pavimentacao_na_rua_jatoba_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27709/a_pavimentacao_na_rua_jatoba_garapu.pdf</t>
   </si>
   <si>
     <t>A pavimentação na Rua Jatobá, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27710</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27710/o_recapeamento_na_rua_limoeiro_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27710/o_recapeamento_na_rua_limoeiro_garapu.pdf</t>
   </si>
   <si>
     <t>O recapeamento na Rua Limoeiro, Garapu, no município de Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27712</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27712/rua_anibal_cardosos-_5_travessa_-_pavimentacao_e_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27712/rua_anibal_cardosos-_5_travessa_-_pavimentacao_e_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao_x000D_
 Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, e ao Exmo._x000D_
 Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja tomado_x000D_
 providências urgentes quanto necessidade de pavimentação asfáltica e realização de_x000D_
 capinação/limpeza urbana na 5°Travessa da Rua Anibal Cardoso, por trás da padaria de Antônio_x000D_
 Luiz, localizado no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27713</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27713/lot_enseada_dos_corais_-_coletor_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27713/lot_enseada_dos_corais_-_coletor_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza de entulho e sejam inseridos coletores de lixo no_x000D_
 Loteamento Enseada dos corais, por trás do condomínio Mediterrâneo, localizado no_x000D_
 Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27714</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27714/enseada_dos_corais_-_lot_15-_limpeza_do_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27714/enseada_dos_corais_-_lot_15-_limpeza_do_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feita a limpeza e desobstrução do canal e a capinação, localizado No_x000D_
 Loteamento 15, quadra 28, rua Vl 52, setor 1, localizado no Bairro de Enseada dos_x000D_
 Corais, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27715</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27715/antiga_br_101-_solicitacao_de_lombada_eletronica_faixa_de_pedestres_e_radar_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27715/antiga_br_101-_solicitacao_de_lombada_eletronica_faixa_de_pedestres_e_radar_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao_x000D_
 Exmo. Sr. Julierme Veras, Secretário de Defesa Social, reforçando o pedido anterior, em relação a_x000D_
 adoção de medidas urgentes de segurança viária na antiga BR-101, próximo ao Hospital Don_x000D_
 Helder Câmara, localizado no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27716</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27716/indicacao_calcadas_-_rua_do_litoral_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27716/indicacao_calcadas_-_rua_do_litoral_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua do Litoral, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27717</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27717/indicacao_entulho_-_rua_da_matriz_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27717/indicacao_entulho_-_rua_da_matriz_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua da Matriz, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27718</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27718/indicacao_entulho_-_rua_do_nilo_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27718/indicacao_entulho_-_rua_do_nilo_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua do Nilo, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27719</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27719/indicacao_entulho_-_rua_nova_-_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27719/indicacao_entulho_-_rua_nova_-_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Nova, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27720</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27720/indicacao_esgoto_-_2tv_da_rua_jose_lins_telles_-_vila_social_contra_mocambo.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27720/indicacao_esgoto_-_2tv_da_rua_jose_lins_telles_-_vila_social_contra_mocambo.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de drenagem,  desobstrução e limpeza de esgoto, na Segunda Travessa da Rua José Lins Telles, na Vila Social Contra Mocambo, neste Município.</t>
   </si>
   <si>
     <t>27721</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27721/indicacao_esgoto_-_rua_projetada_-_sto_estevao_ponte_dos_carvalhos.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27721/indicacao_esgoto_-_rua_projetada_-_sto_estevao_ponte_dos_carvalhos.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de  desobstrução e limpeza de esgoto, na Rua Projetada, Santo Estevão, no bairro de Ponte dos Carvalhos, neste Município.</t>
   </si>
   <si>
     <t>27722</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27722/indicacao_limpeza_canaleta_-_rua_da_matriz_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27722/indicacao_limpeza_canaleta_-_rua_da_matriz_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua da Matriz, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27723</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27723/indicacao_pavimentacao_-_rua_da_estacao_-_pontezinha.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27723/indicacao_pavimentacao_-_rua_da_estacao_-_pontezinha.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua da Estação, no bairro de Pontezinha, neste Município.</t>
   </si>
   <si>
     <t>27724</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27724/escola_prefeito_vicente_mendes-_solicitacao_de_transporte_escolar_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27724/escola_prefeito_vicente_mendes-_solicitacao_de_transporte_escolar_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação, solicitando, com a máxima_x000D_
 urgência, a disponibilização de um ônibus escolar para atender os alunos da Escola Prefeito_x000D_
 Vicente Mendes, situada Engenho Tiriri, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27725</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27725/rua_eunice_severina-_vila_claudete-_insercao_de_lombadas_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27725/rua_eunice_severina-_vila_claudete-_insercao_de_lombadas_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social, para que determine_x000D_
 ao setor competente a instalação de redutores de velocidade (quebra-molas), ao longo da_x000D_
 Rua Eunice Severina, na entrada da Academia da cidade, localizada na Vila Claudete no_x000D_
 Cabo de Santo Agostinho-PE</t>
   </si>
   <si>
     <t>27726</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27726/enseada_dos_corais-_rua_vl_52_setor_1-_muro_de_arrimo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27726/enseada_dos_corais-_rua_vl_52_setor_1-_muro_de_arrimo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação e ao Exmo._x000D_
 Sr. Julierme Veras, Secretário de Defesa Social, no sentido de que sejam adotadas providências_x000D_
 urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução_x000D_
 de medidas paliativas que garantam a estabilidade e segurança da área localizada na Rua VL 52,_x000D_
 Setor 01, Quadra 28, Lote 15, situada no Bairro de Enseada dos Corais, próximo ao canal do_x000D_
 Boto, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27727</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27727/av_historiador_pereira_da_costa-_poda_de_arvore_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27727/av_historiador_pereira_da_costa-_poda_de_arvore_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feito a poda de árvores na Avenida Historiador Pereira da Costa,_x000D_
 próximo a Escola Municipal Marivaldo Burégio, localizadado no Cabo de Santo AgostinhoPE.</t>
   </si>
   <si>
     <t>27728</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27728/capinacao-_rua_vereador_voney_costa_machado_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27728/capinacao-_rua_vereador_voney_costa_machado_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, que_x000D_
 seja realizada a capinação, na Rua Vereador Voney Costa Machado, próximo ao_x000D_
 mercadinho de Jetro, localizado no bairro da Vila Social, no Cabo de Santo Agostinho- Pe.</t>
   </si>
   <si>
     <t>27729</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27729/rua_edvard_marques_de_barros-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27729/rua_edvard_marques_de_barros-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração das tampas de bueiro ao longo da_x000D_
 Rua Edvard Marquês de Barros, localizado na Vila Social, próximo a Praça da Vila Social,_x000D_
 localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27730</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27730/rua_julia_campos_amorim-_-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27730/rua_julia_campos_amorim-_-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração das tampas de bueiro ao longo da_x000D_
 Rua Júlia Campos Amorim, localizado na Vila Social, próximo a Padaria Agracione,_x000D_
 localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27731</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27731/rua_jose_alves_bezerra-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27731/rua_jose_alves_bezerra-_vila_social-_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
 Habitação, no sentido de que seja feita a restauração das tampas de bueiro ao longo da_x000D_
 Rua José Alves Bezerra, localizada na Vila Social, próximo a Escola Carmecita Ramos ,_x000D_
 localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27732</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27732/rua_jose_lins_teles-_vila_social-_poda_de_arvore_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27732/rua_jose_lins_teles-_vila_social-_poda_de_arvore_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
 sentido de que seja feito a poda de árvores na Rua José Lins Teles, no Bairro da Vila_x000D_
 Social, próximo ao Buteco da Vila, localizada no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27733</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27733/capinacao-_rua_maria_francisca_mendes-_vila_social_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27733/capinacao-_rua_maria_francisca_mendes-_vila_social_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, que_x000D_
 seja realizada a capinação, na Rua Maria Francisca Mendes, próximo a “barraca”_x000D_
 popularmente conhecida como 4 estrelas, localizado no bairro da Vila Social, no Cabo de_x000D_
 Santo Agostinho- Pe.</t>
   </si>
   <si>
     <t>27734</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27734/praca_humberto_soares_-_vila_social_-_capinacao_e_revitalizacao_da_praca_assinado_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27734/praca_humberto_soares_-_vila_social_-_capinacao_e_revitalizacao_da_praca_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
 ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esportes, no sentido de que seja_x000D_
 feito a capinação e a revitalização na Praça Humberto Soares, localizada na Rua Jorge_x000D_
 Gomes de Oliveira, no Bairro da Vila Social ,Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27735</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27735/rua_jose_rego_da_silva-_vila_social-capinacao_e_revitalizacao_da_praca_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27735/rua_jose_rego_da_silva-_vila_social-capinacao_e_revitalizacao_da_praca_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
 ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esportes, no sentido de que seja_x000D_
 feito a capinação e a revitalização da Pracinha localizada na Rua José Rêgo da Silva, no_x000D_
 Bairro Vila Social, localizado no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27736</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Nia VipCar</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27736/construcao_de_uma_academia_da_cidade_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27736/construcao_de_uma_academia_da_cidade_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Construção de uma academia da cidade no bairro de Mercês, na cidade_x000D_
 do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27737</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27737/pavimentacao_de_todo_anel_viario_de_barbalho_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27737/pavimentacao_de_todo_anel_viario_de_barbalho_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Conclusão da Pavimentação de todo anel viário de Barbalho, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27738</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27738/construcao_de_uma_creche_em_regime_pre-escolar_para_atender_criancas_de_zero_a_cinco_anos_de_idade_no_bairro_da_charneca.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27738/construcao_de_uma_creche_em_regime_pre-escolar_para_atender_criancas_de_zero_a_cinco_anos_de_idade_no_bairro_da_charneca.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido da Construção de uma Creche em regime pré-escolar, para atender crianças de zero a cinco anos de_x000D_
 idade, no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27739</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27739/pavimentacao_da_rua_da_jaqueira_loteamento_novo_horizonte_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27739/pavimentacao_da_rua_da_jaqueira_loteamento_novo_horizonte_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Pavimentação da Rua da Jaqueira, Loteamento Novo Horizonte, no_x000D_
 bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27740</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27740/pavimentacao_da_rua_do_meio_no_bairro_da_charneca.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27740/pavimentacao_da_rua_do_meio_no_bairro_da_charneca.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Pavimentação da Rua do Meio, no bairro da Charneca, na cidade do_x000D_
 Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27741</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27741/pavimentacao_da_rua_utinga_de_cima_do_trecho_da_antiga_usina_ate_a_segunda_entrada_do_bairro_de_merces.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27741/pavimentacao_da_rua_utinga_de_cima_do_trecho_da_antiga_usina_ate_a_segunda_entrada_do_bairro_de_merces.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Pavimentação da Rua Utinga de Cima, do trecho da antiga usina até a_x000D_
 segunda entrada do bairro de Mercês, ligando a rodovia BR-101, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27742</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27742/construcao_de_uma_escola_modelo_no_bairro_de_merces.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27742/construcao_de_uma_escola_modelo_no_bairro_de_merces.pdf</t>
   </si>
   <si>
     <t>Indico a mesa, atenção especial no sentido da Construção de uma Escola Modelo, no bairro de Mercês, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27743</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27743/pavimentacao_da_rua_manoel_marinho_de_lima_ate_a_rua_do_boeiro_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27743/pavimentacao_da_rua_manoel_marinho_de_lima_ate_a_rua_do_boeiro_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Pavimentação da Rua Manoel Marinho de Lima até_x000D_
 a Rua do Boeiro, no bairro de Mercês, na cidade do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27745</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27745/rua_francisco_de_assis_da_silva_teixeira_58_-_cohab_-_colocacao_de_grade_de_protecao_do_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27745/rua_francisco_de_assis_da_silva_teixeira_58_-_cohab_-_colocacao_de_grade_de_protecao_do_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a colocação de grade de proteção do canal, localizado na Rua: Francisco de Assis da Silva Teixeira 58, Bairro: Cohab, ao lado da Prefeitura , no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27746</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27746/rua_68_-_cohab-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27746/rua_68_-_cohab-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a recolocação da tampa de bueiro na Rua: 68, Bairro: Cohab, próximo a ROMU, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27747</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27747/rua_antonio_custodio_de_lima_10_-_torrinha_-_capinacao_revitalizacao_total_de_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27747/rua_antonio_custodio_de_lima_10_-_torrinha_-_capinacao_revitalizacao_total_de_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feito a capinação, limpeza e a revitalização total do canal, da Rua: Antônio Custódio de Lima, 10, Bairro: Torrinha, em frente a Prefeitura, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27748</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27748/rua_10_nova_era_-_ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27748/rua_10_nova_era_-_ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza do canal na Rua: 10, Nova Era, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27749</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27749/rua_27_10_-_bela_vista_-_barreira_de_contencao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27749/rua_27_10_-_bela_vista_-_barreira_de_contencao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e segurança da área localizada na Rua: 27, 10, Bairro: Bela Vista, próximo a Compesa., no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27750</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27750/rua_66-_cohab_prox_a_escola_arvore_da_vida-_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27750/rua_66-_cohab_prox_a_escola_arvore_da_vida-_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a capinação na Rua: 66, Bairro: Cohab, próximo á Escola Árvore da Vida, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27751</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27751/rua_miguel_francisco_albuquerque_usf_loteamento_ilha-_ponte_dos_carvalhos_-capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27751/rua_miguel_francisco_albuquerque_usf_loteamento_ilha-_ponte_dos_carvalhos_-capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a capinação da área externa na USF Loteamento Ilha, Rua: Miguel Francisco Albuquerque, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27752</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27752/rua_70_-_cohab_-_aceleracao_ampliacao_e_conclusao_de_obras_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27752/rua_70_-_cohab_-_aceleracao_ampliacao_e_conclusao_de_obras_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social, com cópia ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que sejam adotadas medidas urgentes para a aceleração, ampliação e conclusão das obras de contenção de encostas, capinação, bem como para a implantação de escadarias para melhorias de acessibilidade na Rua: 70, Bairro: Cohab, área limítrofe com o bairro Bela Vista., no Cabo de Santo Agostinho-PE</t>
   </si>
   <si>
     <t>27753</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>Ezequiel</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27753/indicacao_2026-_capinacao_em_escola.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27753/indicacao_2026-_capinacao_em_escola.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e na Escola Municipal Prefeito Eronildes Francisco Soares – no Bairro de Pontezinha.</t>
   </si>
   <si>
     <t>27754</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27754/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27754/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação, limpeza e revitalização do asfalto e das canaletas da Rua 25 no Bairro São Francisco.</t>
   </si>
   <si>
     <t>27755</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27755/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27755/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e limpeza de canaletas na Avenida Horácio Ferraz Cavalcante – Bairro de Pontezinha .</t>
   </si>
   <si>
     <t>27756</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27756/indicacao_2026_-_limpeza_de_poco_de_visita_pv.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27756/indicacao_2026_-_limpeza_de_poco_de_visita_pv.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a limpeza do poço de visita (PV) da Rua Boa Vista, em frente à casa nº 69, Ponte dos Carvalhos.</t>
   </si>
   <si>
     <t>27757</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27757/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_-_destilaria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27757/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_-_destilaria.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos limpeza e reparos nas canaletas das Ruas do Bairro da Destilaria – próximo ao Estádio Municipal Gileno Carli.</t>
   </si>
   <si>
     <t>27758</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27758/indicacao_2026-_reparo_de_caixa_de_esgoto.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27758/indicacao_2026-_reparo_de_caixa_de_esgoto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos o reparo de uma caixa de esgoto que encontra-se aberta na Rua Joaquim Caetano Gomes, em frente ao nº 74 – Bairro de Rosário.</t>
   </si>
   <si>
     <t>27759</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27759/indicacao_2026_-_capinacao_e_limpeza_na_vila_social_contra_mocambo.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27759/indicacao_2026_-_capinacao_e_limpeza_na_vila_social_contra_mocambo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e limpeza nas praças próximo ao Colégio Coração de Maria e ao Colégio Pontual na Vila Social Contra Mocambo.</t>
   </si>
   <si>
     <t>27760</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27760/indicacao_2026_-_capinacao_e_limpeza.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27760/indicacao_2026_-_capinacao_e_limpeza.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e limpeza na Avenida Laura Cavalcanti -Bairro Gaibu.</t>
   </si>
   <si>
     <t>27761</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27761/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_do_bairro_pirapama.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27761/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_do_bairro_pirapama.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a recuperação de calçadas e limpeza nas Ruas do Bairro de Pirapama – próximo a PE 025.</t>
   </si>
   <si>
     <t>27762</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27762/indicacao_2026_-_capinacao_e_limpeza_rua_das_gracas.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27762/indicacao_2026_-_capinacao_e_limpeza_rua_das_gracas.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e limpeza na Rua das Graças - Bairro Garapu.</t>
   </si>
   <si>
     <t>27763</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27763/indicacao_2026_-_recuperacao_das_calcadas_no_bairro_mauriti.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27763/indicacao_2026_-_recuperacao_das_calcadas_no_bairro_mauriti.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a recuperação das calçadas Rua Dr. Julio Pires Ferreira no Bairro Mauriti.</t>
   </si>
   <si>
     <t>27764</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27764/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_na_rua_vinte_e_um.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27764/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_na_rua_vinte_e_um.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos limpeza e reparos nas canaletas na Rua Vinte e Um – Bairro São Francisco.</t>
   </si>
   <si>
     <t>27765</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27765/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_85_86_e_87.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27765/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_85_86_e_87.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a recuperação das calçadas nas Ruas 85, 86 e 87 no Bairro Vila Esperança.</t>
   </si>
   <si>
     <t>27766</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27766/indicacao_2026_-_capinacao_limpeza_e_reparo_das_calcadas.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27766/indicacao_2026_-_capinacao_limpeza_e_reparo_das_calcadas.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a capinação, limpeza e reparo das calçadas nas ruas do Bairro da Cidade Garapu – próximo a Escola Modelo 2.</t>
   </si>
   <si>
     <t>27767</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27767/indicacao_2026-_reparo_de_calcada_-_garapu.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27767/indicacao_2026-_reparo_de_calcada_-_garapu.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos o reparo de placa de calçada que encontra-se quebrada na Avenida Almirante Paulo Moreira – em frente ao número 170 da quadra 122 – Bairro Garapu.</t>
   </si>
   <si>
     <t>27768</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27768/indicacao_2026_-_capinacao_e_limpeza_rua_da_aurora.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27768/indicacao_2026_-_capinacao_e_limpeza_rua_da_aurora.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e limpeza na Rua da Aurora – Bairro São Francisco – por trás do Colégio Madre Iva.</t>
   </si>
   <si>
     <t>27769</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27769/indicacao_2026_-_reparos_nas_canaletas_na_rua_forte_maria.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27769/indicacao_2026_-_reparos_nas_canaletas_na_rua_forte_maria.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos reparos nas canaletas na Rua Forte Maria, em frente ao Nº 20 – Bairro de Suape Praia.</t>
   </si>
   <si>
     <t>27771</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27771/av_jarbas_j_do_rego-_endeada_dos_corais-insercao_de_lombadas_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27771/av_jarbas_j_do_rego-_endeada_dos_corais-insercao_de_lombadas_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
 que solicite ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social, para que determine_x000D_
 ao setor competente a instalação de redutores de velocidade (quebra-molas), ao longo da_x000D_
 Avenida Jarbas do Rego, próximo ao “PQP” como é popularmente conhecido, localizado_x000D_
 em Enseada dos Corais, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27772</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27772/engenho_barbalho_2_prox_a_igreja_abreu_e_lima_-_coletores_de_lixo_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27772/engenho_barbalho_2_prox_a_igreja_abreu_e_lima_-_coletores_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que sejam inseridos coletores de lixo na Localidade: Engenho Barbalho 2, próximo à igreja Abreu e Lima, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27773</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27773/engenho_castelo_-_capinacao_e_pavimentacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27773/engenho_castelo_-_capinacao_e_pavimentacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo._x000D_
 Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a_x000D_
 pavimentação, capinação do caminho principal ao longo da rua, localizada no Engenho Castelo,_x000D_
 no Cabo de Santo Agostinho-PE</t>
   </si>
   <si>
     <t>27774</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27774/maternidade_padre_geraldo_leite_bastos_-ponte_dos_carvalhos_-_instalacao_de_ar_condicionado_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27774/maternidade_padre_geraldo_leite_bastos_-ponte_dos_carvalhos_-_instalacao_de_ar_condicionado_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
 solicite a Exma. Sra. Ricarda Samara, Secretária de Saúde, no sentido de que sejam_x000D_
 adotadas as providências necessárias para a instalação de aparelhos de ar-condicionado_x000D_
 na Maternidade Padre Geraldo Leite Bastos, no Bairro: Ponte dos Carvalhos, no Cabo de_x000D_
 Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27775</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27775/centro_de_saude_doutor_manoel_gomes_-_centro_-_regularizacao_e_normalizacao_de_medicamentos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27775/centro_de_saude_doutor_manoel_gomes_-_centro_-_regularizacao_e_normalizacao_de_medicamentos_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite a Exma. Sra. Ricarda Samara, Secretária de Saúde, no sentido de que seja feito a regularização e normalização de medicamentos que estão em falta, no Centro de Saúde: Doutor Manoel Gomes, no Bairro: Centro, no Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27776</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27776/engenho_rico_regulamentacao_est._de_barro_zona_rural_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27776/engenho_rico_regulamentacao_est._de_barro_zona_rural_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feita a Regulamentação da Estrada de barro no_x000D_
 Engenho Rico, Zona Rural, nesse Município.</t>
   </si>
   <si>
     <t>27777</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27777/rua_16_novo_horizonte_entulhos_charneca_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27777/rua_16_novo_horizonte_entulhos_charneca_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
 Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
 Rua 16, Novo Horizonte, Charneca, neste Município.</t>
   </si>
   <si>
     <t>27778</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27778/rua_jose_lins_teles_recapeamento_vila_dr._manoel_clementino_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27778/rua_jose_lins_teles_recapeamento_vila_dr._manoel_clementino_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
 de Santo Agostinho que seja feito o Recapeamento na Rua José Lins Teles, Vila_x000D_
 Dr. Manoel Clementino, nesse Município.</t>
   </si>
   <si>
     <t>27779</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27779/avenida_almirante_paulo_moreira_sinalizacao_vestical_garapu_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27779/avenida_almirante_paulo_moreira_sinalizacao_vestical_garapu_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Defesa Social – Gerência_x000D_
 de Transito do Cabo de Agostinho, que seja feita a Sinalização Vertical na Avenida_x000D_
 Almirante Paulo Moreira, Garapú, neste Município.</t>
   </si>
   <si>
     <t>27780</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27780/engenho_toberegulamentacao_do_transporte_publico_zona_rural_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27780/engenho_toberegulamentacao_do_transporte_publico_zona_rural_assinado.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
 regimentais, que seja formulado à Secretaria Municipal de Defesa Social – Gerência_x000D_
 de Transito do Cabo de Agostinho, que seja feita a Regulamentação do Transporte_x000D_
 Público no Engenho Tobé, Zona Rural, neste Município.</t>
   </si>
   <si>
+    <t>27782</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27782/indicacao_2026_-_limpeza_de_canal_-_rua_do_canal_-_bairro_de_sapucaia.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a limpeza do canal na Rua do Canal - Bairro de Sapucaia.</t>
+  </si>
+  <si>
+    <t>27783</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27783/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua Águas Compridas, Gaibu.</t>
+  </si>
+  <si>
+    <t>27784</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27784/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_enseada_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua Seis VI, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>27785</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27785/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_rua_das_margaridas.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua das Margaridas, Gaibu.</t>
+  </si>
+  <si>
+    <t>27786</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27786/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_suape.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua A J Santana, Suape</t>
+  </si>
+  <si>
+    <t>27787</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27787/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vila_xxii_enseada_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Vila Vinte e Dois, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>27788</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27788/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vc_dois_enseada_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua VC Dois, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>27789</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27789/indicacao_2026_-tapa_buraco_-_rua_prefeito_diomedes_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a realização da Operação Tapa-buracos na Rua Prefeito Diomedes Ferreira – Ponte dos Carvalhos (próximo ao supermercado Estrela).</t>
+  </si>
+  <si>
+    <t>27790</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27790/indicacao_2026-_reparo_de_caixa_de_esgoto_-_rua_benedita_lopes_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos o reparo das caixas de esgoto que estão abertas na Rua Benedita Lopes da Silva (próximo ao posto de saúde), Bairro do Rosário.</t>
+  </si>
+  <si>
+    <t>27791</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27791/indicacao_2026-_reparo_de_caixa_de_esgoto_-_rua_joaquim_manoel_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos o reparo de uma caixa de esgoto que encontra-se aberta na Rua Joaquim Manoel dos Santos (Rua da Linha) em frente ao número 28 - Centro.</t>
+  </si>
+  <si>
+    <t>27792</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>Anderson Bocão</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27792/2.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Ag n 72 ,Santo Inácio, neste Município</t>
+  </si>
+  <si>
+    <t>27793</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27793/4.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de concerto da tampa de um bueiro na Rua Vt Um ,Enseada dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>27794</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27794/1.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Oitenta e Seis n 81,Cohab , neste Municíp</t>
+  </si>
+  <si>
+    <t>27795</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27795/3.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação e Limpeza na Rua Ag n 173-e ,Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27796</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27796/7.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Podas das Árvores na Rua Vereador Gilberto Fragoso ,Vila Doutor Manoel Clementino, neste Município</t>
+  </si>
+  <si>
+    <t>27797</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27797/6.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Podas das Árvores na Rua José Plesh Fernandes n 07 ,Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>27798</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27798/5.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de concerto da tampa de um bueiro na Rua José Plesh Fernandes n 07 ,Centro, neste Município</t>
+  </si>
+  <si>
+    <t>27802</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27802/rua_vinte_e_sete-_cohab_-_capinacao_revitalizacao_total_de_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
+ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação,_x000D_
+no sentido de que seja feito a recolha de entulhos e a revitalização do parapeito do canal,_x000D_
+da Rua Vinte e Sete, localizada no Bairro da Cohab em frente ao Terminal integrado do_x000D_
+Cabo de Santo Agostinho, localizado no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27803</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27803/jaqueira-_enseada_dos_corais_-_coletor_de_lixo_e_recolha_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza de entulho e sejam inseridos coletores de lixo na_x000D_
+Comunidade da Jaqueira, localizada na Paria de Enseada dos Corais, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27804</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27804/rua_doutor_fernando_goncalves_cascao_-_centro-_entulhos_e_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos e ao_x000D_
+Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação no_x000D_
+sentido de que seja feita a recolha de entulhos e o reparo na tampa de bueiro, ao longo_x000D_
+da Rua Doutor Fernando Gonçalves Cascão, próximo a LP bar, no Bairro do Centro,_x000D_
+localizado Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27805</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27805/rua_do_calcadao_do_estudante_-_centro-_entulhos_e_vazamento_de_esgoto_em_via_publica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos e ao_x000D_
+Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação no_x000D_
+sentido de que seja feita a recolha de entulhos e o reparo na tampa de bueiro, ao longo_x000D_
+da Rua do Calçadão do Estudante, próximo ao antigo prédio do Cabo Prev, no Bairro do_x000D_
+Centro, localizado Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27806</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27806/escola_edmar_maury_fernandes_serraria-_irregularidades-_serraria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação, no sentido de que sejam_x000D_
+tomadas providências URGENTES referente as condições da Escola Edmar Maury Fernandes,_x000D_
+localizada no Engenho Serraria, localizada no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27807</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27807/rua_14_recapeamento_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua 14, Cohab, nesse_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>27808</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27808/canal_na_rua_tres_limpeza_e_capinacao_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação do Canal na Rua_x000D_
+Três, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>27809</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27809/rua_oitenta_e_tres_e_oitenta_e_quatro_limpeza_das_galerias_vila_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza das Galerias da Rua Oitenta e_x000D_
+Três e Oitenta e Quatro, Vila Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27810</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27810/rua_antonio_jose_da_cunha_paiva_pavimentacao_bairro_de_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação na Rua Antônio José da_x000D_
+Cunha Paiva, Bairro de Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>27811</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27811/rua_cinco_coletores_de_lixo_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Cinco, Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>27812</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27812/rua_30_entulhos_charneca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua 30, Charneca, neste Município.</t>
+  </si>
+  <si>
+    <t>27813</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27813/rua_nova_entulhos_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Nova, Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27814</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27814/escola_modelo_limpeza_e_capinacao_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação nas mediações da_x000D_
+Escola Modelo, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>27815</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27815/rua_27_recapeamento_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua 27, Cohab, nesse_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>27816</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>Ricardinho</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27816/indicacao_no_002-_2026_-_capinacao_coleta_de_entulho_e_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, remoção de entulhos e restauração de pavimento asfáltico e reposição de coletores de lixo, nas Ruas Amaurilio Veloso e Lagoa Grande, bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27817</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27817/indicacao_no_001-_2026_-_capinacao_meio-fio_e_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e pintura de meio-fio, remoção de entulhos e restauração de pavimento asfáltico, na Rua Vereador Alderico Marques da Silva e na Rua Sete de Setembro, bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27818</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27818/indicacao_no_003-_2026_-_inclusao_de_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência o serviço de inclusão de quebra-molas, na Rua Eunice Severina da silva, próximo a academia da cidade em Garapu, no bairro de Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27819</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27819/indicacao_no_004_-_2026_-_capinacao_remocao_de_lixo_calcadas_pintura_de_meio_fioe_poda_de_arvores.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, remoção de entulhos recuperação das calçadas, poda de árvores, pintura de meio-fio, melhorias da sinalização vertical e horizontal  nas Ruas do Avelino José de Lira, Antônio Ferreira Dias, Afra Argentina Pereira e Artur Bertino de Carvalho, Bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>27820</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27820/indicacao_no_005_-_2026_-_lixo_entulho_meio-fio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de remoção de entulhos, pintura de meio-fio, capinação e melhorias das vias de  acesso, nas Ruas da Praia e Primavera, na Vila de Suape, neste Município.</t>
+  </si>
+  <si>
+    <t>27821</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27821/indicacao_no_007_-_2026_-_calcada_escadaria_meio-fio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de pintura de meio-fio, recuperação das calçadas e escadarias nas Ruas 04, 07 e 09, no bairro Novo Horizonte, neste Município.</t>
+  </si>
+  <si>
+    <t>27822</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27822/indicacao_no_008-_2026_-_inclusao_de_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência o serviço de inclusão de quebra-molas,  remoção de entulhos recuperação de calçadas na Rua Olavo Bila, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27823</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27823/indicacao_no_006_-_2026_-_lixo_entulho_meio-fio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de remoção de entulhos, pintura de meio-fio e capinação, nas Ruas 08 e 09, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>27824</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27824/indicacao_no_012_-_2026_-_revitalizacao_geral_de_praca.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de revitalização geral da praça, limpeza de galerias, instalação de banheiros públicos, placas de sinalização, revisão da iluminação pública, reforço policial e bebedouros, na Praça localizada na rua 08, Bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27825</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27825/indicacao_no_009_-_2026_-_capinacao_remocao_de_lixo_calcadas_pintura_de_meio_fioe_poda_de_arvores.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, remoção de entulhos reposição de tampas de galeria, na Rua Ismael Martins de Oliveira, Bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27826</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27826/indicacao_no_010_-_2026_-_calcada_asfalto_e_coletor_de_lixo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de melhoria no pavimento asfáltico, recuperação das calçadas e reposição de coletor de lixo, na Rua Dr. Miguel Arraes, no bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27827</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27827/indicacao_no_013_-_2026_-_asfalto_poda_e_galerias.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de melhoria no pavimento asfáltico, remoção de entulhos e reposição de tampas de galerias, na Rua José Givaldo de Lima, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27828</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27828/indicacao_no_011_-_2026_-_asfalto_entulhos_e_galerias.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de melhoria, remoção de entulhos, capinação, poda das árvores e limpeza das galerias, nas Ruas Madre de Deus, Bezerros e Belo Jardim, no bairro da Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27829</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27829/indicacao_no_014_-_2026_-_limpeza_de_canal_pavimento_entulho.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência a limpeza do canal, reposição de coletor de lixo e recuperação da via asfáltica, na Rua Francisco Pessoa, rua Nova e rua Ver. Benedito dos Santos, no bairro Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27830</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27830/indicacao_calcadas_-_rua_esperanca_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado a construção de calçadas, na Rua Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27831</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27831/indicacao_capinacao_-_pe028_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na PE 028 em frente a Escola Estadual Fernando Soares Lyra, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27832</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27832/indicacao_capinacao_-_rua_12_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Doze, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27833</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27833/indicacao_capinacao_-_rua_maria_dos_prazeres_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Maria dos Prazeres, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27834</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27834/indicacao_capinacao_-_rua_vereador_benedito_alves_santos_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Vereador Benedito Alves Santos, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27835</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27835/indicacao_capinacao_-_rua_vt_um_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua VT Um, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27836</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27836/indicacao_coletor_de_lixo_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua São Lourenço da Mata, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27837</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27837/indicacao_construcao_canaleta_-_rua_esperanca_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de canaletas, na Rua Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27838</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27838/indicacao_entulho_-_rua_34_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Trinta e Quatro, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27839</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27839/indicacao_entulho_-_rua_41_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Quarenta e Um, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27840</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27840/indicacao_entulho_-_tv_do_ipe_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Travessa do Ipê, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27841</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27841/indicacao_entulho_-_rua_eunice_severina_da_silva_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Eunice Severina da Silva, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27842</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27842/indicacao_entulho_-_rua_projetada_48_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Projetada Quarenta e Oito, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27843</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27843/indicacao_entulho_-_rua_vt_um_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua VT Um, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27844</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27844/indicacao_entulho_-_rua_vt_dez_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua VT Dez, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27845</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27845/indicacao_esgoto_-_anel_viario_antonio_jose_paiva_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de manutenção e limpeza de esgoto, no Anel Viário Antônio José Paiva, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27846</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27846/indicacao_iluminacao_-_rua_eunice_severina_da_silva_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizadas melhorias na iluminação pública, na Rua Eunice Severina da Silva, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27847</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27847/indicacao_esgoto_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de manutenção e limpeza de esgoto, na Rua Reginaldo Fonseca Pereira (antiga Rua 14, próximo ao portal do queijo), no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27848</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27848/indicacao_limpeza_canaleta_-_rua_12_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Doze, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27849</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27849/indicacao_limpeza_canal_-_via_perimetral_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Via Perimetral, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27850</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27850/indicacao_limpeza_canaleta_-_rua_vereador_benedito_alves_santos_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Vereador Benedito Alves Santos, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27851</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27851/indicacao_limpeza_canaleta_-_pe028_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na PE 028 próximo a Escola Estadual Fernando Soares Lyra, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27852</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27852/indicacao_manutencao_de_praca_-_rua_manoel_de_oliveira_lins_-_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de manutenção na praça situada na Rua Manoel de Oliveira Lins, no bairro São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27853</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27853/indicacao_manutencao_calcadas_-_rua_36_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Trinta e Seis, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27854</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27854/indicacao_manutencao_de_praca_-_anel_viario_antonio_jose_paiva_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de manutenção na praça situada no Anel Viário Antônio José Paiva, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27855</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27855/indicacao_meio-fio_-_rua_milton_adolfo_de_jesus_-_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e pintura de meio-fio e quebra-molas, na Rua Milton Adolfo de Jesus, no bairro de São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27856</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27856/indicacao_quebra-molas_-_rua_projetada_48_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizada pintura e sinalização dos quebra-molas, na Rua Projetada Quarenta e Oito, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27857</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27857/indicacao_pavimentacao_-_rua_maria_dos_prazeres_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Maria dos Prazeres, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27858</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27858/indicacao_troca_coletor_-_rua_41_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar providências no sentido de promover a substituição de coletor de lixo, na Rua Quarenta e Um, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27859</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27859/indicacao_sinalizacao_nome_de_rua_-_rua_vt_dez_-_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado por meio do órgão competente, a implantação de placa de sinalização contendo o nome de rua, na Rua VT Dez, na praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27860</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27860/indicacao_entulho_-_rua_milton_adolfo_de_jesus_-_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Milton Adolfo de Jesus, no bairro de São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27861</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27861/rua_regional_f_pereira-_cohab-_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração das tampas de bueiro ao longo da_x000D_
+Rua Regional F Pereira, localizada na Cohab, próximo a Escola José Rodrigues de_x000D_
+Carvalhos, localizada no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27862</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27862/rua_julio_pires_ferreira_-_mauriti_-_coletores_de_lixo_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que sejam inseridos coletores de lixo e que seja feita a capinação ao longo da_x000D_
+na Rua Júlio Pires Ferreira, localizada no Bairro do Mauriti, no Cabo de Santo AgostinhoPE.</t>
+  </si>
+  <si>
+    <t>27863</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27863/rua_julio_pires_ferreira_-_mauriti_-_coletores_de_lixo_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação do esgoto a céu aberto, tampa de bueiro e_x000D_
+capinação, ao longo da Rua Visconde de Porto Alegre, nos seguintes pontos de_x000D_
+referência: próximo a Igreja Católica e em frente a rádio Cabo Fm e UNOPAR, localizada_x000D_
+no centro do Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27864</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27864/rua_95-_cohab-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza e desobstrução do canal, capinação e a requalificação_x000D_
+da calçada, localizado NA Rua 95, próximo ao Léo Inject, no bairro da Cohab, no Cabo de_x000D_
+Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27865</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27865/quadra_61_lote_08-_enseada_dos_corais-_recolha_de_lixos_e_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a coleta de lixo e entulhos, ao longo de Quadra 61, Lote 08, no_x000D_
+bairro de Enseada dos Corais, na terceira rua após o Hotel Canariu’s, localizada no Cabo_x000D_
+de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27866</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27866/pe_28-_enseada_dos_corais-_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração das tampas de bueiro ao longo da_x000D_
+PE 28, localizada na Praia de Enseada dos Corais, próximo a Clínica Villar, localizada no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27867</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27867/posto_de_saude_de_itapoama-_irregularidades_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite a Exma. Sra. Ricarda Samara, Secretária da Saúde, no sentido de que seja normalizado_x000D_
+as irregularidades encontras nas USF. de Itapoama, localizada na praia de Itapoama, no Cabo de_x000D_
+Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27868</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27868/rua_23-_pte_dos_carvalhos_-_barreira_de_contencao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que seja realizado o serviço de implantação de barreira de contenção associada a um sistema de drenagem para proteção urbana na rua vinte e três – Ponte dos Carvalhos - Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27869</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27869/rua_33-_pte_dos_carvalhos_-_barreira_de_contencao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que seja realizado o serviço de implantação de barreira de contenção associada a um sistema de drenagem para proteção urbana na rua trinta e três – Ponte dos Carvalhos - Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27874</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27874/rosario-_pe_60-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza e desobstrução do canal e capinação do canal,_x000D_
+localizado em Rosário, próximo a PE 60, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27875</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27875/escola_ariosto_nunes_martins-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que sejam tomadas providências referente capinação, em frente Escola Ariosto_x000D_
+Nunes Martins, localizada próximo a 18° Batalhão, localizada no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27876</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27876/rua_da_mocidade-_pontezinha-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza e desobstrução do canal, capinação, na Rua da_x000D_
+Mocidade, localizado em Pontezinha, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27877</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27877/pe_60-_cratera_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feito o recapeamento de crateras e a intervenção para_x000D_
+garantia de acessibilidade em via intransitável localizada na PE 60, próximo a Hotel Scala,_x000D_
+no Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>27878</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27878/alto_da_bela_vista_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja realizado o serviço para controle do esgoto que se encontra a céu_x000D_
+aberto e a capinação ao longo da que fica próxima a entrada da Toca, em frente a igreja,_x000D_
+localizada no Bairro de São Francisco, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27879</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27879/indicacao_2025-tapa_buraco_-_rua_joaquim_caetano_gomes.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a realização da Operação Tapa-buracos na Rua Joaquim Caetano Gomes – Bairro do Rosário.</t>
+  </si>
+  <si>
+    <t>27880</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27880/indicacao_2025-tapa_buraco_-_rua_rua_do_bicudo.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a realização da Operação Tapa-buracos na Rua do Bicudo – próximo a Igreja Remanescente – Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>27881</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27881/indicacao_2025-tapa_buraco_-_rua_sao_joao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a realização da Operação Tapa-buracos na Rua São João – próximo ao SAFPE – Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>27882</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27882/indicacao_2026-_capinacao_escola_municipal_ariosto_nunes_martins.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos capinação e na Escola Municipal Ariosto Nunes Martins – - próximo a praça do jacaré - Centro.</t>
+  </si>
+  <si>
+    <t>27883</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27883/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vi_37_-_enseada_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua VI Trinta e Sete, Enseada dos Corais..</t>
+  </si>
+  <si>
+    <t>27884</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27884/indicacao_2025_-_pavimentacao_rua_cinquenta_e_tres.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Executiva de Obras a pavimentação no final da Rua Cinquenta e Três – próximo ao campo Carecão.</t>
+  </si>
+  <si>
+    <t>27885</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27885/indicacao_2025-limpeza_de_canal_ao_lado_da_escola_municipal_manoel_maria_caetano.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a limpeza do canal ao lado da Escola Municipal Manoel Maria Caetano – Bairro do Rosário.</t>
+  </si>
+  <si>
+    <t>27886</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27886/indicacao_no_015_-_2026_-_posto_de_saude_inaldo_severino_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam disponibilizados os medicamentos básicos, melhorias na segurança e lotado profissionais de serviços gerais, no Posto de Saúde Inaldo Severino, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27887</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27887/indicacao_no_016_-_2026_-_entulho_e_capinacao.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de coleta de entulhos e capinação, na Rua do Areal, Bairro de Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>27888</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27888/indicacao_no_017_-_2026_-_revitalizacao_de_praca.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de revitalização geral, especificamente recuperação do piso (com presença de muito lodo), na Praça José Aniceto, localizada no bairro da Vila Social, neste Município.</t>
+  </si>
+  <si>
+    <t>27889</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27889/indicacao_no_018_-_2026_-_posto_de_saude_merces.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam disponibilizados os insumos básicos para curativos, manutenção dos banheiros e lotado profissionais médicos, no Posto de Saúde em Mercês, neste Município.</t>
+  </si>
+  <si>
+    <t>27890</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27890/indicacao_no_019_-_2026_-capinacao_entulho_e_canaletas.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de tampa de canaleta e retirada de entulho na Rua Ambrósio Marinho Falcão, Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27891</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27891/indicacao_no_022_-_2026_-_canaleta.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de limpeza das canaletas, na Rua Maria Madalena Tabosa Lopes, Bairro Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27892</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27892/indicacao_no_020_-_2026_-_lixo_calcadas_entulho_escadaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de calçadas e escadaria, remoção de entulhos e inclusão de coletor, nas Ruas 15, 16 e 17, Bairro São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27893</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27893/indicacao_no_021_-_2026_-_capinacao_tapa_buraco_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e operação tapa-buraco, nas Ruas Agripino Xavier, em Santo Inácio, e Rua Carlos Drumond de Andrade e Rua do Sossego, ambas localizadas em Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27894</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27894/indicacao_no_023_-_2026_-_capinacao__pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e pavimentação, na Rua Lajedo e na Rua São Caetano, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27895</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27895/indicacao_no_024_-_2026_-_tubulacao_da_compesa.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência o conserto de tubulação da Compesa, na Avenida Horácio Ferraz, Bairro de Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>27896</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27896/indicacao_no_027_-_2026_-_capinacao_reforco_policial_galerias.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, limpeza de galerias e reforço policial, na Rua Ambrósio Marinho Falcão, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27897</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27897/indicacao_no_025_-_2026_-_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de pavimento asfáltico, na Rua do Espinheiro, próximo ao Restaurante Rei da Buchada, Bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27898</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27898/indicacao_no_028_-_2026_-_capinacao_lixo_iluminacao.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, inclusão de coletor e revisão da iluminação pública, na Rua Olavo Bilac, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27899</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27899/indicacao_no_026_-_2026_-_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de pavimento asfáltico, na Estrada da Vila Evangélica, trecho da Comunidade do Tururu, Bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>27900</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27900/indicacao_no_030_-_2026_-_lixo_entulho_galeria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência a limpeza das galerias, retirada de entulho e inclusão de coletor na Rua Maria Madalena Tabosa, no Bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27901</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27901/indicacao_no_029_-_2026_-_canal_meio_fio_e_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de pintura de meio-fio, limpeza do canal e recuperação de pavimento asfáltico, na Rua José Duarte Aguiar, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27902</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27902/indicacao_no_031_-_2026_-_capinacao_reforco_policial_galerias.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, limpeza de galerias e substituição de tampas, e reforço policial, na Rua Amélia da Silveira, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27903</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27903/indicacao_no_032_-_2026_-_desobstrucao_do_rio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência a desobstrução do rio, no Engenho Serraria, próximo ao posto Ipiranga, neste Município.</t>
+  </si>
+  <si>
+    <t>27904</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27904/rua_da_uniao_coletores_novo_horizonte_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
+Rua da União, Novo Horizonte, neste Município.</t>
+  </si>
+  <si>
+    <t>27905</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27905/rua_pedro_afonso_limpeza_e_capinacao_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Pedro_x000D_
+Afonso, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>27906</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27906/rua_da_linha_limpeza_e_capinacao_da_vila_social_ate_o_centro_do_cabo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua da Linha da_x000D_
+Vila Social até o Centro do Cabo, neste Município.</t>
+  </si>
+  <si>
+    <t>27907</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27907/rua_14_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 14, Ponte_x000D_
+dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27908</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27908/rua_pedro_afonso_limpeza_e_capinacao_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>27909</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27909/rua_engenheiro_florencio_de_albuquerque_entulho_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Engenheiro Florêncio de Albuquerque, Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27910</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27910/rua_jatoba_coletores_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Jatobá, Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>27911</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27911/rua_18_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 18, Ponte_x000D_
+dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27912</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27912/rua_brasao_entulhos_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Brasão, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>27913</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27913/rua_seis_conserto_de_calcadas_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Conserto das calçadas que estão_x000D_
+esburacadas na Rua Seis, Ponte dos Carvalhos, nesse Município.</t>
+  </si>
+  <si>
+    <t>27914</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27914/rua_jose_plech_fernandeslimpeza_e_capinacao_centro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua José Plech_x000D_
+Fernandes, Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>27915</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27915/travessa_zelia_xavierlimpeza_e_capinacao_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Travessa Zélia_x000D_
+Xavier, Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27916</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27916/rua_olegario_alves_da_silva_limpeza_e_capinacao_destilaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Olegário_x000D_
+Alves da Silva, Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>27917</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27917/rua_dezessete_limpea_e_capinacao_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Dezessete,_x000D_
+São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27918</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27918/estrada_que_da_acesso_ao_engenho_novo_pavimentacao_e_drenagem_zona_rural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito a Pavimentação e Drenagem na Estrada que_x000D_
+dá acesso ao Engenho Novo, Zona Rural, nesse Município.</t>
+  </si>
+  <si>
+    <t>27919</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27919/rua_noventa_e_seis_recapeamento_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Noventa e Seis, Alto_x000D_
+da Bela Vista, nesse Município.</t>
+  </si>
+  <si>
+    <t>27920</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27920/rua_governador_miguel_arraes_de_alencar_pavimentacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito a Pavimentação na Rua Governador Miguel_x000D_
+Arraes de Alencar, Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>27921</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27921/indicacao_no_033_-_2026_-_pavimento_iluminacao_transporte_coletivo_reforco_policial.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de melhorias na estrada de acesso as comunidades e revisão da iluminação pública até o viaduto, melhorias no transporte público e reforço policial, na Usina Bom Jesus e nos Engenhos Roças Velhas, Rico e São Salvador, na Zona Rural, neste Município.</t>
+  </si>
+  <si>
+    <t>27922</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27922/indicacao_no_034_-_2026_-_saneamento_e_capinacao.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e melhorias no saneamento básico, na Rua Elza Maria de Azevedo Matarazo, Praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27923</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27923/indicacao_no_035_-_2026_-_calcada.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de calçadas, na Rua Gelásio de Sena Ferreira, Bairro de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27924</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27924/indicacao_no_036_-_2026_-_grade_de_protecao_canal.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de grade de proteção e limpeza de canal, na Rua Amaro José dos Santos, Bairro de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>27925</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27925/indicacao_no_037_-_2026_-_capinacao_coleta_de_entulho_e_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, remoção de entulhos e restauração de pavimento asfáltico, nas Rua Passira, bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27926</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27926/indicacao_no_038_-_2026_-_pavimento_drenagem.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de pavimentação e drenagem, na Rua Limoeiro, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27927</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27927/indicacao_no_039_-_2026_-_grade_de_protecao_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de revitalização de grade de proteção do canal e recuperação do pavimento asfáltico, na Rua Tácito José Grubba, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27928</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27928/indicacao_no_040_-_2026_-_capinacao_calcada.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, na Rua Paulo Casemiro da Silva, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27929</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27929/indicacao_no_041_-_2026_-_capinacao_calcada_esgoto.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas e desobstrução da rede de esgoto, na Rua Mário Henrique Teixeira, Bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27930</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27930/indicacao_no_042_-_2026_-_capinacao_calcada_e_galeria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas, além de limpeza de galerias e reposição de tampas, na Rua Manoel Queiroz da Silva, Centro do Cabo, neste Município.</t>
+  </si>
+  <si>
+    <t>27931</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27931/indicacao_no_043_-_2026_-_grade_de_protecao_canal.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de grade de proteção e limpeza de canal, na Rua da Estação, Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>27932</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27932/indicacao_no_044_-_2026_-_engenho_castelo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de pavimentação das vias e reforço policial, no Engenho Castelo, neste Município.</t>
+  </si>
+  <si>
+    <t>27933</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27933/indicacao_no_045_-_2026_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de pavimentação das vias e reforço policial, no Engenho Novo, neste Município.</t>
+  </si>
+  <si>
+    <t>27934</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27934/programa_voltado_a_area_da_ginastica.odt</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência um Programa voltado a área da ginástica aeróbica, mas especialmente aulas de zumba, nas praças e em outras áreas de lazer, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27935</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27935/manutencao_da_estrada_do_sabia.odt</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Manutenção em todo trecho da estrada do Engenho Sabiá, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27937</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27937/rua_jose_lino_de_lima_recapeamento_torrinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua José Lino de Lima,_x000D_
+Torrinha, nesse Município.</t>
+  </si>
+  <si>
+    <t>27938</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27938/rua_francisco_gomes_de_farias_entulhos_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Francisco Gomes de Farias, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27939</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27939/rua_manoel_queiroz_limpeza_canaleta_e_capinacao_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza da canaleta e capinação na Rua_x000D_
+Manoel Queiroz, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27940</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27940/rua_cristina_tavares_pavimentacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação na Rua Cristina Tavares,_x000D_
+Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>27941</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27941/rua_dezesseis_limpeza_e_entulhos_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza, Capinação e retirada de entulhos_x000D_
+na Rua Dezesseis, São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>27942</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27942/av._tres_pavimentacao_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação na Av. Três, Enseadas dos_x000D_
+Corais, nesse Município.</t>
+  </si>
+  <si>
+    <t>27943</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27943/rua_das_gracas_recapeamento_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua das Graças, Garapú,_x000D_
+nesse Município.</t>
+  </si>
+  <si>
+    <t>27944</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27944/engenho_matas_regulazizacao_estrada_de_barro_zona_rural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Regularização da Estrada de Barro do_x000D_
+Engenho Matas, Zona Rural, nesse Município.</t>
+  </si>
+  <si>
+    <t>27945</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27945/rua_dois_pavimentacao_novo_horizonte_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação na Rua Dois, Novo Horizonte,_x000D_
+Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>27946</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27946/travessa_sao_jorge_entulhos_na_canaleta_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Recolher entulhos das Canaletas na_x000D_
+Travessa São Jorge, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27947</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>Tereza</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27947/indicacao_179.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar reparo no asfalto na Manoel Antônio dos Santos em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27948</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27948/indicacao_178.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial,no sentido de realizar a desobstrução e limpeza de canaletas de esgotos e reposição de placas na rua Manoel Antônio dos Santos em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27949</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27949/indicacao_182.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a Desobstrução e substituição de placa de esgoto na rua 2° Travessa da Merendiba em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27950</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27950/indicacao_183.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação na rua 2° Travessa da Merendiba em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27951</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27951/indicacao_180.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a Desobstrução e substituição de placa de esgoto na rua José Gomes da Silva em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27952</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27952/indicacao_181.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a Desobstrução e limpeza de canaletas de esgotos e reposição de placas na rua da Esperança em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27953</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27953/indicacao_184.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação na rua José Gomes da Silva em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27954</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27954/indicacao_185.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a instalação de coletor de lixo na rua 7 na Cohab</t>
+  </si>
+  <si>
+    <t>27955</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27955/iluminacao_em_todo_trecho_da_estrada_de_sabia.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência Implantação de iluminação em tecnologia de LED em todo trecho da Estrada do Engenho Utinga de Baixo/ Sabiá, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27957</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27957/indicacao_capinacao_-_av_nelson_mendes_da_silva_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Avenida Nelson Mendes da Silva, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27958</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27958/indicacao_capinacao_-_rua_gravata_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Gravatá, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27959</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27959/indicacao_capinacao_-_rua_manoel_queiroz_da_silva_-_mauriti.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Manoel Queiroz da Silva, no bairro de Mauriti, neste Município.</t>
+  </si>
+  <si>
+    <t>27960</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27960/indicacao_capinacao_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua São Lourenço da Mata, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27961</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27961/indicacao_entulho_-_rua_53_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Cinquenta e Três, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27962</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27962/indicacao_limpeza_canal_-_av_bom_conselho_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Avenida Bom Conselho, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27963</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27963/indicacao_limpeza_canal_-_av_nelson_mendes_da_silva_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Avenida Nelson Mendes da Silva, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>27964</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27964/indicacao_limpeza_canaleta_-_rua_53_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Cinquenta e Três, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27965</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27965/indicacao_manutencao_calcadas_-_rua_venturosa_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Venturosa, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27966</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27966/indicacao_limpeza_canaleta_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua São Lourenço da Mata, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27967</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27967/indicacao_limpeza_canaleta_-_rua_tacito_jose_grubba_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Tácito José Grubba, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27968</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27968/indicacao_manutencao_quadra_e_praca_-_rua_tupanatinga_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de requalificação da Quadra de Tênis e a manutenção da Praça, na Rua Tupanatinga, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27969</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27969/indicacao_meio-fio_-_rua_alagoinha_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de pintura de meio-fio, na Rua Alagoinha, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27970</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27970/indicacao_poda_-_rua_tenente_coronel_evilasio_novaes_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado serviço de poda de árvores na Rua Tenente Coronel Evilásio Novaes, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>27971</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27971/indicacao_manutencao_escadaria_-_rua_da_reconciliacao_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais necessárias para o serviço de manutenção na escadaria localizada na Rua da Reconciliação, no Bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>27972</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27972/indicacao_poda_-_antiga_estrada_rodovia_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado serviço de poda de árvores na Antiga Estrada Rodovia, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>27973</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27973/indicacao_entulho_-_rua_tacito_jose_grubba_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Tácito José Grubba, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>27974</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27974/indicacao_recapeamento_-_rua_77_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Setenta e Sete, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27975</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27975/indicacao_recapeamento_-_rua_alagoinha_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Alagoinha, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>27976</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27976/indicacao_revitalizacao_da_estacao_de_trem.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova articulação institucional junto à CBTU (Companhia Brasileira de Trens Urbanos) visando à revitalização da Estação de Trem do Cabo de Santo Agostinho, bem como a adoção de melhorias urbanas no seu entorno.</t>
+  </si>
+  <si>
+    <t>27977</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27977/solicitacao_de_transporte_-_escola_modelo_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho-Pe, no sentido de que seja acatada a solicitação de transporte escolar para estudantes do PQP com destino à Escola Modelo de Gaibu – com atenção especial a alunos com TEA, do município do Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27978</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27978/rua_escritor_israel_felipe_-_santo_inacio_-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza do canal na Rua: Escritor Israel Felipe, Bairro: Santo_x000D_
+Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27979</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27979/rua_do_bicudo_-_sao_francisco_-_barreira_de_contencao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao_x000D_
+Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que_x000D_
+sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso_x000D_
+necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e_x000D_
+segurança da área localizada na Rua: Do bicudo, 141, Bairro: São Francisco, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27980</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27980/rua_armando_jorge_sales_-_centro_-_restauracao_tampa_de_bueiro_e_reconstrucao_da_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração das tampas de bueiros e_x000D_
+reconstrução da calçada na Rua: Armando Jorge Sales, Bairro: Centro, na calçada do_x000D_
+antigo balaio (todo dia), no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>27983</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27983/ind_pneu_em_flor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que seja realizada a instituição do Programa municipal “Pneu em flor – sustentabilidade que floresce”, como iniciativa de logística reversa, sustentabilidade ambiental e combate à dengue no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27984</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27984/ind_obrigatoriedade_cert_anteced_criminais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de_x000D_
+Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que seja realizado o protocolo de exigência de apresentação de certidão de antecedentes criminais para profissionais, colaboradores, voluntários e lideranças que atuem junto a crianças e adolescentes no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27985</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27985/rua_da_linha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviço de instalação de um poste com iluminação na rua  dos Clarins em frente a casa N° 13 Pontezinha.</t>
+  </si>
+  <si>
+    <t>27986</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27986/av_horacio_ferraz_calvacante.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar o concerto de um cano estourado na Avenida Horácio Ferraz Cavalcante, tendo como ponto de referência em frente a Farma Povo em Pontezinha.</t>
+  </si>
+  <si>
+    <t>27987</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27987/nossa_senhora_do_carmo.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços para troca de poste de iluminação, que apresenta grande risco de queda, localizado na rua da Nossa Senhora do Carmo em frente a casa n°40, Pontezinha.</t>
+  </si>
+  <si>
+    <t>27988</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27988/av_horacio_ferraz_cavalcante_farma_povo.pdf</t>
+  </si>
+  <si>
+    <t>27989</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>Aziel</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27989/indicacao_capinacao_da_rua_22_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO á mesa, ouvido o plenário e cumprida as formalidades regimentais , que esta Casa encaminhe Proposta ao Exmo . Sr. Luiz Cabral de Oliveira Filho , Prefeito do Cabo de Santo Agostinho , referente a capinação da Rua 22 , na Cohab .</t>
+  </si>
+  <si>
+    <t>27990</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27990/indicacao_limpeza_do_canal_da_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO á mesa, ouvido o plenário e cumprida as formalidades regimentais , que esta Casa encaminhe Proposta ao Exmo . Sr. Luiz Cabral de Oliveira Filho , Prefeito do Cabo de Santo Agostinho , referente a limpeza do Canal da Cohab .</t>
+  </si>
+  <si>
+    <t>27991</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27991/inidcacao_requlaificacao_rua_85.pdf</t>
+  </si>
+  <si>
+    <t>INDICO á mesa, ouvido o plenário e cumprida as formalidades regimentais , que esta Casa encaminhe Proposta ao Exmo . Sr. Luiz Cabral de Oliveira Filho , Prefeito do Cabo de Santo Agostinho , referente requalificação da rua 85 , na Cohab</t>
+  </si>
+  <si>
+    <t>27992</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>Zeu da GVNET</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27992/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_trapiche_no_bairro_vila_doutor_manoel_clementino.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros e das valetas na Rua Trapiche, no Bairro Vila Doutor Manoel Clementino, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27993</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>Robinho Jogador</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27993/cacamba_de_lixo_-_posto_12h.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo ao lado do posto 12h em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27994</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27994/indicacao_-_recuperacao_e_limpeza_das_calcadas_na_rua_alianca_no_bairro_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação e limpeza das calçadas na Rua Aliança, no Bairro Garapu, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27995</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27995/indicacao_-_limpeza_e_capinacao_na_rua_vereador_alderico_marques_da_silva_e_rua_sete_de_setembro_no_bairro_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza e capinação na Rua Vereador Alderico Marques da Silva e Rua Sete de Setembro, no bairro Santo Inácio, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27996</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27996/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros e das valetas na Rua Vereador Voney da Costa Machado, no Bairro Vila Doutor Manoel Clementino, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27997</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27997/indicacao_-_limpeza_do_canal_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza do canal na Rua Vereador Voney da Costa Machado, no Bairro Vila Doutor Manoel Clementino – No Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27998</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27998/indicacao_-_limpeza_e_capinacao_do_canal_proximo_a_linha_ferrea_no_bairro_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza e capinação do canal próximo à Linha Férrea, no bairro Cohab, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>27999</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27999/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_trapiche_no_bairro_vila_doutor_manoel_clementino.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua Trapiche, no Bairro Vila Doutor Manoel Clementino, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28000</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28000/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_paulo_de_andrade_no_bairro_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros e das valetas na Rua Paulo de Andrade, no Bairro Cohab, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28001</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28001/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_avenida_governador_miguel_no_bairro_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Avenida Governador Miguel, no Bairro Vila Claudete, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28002</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28002/indicacao_-_limpeza_das_canaletas_nas_ruas_5_e_11_no_bairro_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize o serviço de Limpeza das canaletas nas Ruas 5 e 11, no Bairro Cohab, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28003</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28003/indicacao_-_limpeza_das_calcadas_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza das calçadas na Rua Vereador Voney da Costa Machado, no Bairro Vila Doutor Manoel Clementino, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28004</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28004/rua_dois_tampa_de_esgoto_charneca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Rua Dois,_x000D_
+Charneca, nesse Município.</t>
+  </si>
+  <si>
+    <t>28005</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28005/rua_jose_mario_dos_santos_entulhosgaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua José Mario dos Santos, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28006</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28006/rua_primeiro_de_maio_limpeza_e_capinacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Primeiro de_x000D_
+Maio, Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28007</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28007/rua_28_ponte_dos_carvalhos-_pavimentacao_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao_x000D_
+Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, e ao Exmo._x000D_
+Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja tomado_x000D_
+providências urgentes quanto necessidade de pavimentação asfáltica e realização de_x000D_
+capinação/limpeza urbana na Rua 28, localizada em Ponte dos Carvalhos, em frente a Casa da_x000D_
+Maré, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28008</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28008/mangueirinha-_gaibu-_saneamento-_pavimentacao-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao_x000D_
+Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, e ao Exmo._x000D_
+Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja tomado_x000D_
+providências urgentes quanto necessidade de pavimentação asfáltica e realização de_x000D_
+capinação/limpeza e pavimentação, na Rua da Mangueirinha, localizada ao lado do Bar do_x000D_
+Galego da codorna, no Bairro de Gaibu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28009</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28009/rua_25_de_abril-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza e desobstrução do canal e capinação do canal,_x000D_
+localizado na Rua 25 de Abril, no bairro de Ponte dos Carvalhos, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28010</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28010/praca_de_cooper_-_garapu_-_restauracao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feito a restauração dos brinquedos e a manutenção da Praça de_x000D_
+Cooper, localizada no Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28011</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28011/rua_39_coletores_charnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua 39, Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28012</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28012/rua_projetada_a-_vila_claudete-_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feito a poda de árvores na Rua Projetada A, quadra 15, no Bairro da_x000D_
+Vila Claudete, localizada no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28013</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28013/requalificacao_do_telhado_do_mercadao_do_cabo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
+ao Exmo. Sr. Eduardo Cajueiro, Secretário Municipal de Desenvolvimento Econômico e_x000D_
+Qualificação Profissional no sentido de que seja feito requalificação do telhado do_x000D_
+Mercado Público, conhecido popularmente como Mercadão, localizada no centro do Cabo_x000D_
+de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28014</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28014/alto_da_bela_vista-_rua_27-_muro_de_arrimo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação e ao Exmo._x000D_
+Sr. Julierme Veras, Secretário de Defesa Social, no sentido de que sejam adotadas providências_x000D_
+urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução_x000D_
+de medidas paliativas que garantam a estabilidade e segurança da área localizada na Rua 27,_x000D_
+número 05, localizada no Bairro do Alto da Bela Vista, ao lado Pizzaria Bela Vista, no Cabo de_x000D_
+Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28015</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28015/av._dr._julio_araujo_recapeamento_e_sinalizacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento e Sinalização horizontal na_x000D_
+Av. Dr. Júlio Araújo, Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>28016</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28016/rua_vt_quatro_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem na Rua VT_x000D_
+Quatro, Enseadas dos Corais, nesse Município.</t>
+  </si>
+  <si>
+    <t>28017</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28017/indicacao_novo_posto_de_saude_para_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado a construção de um novo Posto de Saúde no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28018</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28018/indicacao_limpeza_canal_-_tv_santo_amaro_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Travessa Santo Amaro, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28019</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28019/indicacao_limpeza_canaleta_-_rua_francisco_de_assis_da_silva_-_mauriti.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Francisco de Assis da Silva, no bairro do Mauriti, neste Município.</t>
+  </si>
+  <si>
+    <t>28020</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28020/indicacao_limpeza_canaleta_-_rua_jose_francisco_lins_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua José Francisco Lins, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28021</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28021/indicacao_limpeza_canaleta_-_rua_marques_do_herval_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Marquês do Herval, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28022</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28022/indicacao_limpeza_canaleta_-_rua_vereador_francisco_pessoa_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Vereador Francisco Pessoa, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28023</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28023/indicacao_limpeza_canaleta_-_rua_voluntarios_da_patria_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Voluntários da Pátria, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28024</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28024/indicacao_limpeza_canaleta_-_rua_visconde_de_porto_alegre_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Visconde de Porto Alegre, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28025</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28025/indicacao_capinacao_-_rua_alfredo_alves_de_lima_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Alfredo Alves de Lima, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28026</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28026/indicacao_capinacao_-_rua_francisco_de_assis_da_silva_-_mauriti.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Francisco de Assis da Silva, no bairro do Mauriti, neste Município.</t>
+  </si>
+  <si>
+    <t>28027</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28027/indicacao_capinacao_-_rua_divonete_barbosa_dos_santos_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Divonete Barbosa dos Santos, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28028</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28028/indicacao_capinacao_-_rua_do_poco_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Poço, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28029</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28029/indicacao_capinacao_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Oliveira Cardoso, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28030</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28030/indicacao_linha_d_agua_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, na Rua Oliveira Cardoso, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28031</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28031/indicacao_linha_d_agua_-_rua_vi_cinco_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, na Rua VI Cinco, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28032</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28032/indicacao_capinacao_-_rua_vi_cinco_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua VI Cinco, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28033</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28033/indicacao_entulho_-_rua_86_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Oitenta e Seis, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28034</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28034/indicacao_capinacao_-_tv_da_rua_zelia_xavier_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Travessa da Rua Zélia Xavier, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28035</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28035/indicacao_limpeza_canal_-_rua_41_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua Quarenta e Um, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28036</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28036/indicacao_entulho_-_tv_amaurilio_veloso_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Travessa Amaurilio Veloso, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28037</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28037/indicacao_limpeza_canal_-_rua_das_florentinas_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua das Florentinas, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28038</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28038/indicacao_limpeza_canal_-_rua_joao_manoel_de_oliveira_-_mauriti.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua João Manoel de Oliveira, no bairro do Mauriti, neste Município.</t>
+  </si>
+  <si>
+    <t>28039</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28039/indicacao_capinacao_-_rua_prefeito_jose_alberto_de_lima_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Prefeito José Alberto de Lima, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28040</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28040/indicacao_linha_d_agua_-_rua_alfredo_alves_de_lima_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, na Rua Alfredo Alves de Lima, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28041</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28041/indicacao_linha_d_agua_-_rua_18a_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, na Rua Dezoito A, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28042</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28042/indicacao_linha_d_agua_-_rua_do_poco_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, na Rua do Poço, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28043</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28043/indicacao_linha_d_agua_-_setor_4_-_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a construção de Linhas D’Água, no Setor 4, na praia de Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28044</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28044/rua_vinte_e_um_limpeza_e_capinacao_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Vinte e Um,_x000D_
+São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28045</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28045/rua_seis_limpeza_e_capinacao_charnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Seis,_x000D_
+Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28046</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28046/av._iv_pavimentacao_e_drenagem_xareu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem Av. IV, Xaréu,_x000D_
+próxima a Arena, nesse Município.</t>
+  </si>
+  <si>
+    <t>28047</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28047/rua_presidente_tancredo_neves_revestimento_de_canaletacohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do Cabo de_x000D_
+Santo Agostinho, que seja feito o revestimento das canaleta, da Rua Presidente_x000D_
+Tancredo Neves, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28048</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28048/rua_eleuterio_do_nascimento_paes_entulho_e_capinacao_malaquias_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e Capinação, na Rua_x000D_
+Eleutério do Nascimento Paes, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28049</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28049/praca_jose_aniceto_revitalizacao_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
+Serviços Públicos do Cabo de Santo Agostinho que seja feita a Revitalização da_x000D_
+Praça José Aniceto, Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28050</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28050/rua_manoel_queiroz_da_silva_limpeza_e_capinacao_torrinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Manoel_x000D_
+Queiroz da Silva, Torrinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28051</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28051/avenida_laura_cavalcanti_limpeza_e_capinacao_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Avenida Laura_x000D_
+Cavalcanti, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28053</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28053/indicacao_manutencao_calcadas_-_rua_voluntarios_da_patria_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Voluntários da Pátria, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28054</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28054/indicacao_poda_-_rua_alderico_marques_da_silva_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado serviço de poda de árvores na Rua Alderico Marques da Silva, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28055</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28055/indicacao_manutencao_calcadas_-_rua_22_de_setembro_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Vinte e Dois de Setembro, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28056</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28056/indicacao_recapeamento_-_rua_das_florentinas_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua das Florentinas, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28057</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28057/indicacao_manutencao_calcadas_-_rua_marques_do_herval_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Marquês do Herval, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28058</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28058/indicacao_manutencao_calcadas_-_rua_lira_de_melo_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Lira de Melo, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28059</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28059/indicacao_manutencao_calcadas_-_rua_visconde_de_porto_alegre_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Rua Visconde de Porto Alegre, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28060</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28060/indicacao_manutencao_placas_de_galerias_-_rua_odilom_barreto_ferreira_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de manutenção e ajuste das placas de cobertura das galerias, na Rua Odilom Barreto Ferreira, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28061</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28061/indicacao_ponto_mototaxi_-_rua_professora_m_fraga_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, o objetivo de sugerir à Administração Municipal, que proceda a instalação de um Ponto de Mototáxi, na Rua Professora M Fraga, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28062</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28062/indicacao_recapeamento_-_rua_divonete_barbosa_dos_santos_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Divonete Barbosa dos Santos, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28063</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28063/indicacao_recapeamento_-_tv_da_rua_zelia_xavier_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Travessa da Rua Zélia Xavier, no bairro de Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28064</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28064/rua_21_de_abril-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza e desobstrução do canal e capinação do canal, localizado na Rua 21 de Abril, no bairro de Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28065</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28065/av._prefeito_diomedes_ferreira_de_melo_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a limpeza, desobstrução e capinação do canal, localizado na Av.: Prefeito Diomedes Ferreira de Melo, no bairro de Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28066</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28066/indicacao_-_recuperacao_das_tampas_de_bueiros_na_rua_85_oitenta_e_cinco_no_bairro_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros na Rua 85 (Oitenta e cinco), no Bairro Cohab, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28067</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28067/indicacao_-_limpeza_das_canaletas_nas_rua_manoel_domingos_de_barros_no_bairro_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize o serviço de Limpeza das canaletas nas Rua Manoel Domingos de Barros, no Bairro São Francisco, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28068</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28068/indicacao_-_recuperacao_e_instalacao_das_tampas_de_bueiros_na_rua_manoel_queiroz_da_silva_no_bairro_torrinha.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação e instalação das tampas de bueiros na Rua Manoel Queiroz da Silva, no Bairro Torrinha, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28069</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28069/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_padre_moises_lindoso_no_bairro_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua Padre Moises Lindoso, no Bairro Garapu, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28070</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28070/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_benedito_lopes_da_silva_no_bairro_rosario.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros e das valetas na Rua Benedito Lopes da Silva, no Bairro Rosário, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28071</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28071/indicacao_-_limpeza_e_capinacao_na_rua_vereador_francisco_pessoa_no_bairro_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza e capinação na Rua Vereador Francisco Pessoa, no bairro Santo Inácio, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28072</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28072/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_mauriti_no_bairro_centro.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua Mauriti, no Bairro Centro, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28073</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28073/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_afogados_da_ingazeira_no_bairro_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua Afogados da Ingazeira, no Bairro Garapu, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28074</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28074/indicacao_-_limpeza_e_retirada_de_entulhos_na_rua_conde_da_boa_vista_no_bairro_centro.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza e retirada de entulhos na Rua Conde da Boa Vista, no bairro Centro, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28075</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28075/indicacao_-_limpeza_capinacao_e_pintura_do_meio-fio_na_rua_das_florentinas_no_bairro_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Limpeza, capinação e pintura do meio-fio na Rua das Florentinas, no bairro Santo Inácio, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28076</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28076/cacamba_coletora_de_lixo_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo na rua da UPA, Garapú, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28077</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28077/cacamba_coletora_de_lixo_rua_da_mocidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo na rua da Mocidade em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28078</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28078/cacamba_coletora_de_lixo_composteira.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo na rua Nossa Senhora do Carmo no terreno da antiga Composteira em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28079</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28079/cacamba_coletora_de_lixo_rua_da_merendiba_verbo_da_vida.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo na rua da Merendiba próximo a igreja Verbo da Vida em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28080</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28080/cacamba_coletora_de_lixo_av._ernestina_batista_-_estrela_mix.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretária-executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de pôr uma caçamba coletora de lixo na Av. Ernestina Batista próximo ao Estrela Mix em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28081</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28081/rua_vinte_e_quatro_coletores_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Vinte e Quatro, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28082</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28082/rua_laurentino_gomes_coletores_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Laurentino Gomes, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28083</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28083/av._dois_loteamento_nova_era_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Av. Dois, Loteamento Nova Era, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28084</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28084/rua_odorico_lima_pavimentacao_itapuama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação na Rua Odorico Lima,_x000D_
+Itapuama, nesse Município.</t>
+  </si>
+  <si>
+    <t>28085</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28085/av._isaac_gomes_da_costa_capinacao_itapuama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Av. Isaac Gomes_x000D_
+da Costa, Itapuama, neste Município.</t>
+  </si>
+  <si>
+    <t>28086</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28086/rua_da_estacao_coletores_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua da Estação, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28087</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28087/rua_um_capinacao_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Um,_x000D_
+Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28088</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28088/rua_vl_trinta_e_um_iluminacao_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
+Serviços Públicos do Cabo de Santo Agostinho que seja resolvido o problema_x000D_
+de falta de iluminação pública e melhorias na Rua VL Trinta e Um, Enseadas_x000D_
+dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28089</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28089/rua_pajucara_coletor_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Pajuçara, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28090</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28090/rua_marques_do_herval_-_centro-_recolocacao_de_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Marquês do Herval, Bairro: Centro, próximo à escola de música Ágape, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28091</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28091/indicacao_no_046_-_2026_-_pavimento_calcada.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de pavimento e calçadas, na Rua 67, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28092</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28092/indicacao_no_047_-_2026_-_pavimento_calcada.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de pavimento e calçadas, na Rua 63, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28093</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28093/indicacao_no_048_-_2026_-_pavimento_calcada.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de pavimento e calçadas, na Rua 66, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28094</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28094/indicacao_no_049_-_2026_-_coletor_lixo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de retirada de lixo dos coletores, na nas Rua 27, 52 e rua do Bicudo, localizadas no Bairro São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28095</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28095/indicacao_no_050_-_2026_-_saneamento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de melhorias no saneamento básico, nas Ruas João Matias de Santana, São João e Parati, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28096</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28096/indicacao_no_051_-_2026_-_entulho.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência a remoção de entulhos, na Rua da Matriz, bairro de Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28097</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28097/indicacao_no_052_-_2026_-_capinacao.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, na Rua da Mocidade, Bairro de Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28098</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28098/indicacao_no_053_-_2026_-_entulho.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência a remoção de entulhos, na Rua Doralino Pereira, bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28099</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>Gisele de Dudinha</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28099/limpeza_e_capinacao_da_rua_barao_de_jaboatao_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capinação da rua Barão de Jaboatão Malaquias</t>
+  </si>
+  <si>
+    <t>28100</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28100/limpeza_de_canaleta_rua_noventa_e_seis_bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza de canaleta rua Noventa e Seis Bela vista</t>
+  </si>
+  <si>
+    <t>28101</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28101/instalacao_de_um_coletor_de_lixo_na_rua_53_bairro_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de um coletor de lixo na rua 53 Bairro São Francisco</t>
+  </si>
+  <si>
+    <t>28102</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28102/indicacao_0001_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada desobstrução e limpeza dos esgotos situado na Rua Vila do Maruim em Ponte dos Carvalhos, por trás da maternidade, neste Município.</t>
+  </si>
+  <si>
+    <t>28103</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28103/indicacao_0004_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a pintura do meio-fio na cor amarela e a instalação de placas de “Proibido Estacionar” no lado correspondente ao Residencial Porto do Cabo, na Avenida Luiz Cabral de Oliveira, nº 966, CEP: 54518-305, neste Município, permanecendo o estacionamento permitido no lado oposto da via.</t>
+  </si>
+  <si>
+    <t>28104</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28104/indicacao_0005_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a manutenção, desobstrução e reparo da boca de lobo localizada em frente à Capela Santa Ana, na Rua Joaquim Isidoro da Silva, nº 73, bairro Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28105</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28105/indicacao_238_-_2025_-_capinacao_e_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a limpeza e capinação da Rua 14, localizada no Centro do Cabo, neste Município.</t>
+  </si>
+  <si>
+    <t>28106</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28106/indicacao_234_-_2025_-_capinacao_e_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a limpeza e capinação da Rua 12, localizada no bairro da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28107</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28107/indicacao_235_-_2025_-_capinacao_e_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a limpeza e capinação da Rua 11, localizada no bairro da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28108</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28108/indicacao_236_-_2025_-_capinacao_e_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a limpeza e capinação da Rua 10, localizada no bairro da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28115</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28115/indicacao_188.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  e desobstrução das canaletas na rua do limite em Pontezinha.</t>
+  </si>
+  <si>
+    <t>28116</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28116/indicacao_189.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  e desobstrução de  canaletas na Rua 21 de Abril     Pontezinha.</t>
+  </si>
+  <si>
+    <t>28117</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28117/indicacao_187.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação na Rua Evandro Regis Júnior, em enseadas Corais.</t>
+  </si>
+  <si>
+    <t>28118</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28118/indicacao_2026-_capinacao_e_pintura_na_rua_israel_felipe__bairro_de_santo_inacio..pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos limpeza, capinação e pintura na Rua Israel Felipe – Bairro de Santo Inácio.</t>
+  </si>
+  <si>
+    <t>28119</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28119/indicacao_2026-_capinacao_e_pintura_nas_ruas_do_bairro_de_nova_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos limpeza, capinação e pintura nas Ruas do bairro de Nova Vila Claudete.</t>
+  </si>
+  <si>
+    <t>28120</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28120/indicacao_2026-_capinacao_e_pintura_nas_ruas_do_bairro_do_bairro_de_rosario.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos limpeza, capinação e pintura nas Ruas do bairro de Rosário.</t>
+  </si>
+  <si>
+    <t>28121</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28121/indicacao_2026-_coletor_de_lixo_na_comunidade_nova_paz__serraria..pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a implantação de coletor de lixo na subida da Comunidade Nova Paz – Serraria.</t>
+  </si>
+  <si>
+    <t>28122</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28122/rua_21-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja feito o recapeamento de crateras, pavimentação asfáltica, capinação e o serviço para controle do esgoto que se encontra a céu aberto, solicitando com urgência, a adoção de providências na Rua: 21, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28123</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28123/avenida_refibras_-_pista_-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja feito o recapeamento de crateras, pavimentação asfáltica e o serviço para controle do esgoto que se encontra a céu aberto, solicitando com urgência, a adoção de providências na Av.: Refibras, Bairro: Pista Preta, no acesso à comunidade quilombola, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28124</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28124/rua_28-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja feito o recapeamento de crateras, pavimentação asfáltica, capinação e o serviço para controle do esgoto que se encontra a céu aberto, solicitando com urgência, a adoção de providências na Rua: 28, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28125</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28125/rua_27-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, no sentido de que seja feito o recapeamento de crateras, pavimentação asfáltica, capinação e o serviço para controle do esgoto que se encontra a céu aberto, solicitando com urgência, a adoção de providências na Rua: 27, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28126</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28126/rua_dos_pescadores_prox._a_oficina_do_joao_-_gaibu_-_barreira_de_contencao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, no sentido de que sejam adotadas providências urgentes para a construção de um muro de arrimo, ou, caso necessário de imediato, a execução de medidas paliativas que garantam a estabilidade e segurança da área localizada na Rua: Dos Pescadores, Bairro: Gaibu, próximo a oficina do João, após o arco-mix. no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28127</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28127/indicacao_190.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviço de capinação na rua Afonso Torres de Vasconcelos, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28128</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28128/indicacao_191.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação na rua do Ferreiro Mercês.</t>
+  </si>
+  <si>
+    <t>28129</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28129/indicacao_190.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Planejamento e Meio Ambiente atenção especial no sentido de realizar a desobstrução, e reposição de tampas na rua Afonso Torres Vasconcelos em Pontezinha.</t>
+  </si>
+  <si>
+    <t>28130</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28130/maternidade_padre_gerado_leite_bastos_-_ponte_dos_carvalhos_-_regularizar_atendimento_com_anestesista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, e a Exma. Sra. Ricarda Samara, Secretária de Saúde, para que sejam adotadas providências urgentes a fim de regularizar o atendimento da Maternidade Padre Geraldo Leite Bastos, que se encontra com atendimento restrito no período diurno em razão da ausência de médico anestesiologista, localizada no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28131</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28131/rua_do_poeta-_enseada_dos_corais-_cratera_pavimentacao_coleta_de_lixo_e_entulhos_e_esgoto_a_ceu_aberto-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado expediente ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, solicitando, com a máxima urgência, a adoção das providências necessárias para a realização do recapeamento das crateras, pavimentação asfáltica, capinação, coleta de lixo e entulhos, bem como a execução de serviços de controle do esgoto que se encontra a céu aberto na Rua do Poeta, localizada no Bairro Enseada dos Corais, no município do Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28132</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28132/rua_pedro_jose_-_xareu_-_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que sejam inseridos coletores de lixo ao longo da na Rua Pedro José, localizada no Bairro: Xaréu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28133</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28133/usf_suape-_resolucao_de_irregularidades_banheiro_e_infiltracoes_no_teto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exma. Sra. Ricarda Samara, Secretária de Saúde, e ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho-PE, no sentido de que seja feito a solicitação urgente para sanar as irregularidades constatadas durante visita dos assessores à Unidade de Saúde da Família de Suape, localizada no Bairro: Suape, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28134</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28134/capinacao_da_rua_do_poeta_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Capinação da Rua do Poeta Enseadas dos Corais</t>
+  </si>
+  <si>
+    <t>28135</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28135/colocacao_iluminacao_publica_na_beira_mar_enseadas_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Colocação Iluminação Pública na Beira Mar Enseadas dos Corais</t>
+  </si>
+  <si>
+    <t>28136</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28136/colocacao_de_coletores_no_setor_1_2_3_4_praias.pdf</t>
+  </si>
+  <si>
+    <t>Colocação de Coletores no setor 1 2 3 4 Praias</t>
+  </si>
+  <si>
+    <t>28137</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28137/colocacao_de_coletores_de_lixo_na_avenida_aguas_cumpridas_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Colocação de coletores de lixo na Avenida Aguas Cumpridas Gaibu</t>
+  </si>
+  <si>
+    <t>28138</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28138/implantacao_de_uma_area_de_convivencia_na_comunidade_cepovo_suape.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de uma area de convivência na comunidade Cepovo Suape</t>
+  </si>
+  <si>
+    <t>28139</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28139/indicacao_0002_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a colocação de lombadas na Rua VC 4, localizada atrás do Armazém Ferreira Lages, na Praia de Enseada dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28140</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28140/indicacao_240_-_2025_-_desobstrucao_de_galeria.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a desobstrução da rede de esgoto localizada na Rua 06, localizada na Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28141</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28141/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_e_drenagem_na_rua_vereador_alderico_marques_no_bairro_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) e drenagem na Rua Vereador Alderico Marques, no Bairro Santo Inácio, no Cabo de Santo Agostinho – PE;</t>
+  </si>
+  <si>
+    <t>28142</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28142/indicacao_-_recuperacao_das_tampas_de_bueiros_na_rua_zelia_xavier_da_silva_no_bairro_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Recuperação das tampas de bueiros na Rua Zélia Xavier da Silva, no Bairro Santo Inácio, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28143</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28143/indicacao_-_instalacao_do_corrimao_ou_guarda-corpo_na_ruas_48_49_e_51_no_bairro_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Instalação do corrimão ou guarda-corpo na Ruas 48, 49 e 51, no Bairro São Francisco – No Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28144</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28144/indicacao_-_instalacao_das_tampas_de_bueiros_na_rua_senador_carlos_wilson_no_bairro_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho (Solidariedade), Prefeito, deste município, que viabilize a Instalação das tampas de bueiros na Rua Senador Carlos Wilson, no Bairro Vila Claudete, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28147</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28147/praca_nove_de_julho_-_santo_inacio_-_restauracao_do_teatro_da_9_de_julho-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado expediente Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo. Sr. Rogério Santana, Secretário de Cultura, ao Exmo. Sr. Bruno Reis, Secretário de Juventude e Esportes, ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social e ao Exmo. Sr. Raimundo Souza, Secretário Regional e Serviços Públicos, solicitando, com a máxima urgência, a restauração, conclusão e efetiva inauguração do Teatro na Praça 9 de Julho, que até a presente data não foi oficialmente inaugurado, encontra-se em situação de abandono, trazendo insegurança para os usuários, localizado na Pe60, Bairro: Santo Inacio, no município do Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28148</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28148/a_limpeza_e_capinacao_da_antiga_br_101_charnecaa.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A Limpeza e Capinação na Antiga Br 101, Charneca no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28149</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28149/_limpeza_e_capinacao_da_rua_visconde_campo_alegre.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A Limpeza e Capinação da rua Visconde Campo Alegre no Centro, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28150</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28150/_a_pavimentacao_na_entrada_da_pista_preta.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A pavimentação da entrada do Bairro de Pista Preta, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28151</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28151/_a_pavimentacao_em_engenho_castelo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A pavimentação na entrada do Engenho Castelo, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28152</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28152/_capinacao_e_pintura_da_praca__rua_07_cohab.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A Capinação e pintura da praça na rua 07, Cohab, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28153</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28153/_a_limpeza_do_canal_de_esgoto_praias.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador NAELSON VALÉRIO DE OLIVEIRA, no uso de suas atribuições legais, vem por meio desta, apresentar à Vossa Excelência a seguinte indicação:_x000D_
+A limpeza do canal de esgoto nas imediações da Praia de Itapuama, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28154</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28154/indicacao_no_054_-_2026_-_lixo_entulho_meio-fio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de remoção de entulho e lixo,_x000D_
+pintura de meio-fio, na Rua Vereador Alderico Marques da Silva, Vila Santo Inácio, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>28155</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28155/indicacao_no_055_-_2026_-_coletor_lixo_pavimento_drenagem_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de pavimentação, drenagem e_x000D_
+inclusão de coletor de lixo, nas Ruas 31 de Outubro e Camaragibe, Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28156</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28156/indicacao_no_056_-_2026_-_coletor_lixo_pavimento_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de operação tapa-buraco, retirada de_x000D_
+entulho e inclusão de coletor de lixo, na Rua Amaurílio Veloso, Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28157</t>
+  </si>
+  <si>
+    <t>668</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28157/indicacao_no_057_-_2026_-_capinacao_pavimento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de capinação e pavimentação, na_x000D_
+Rua Lajedo e na Rua São Caetano, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28158</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28158/indicacao_no_058_-_2026_-_escada_pintura_de_meio-fio_asfalto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de recuperação de escadaria e do_x000D_
+pavimento asfáltico, e pintura de corrimão, nas Ruas 13 e 14, Bairro da Charneca, neste Município.</t>
+  </si>
+  <si>
+    <t>28159</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28159/indicacao_no_059_-_2026_-_lixo_calcadas_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de calçadas, remoção de entulhos e inclusão de coletor, nas Ruas José Marinho Espíndola e Antônio Cabral de Lima, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28160</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28160/indicacao_no_060_-_2026_-_entulho_calcadas_e_pavimento.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de recuperação de calçadas,_x000D_
+remoção de entulhos e restauração de pavimento asfáltico, nas Ruas João Matias de Santana, 21 de_x000D_
+abril e Boa Vista, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28161</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28161/indicacao_capinacao_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Avenida Nossa Senhora do Bom Conselho, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28162</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28162/indicacao_capinacao_-_rua_10_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Dez, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28163</t>
+  </si>
+  <si>
+    <t>674</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28163/indicacao_capinacao_-_rua_27_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Vinte e Sete, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28164</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28164/indicacao_capinacao_-_rua_da_igreja_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua da Igreja, no bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28165</t>
+  </si>
+  <si>
+    <t>676</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28165/indicacao_capinacao_-_rua_tacito_jose_grubba_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Tácito José Grubba, no bairro do Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28166</t>
+  </si>
+  <si>
+    <t>677</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28166/indicacao_desobstrucao_de_galerias_-_av_eraldo_gueiros_leite_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de desobstrução e limpeza das galerias, na Avenida Eraldo Gueiros Leite, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28167</t>
+  </si>
+  <si>
+    <t>678</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28167/indicacao_desobstrucao_de_galerias_-_rua_manoel_de_oliveira_lins_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de desobstrução e limpeza das galerias, na Rua Manoel de Oliveira Lins, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28168</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28168/indicacao_drenagem_galerias_-_rua_vicente_yanes_pinzon_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de drenagem e limpeza das galerias, na Rua Vicente Yanes Pinzon, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28169</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28169/indicacao_entulho_-_av_almirante_paulo_moreira_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Avenida Almirante Paulo Moreira, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28170</t>
+  </si>
+  <si>
+    <t>681</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28170/indicacao_iluminacao_-_rua_27_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a instalação de iluminação pública nos perímetros, da Rua Vinte Sete (especialmente no trecho da pista de cooper, próximo a SEJES), no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28171</t>
+  </si>
+  <si>
+    <t>682</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28171/indicacao_limpeza_canal_-_rua_11_-_lot_nova_era_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua Onze - Loteamento Nova Era, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28172</t>
+  </si>
+  <si>
+    <t>683</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28172/indicacao_limpeza_canal_-_rua_das_gracas_-_lot_nova_era_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua das Graças - Loteamento Nova Era, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28173</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28173/indicacao_limpeza_canal_-_rua_do_triunfo_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Rua do Triunfo, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28174</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28174/indicacao_limpeza_canaleta_-_av_almirante_paulo_moreira_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Avenida Almirante Paulo Moreira, no bairro do Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28175</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28175/indicacao_limpeza_canaleta_-_rua_8_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Oito, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28176</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28176/indicacao_limpeza_canaleta_-_rua_10_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Dez, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28177</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28177/indicacao_limpeza_canaleta_-_rua_manoel_de_oliveira_lins_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua Manoel de Oliveira Lins, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28178</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28178/indicacao_pavimentacao_-_av_p_mista_-_barbalho_2.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Avenida p/ Mista, no Engenho Barbalho 2, neste Município.</t>
+  </si>
+  <si>
+    <t>28179</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28179/indicacao_pavimentacao_-_rua_roberto_alves_-_barbalho_2.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Roberto Alves, no Engenho Barbalho 2, neste Município.</t>
+  </si>
+  <si>
+    <t>28180</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28180/indicacao_recapeamento_-_rua_da_igreja_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua da Igreja, no bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28181</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28181/indicacao_recapeamento_-_rua_jose_clarindo_de_albuquerque_-_malaquias.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua José Clarindo de Albuquerque, no bairro do Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28182</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28182/indicacao_recapeamento_-_rua_vicente_yanes_pinzon_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua Vicente Yanes Pinzon, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28183</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28183/av._paulo_moreira-_garapu-_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que sejam inseridos coletores de lixo na Av. Paulo Moreira, Bairro: Garapu, próximo a antiga Locar, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28184</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28184/rua_quarenta_numero_12_-_bairro_sao_francisco_-_cacamba_pra_recolher_barro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja solicitado a disponibilização de caçamba para retirada de barro acumulado na Rua: Quarenta, número 12, Bairro: São Francisco, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28185</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28185/av._governador_miguel_arraes_recapeamento_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Av. Governador Miguel_x000D_
+Arraes, Ponte dos Carvalhos, nesse Município.</t>
+  </si>
+  <si>
+    <t>28186</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28186/praca_santa_rosa_capinacao_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Praça Santa_x000D_
+Rosa, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28187</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28187/rua_vereador_volney_da_costa_machado_limpeza_do_canal_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza do Canal na Rua Vereador Volney_x000D_
+da Costa Machado, Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28188</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28188/rua_noventa_e_quatro_pavimentacao_e_saneamento_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e o Saneamento na Rua_x000D_
+Noventa e Quatro, Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>28189</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28189/rua_quarenta_e_quatro_limpeza_de_esgoto_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feito o Desentupimento do Esgoto na Rua_x000D_
+Quarenta e Quatro, São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28190</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28190/rua_joao_belarmino_da_rocha_entulhos_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua João Belarmino da Rocha, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28191</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28191/rua_dom_afonso_limpeza_e_capinacao_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Dom Afonso,_x000D_
+Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28192</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28192/rua_vinte_e_umpavimentacao_e_drenagem_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem na Rua Vinte e_x000D_
+Um, Ponte dos Carvalhos, nesse Município.</t>
+  </si>
+  <si>
+    <t>28193</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28193/capinacao_e_limpeza_da_rua_messias_firmino_no_loteamento_novo_horizonte_no_bairro_da_charneca.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Capinação e limpeza da Rua Messias Firmino, no Loteamento Novo Horizonte, no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28194</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28194/pavimentacao_da_rua_da_linha_ligando_a_rua_2.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Pavimentação da Rua da Linha, ligando a Rua 2 (dois), passando pela antiga estação do trem até a Vila Alto da Esperança (Antiga Favela de Silvinho), no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28195</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28195/pavimentacao_da_travessa_da_rua_36_trinta_e_seis_no_bairro_da_charneca.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Pavimentação da Travessa da Rua 36 (trinta e seis), no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28196</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28196/pavimentacao_da_rua_rua_iris_barros.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Pavimentação da  Rua Íris Barros, Loteamento Novo Horizonte, no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28197</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28197/pavimentacao_da_travessa_da_rua_4_quatro_por_tras_da_estacao_de_tratamento_de_agua.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Pavimentação da Travessa da Rua 4 (quatro), por trás da estação de tratamento de água, no Loteamento Novo Horizonte, no bairro da Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28198</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28198/ampliacao_com_area_de_lazer_na_escola_guiomar_de_albuquerque_maranhao.pdf</t>
+  </si>
+  <si>
+    <t>indico a mesa,  atenção especial no sentido de realizar o serviço de Ampliação com Área de Lazer, na Escola Guiomar de Albuquerque Maranhão, no Engenho Utinga de Baixo - Sabiá, no bairro de Mercês, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28199</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28199/sinalizacao_horizontal_e_vertical_alem_da_reposicao_asfaltica_de_todo_acostamento_da_antiga_rodovia_br-101_sul.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Capinação, manutenção das lâmpadas de LED, a sinalização horizontal e vertical, além da reposição asfáltica de todo acostamento, da antiga rodovia BR-101 Sul, do trecho da Charneca até a Praça do Jacaré, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28201</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28201/rua_do_coqueirinho_-_pontezinha-_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no sentido de que seja feita a recolha de entulhos na Rua do Coqueirinho, número 98, Bairro de Pontezinha, localizado Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28202</t>
+  </si>
+  <si>
+    <t>712</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28202/av._jardim_das_parque_veras_-_enseada_dos_corais_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido de que seja feito a solicitação urgente de intervenção para garantia de acessibilidade em Via intransitável e em seguida a pavimentação, bem como a capinação, recolha de entulho e que sejam inseridos coletores de lixo na Av.: Jardim das Parque Veras, Bairro: Enseada dos Corais, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28203</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28203/rua_radio_clube_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, ao Exmo. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a pavimentação, capinação do caminho principal ao longo da_x000D_
+Rua: Rádio Clube, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28204</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28204/av._almirante_paulo_moreira_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, ao Exmo. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a pavimentação, capinação do caminho principal ao longo da Av.: Almirante Paulo Moreira, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28205</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28205/travessa_21_de_abril_numero_18_-_pontezinha_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Travessa 21 de Abril, número 18, Bairro:_x000D_
+Pontezinha, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28206</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28206/rua_do_sossego_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, ao Exmo. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a pavimentação e capinação do caminho principal ao longo da_x000D_
+Rua: Do Sossego, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28207</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28207/rua_miguel_reale_-_garapu_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Miguel Reale, Bairro: Garapu, no Cabo de_x000D_
+Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28208</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28208/rua_garanhuns_-_garapu-_entulhos_e_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos e ao_x000D_
+Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação no_x000D_
+sentido de que seja feita a recolha de entulhos e o reparo na tampa de bueiro, ao longo_x000D_
+da Rua: Garanhuns, em frente ao Shopping Costa Dourada, Bairro: Garapu, localizado_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28209</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28209/rua_ibimirim_-_garapu_-_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a pavimentação do caminho principal ao longo da_x000D_
+Rua: Ibimirim, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28210</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28210/rua_santa_margarida_-_ponte_dos_carvalhos_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação, ao longo da Rua: Santa Margarida, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28211</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28211/rua_14_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja tomado providências urgentes quanto à situação e à necessidade de limpeza e estruturação de canaleta,  e a capinação, na Rua: 14, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28212</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28212/rua_l_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação, no sentido de que seja tomado providências urgentes quanto à situação e à necessidade de limpeza e estruturação de canaleta,  e a capinação, na Rua: L, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28213</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28213/av._nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos-_entulhos_e_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos e ao  Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e Habitação no sentido de que seja feita a recolha de entulhos e o reparo na tampa de bueiro, ao longo da Av.: Nossa Senhora do Bom Conselho, em frente à igreja Católica, Bairro: Ponte dos Carvalhos, localizado Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28214</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28214/praca_estudante_edesio_ramos_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a capinação na praça Estudante Edésio Ramos, localizada no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28215</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28215/rua_dos_pinheiros_limpeza_e_capinacao_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua dos_x000D_
+Pinheiros, Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28216</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28216/rua_jose_lins_teles_placas_de_esgoto_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a colocação das Placas de esgoto da Rua José_x000D_
+Lins Teles, Vila Dr. Manoel Clementino, nesse Município.</t>
+  </si>
+  <si>
+    <t>28217</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28217/rua_doutor_costa_junior_limpeza_e_capinacao_rosario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Doutor Costa_x000D_
+Júnior, Rosário, neste Município.</t>
+  </si>
+  <si>
+    <t>28218</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28218/rua_27_revitalizacao_das_paradas_bairro_da_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
+Serviços Públicos do Cabo de Santo Agostinho que seja resolvido o problema_x000D_
+de Revitalização das paradas de ônibus na Rua 27, Bairro da Cohab, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>28219</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28219/rua_pajucara_placas_de_esgoto_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Rua_x000D_
+Pajuçara, Pontezinha, nesse Município.</t>
+  </si>
+  <si>
+    <t>28220</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28220/rua_a_tampa_de_esgoto_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Rua A,_x000D_
+Pontezinha, nesse Município.</t>
+  </si>
+  <si>
+    <t>28221</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28221/rua_nove_revitalizacao_das_escadarias_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Revitalização das Escadarias na Rua Nove,_x000D_
+Alto da Bela Vista, nesse Município.</t>
+  </si>
+  <si>
+    <t>28222</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28222/rua_doze_revitalizacao_da_escadaria_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Revitalização da Escadaria na Rua Doze, Alto_x000D_
+da Bela Vista, nesse Município.</t>
+  </si>
+  <si>
+    <t>28223</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28223/rua_hercilia_tavares_limpeza_e_capinacao_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Hercília_x000D_
+Tavares, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28224</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28224/setor_dois_regularizacao_da_coleta_de_lixo_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Regularização da Coleta de Lixo no Setor_x000D_
+Dois, Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28225</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28225/02-_rua_23.pdf</t>
+  </si>
+  <si>
+    <t>indicamos á mesa, ouvido o plénario e cumpridas as formalidades regimentais,que solicite á secretaria municipal de planejamnto e meio ambiente atenção especial no sentido de realizar reposição da tampa de esgoto na Rua vinte e Três, em ponte dos Carvalhos.</t>
+  </si>
+  <si>
+    <t>28226</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28226/03-pontezinha_sossego.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  de  canaletas na Rua Travessa do Sossego    Pontezinha.</t>
+  </si>
+  <si>
+    <t>28227</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28227/04-_2_travessa_merendiba.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a Desobstrução e substituição de placa de esgoto na 2º Travessa da Merendiba em Pontezinha</t>
+  </si>
+  <si>
+    <t>28228</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28228/05-_rua_da_mocidade.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza do canal na rua da Mocidade , Pontezinha</t>
+  </si>
+  <si>
+    <t>28229</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28229/06-rua_21_de_abril.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza do canal na Rua 21 de Abril Por tras das Casas de Numero,56 e 62, em  Pontezinha.</t>
+  </si>
+  <si>
+    <t>28230</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28230/08-rua_do_limite.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza do canal na Rua do Limite , Pontezinha.</t>
+  </si>
+  <si>
+    <t>28262</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>Paulo Farias</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28262/indicacao_totem_agua.pdf</t>
+  </si>
+  <si>
+    <t>Indico a implantação de totens de água potável e filtrada_x000D_
+em parques, praças, academias da cidade e demais espaços públicos de convivência do_x000D_
+município, incluindo recipientes de água em nível inferior destinados à hidratação de cães_x000D_
+e gatos em situação de rua</t>
+  </si>
+  <si>
+    <t>28232</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28232/11-av_conde_da_boa_vista.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  de  canaletas na AV Conde da Bosa Vista Próximo ao Regis bar em   Pontezinha.</t>
+  </si>
+  <si>
+    <t>28234</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28234/indicacao_barreira_-_1tv_rua_18_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza de barreira e manutenção do muro de arrimo, na Primeira Travessa da Rua Dezoito, 82, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28235</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28235/indicacao_capinacao_-_rua_17_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Dezessete, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28236</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28236/indicacao_capinacao_-_rua_a_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua A, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28237</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28237/indicacao_desobstrucao_de_galerias_-_rua_do_bueiro_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de desobstrução e limpeza das galerias, na Rua do Bueiro, no Engenho Novo, neste Município.</t>
+  </si>
+  <si>
+    <t>28238</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28238/indicacao_entulho_-_rua_a_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua A (próximo a igreja Assembleia de Deus), no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28239</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28239/indicacao_escadaria__corrimao_-_rua_19_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados serviços de manutenção da escadaria e a instalação de corrimão, na Rua Dezenove, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28240</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28240/indicacao_limpeza_canal_-_av_um_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Avenida Um, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28241</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28241/indicacao_limpeza_canal_-_quadra_3__nova_era_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza do canal, na Quadra Três - Nova Era, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28242</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28242/indicacao_limpeza_canaleta_-_rua_da_igreja_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua da Igreja, no Engenho Novo, neste Município.</t>
+  </si>
+  <si>
+    <t>28243</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28243/indicacao_limpeza_canaleta_-_rua_do_bueiro_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e retirada de entulhos das canaletas, na Rua do Bueiro, Nº 267, no Engenho Novo, neste Município.</t>
+  </si>
+  <si>
+    <t>28244</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28244/indicacao_melhorias_calcadao_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio das Secretarias competentes, a realização de melhorias na organização, sinalização, limpeza urbana e segurança na área do Calçadão e Praça em frente ao mar da Praia de Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>28245</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28245/indicacao_pavimentacao_-_rua_17_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para a pavimentação asfáltica, na Rua Dezessete, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28247</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28247/requalificacao_da_arena_carecao.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de realizar com urgência a Requalificação da Arena Carecão, com a implantação de grama sintética (gramadão) e total revitalização do espaço, incluindo os vestiários e a construção de arquibancadas, bem como melhoria dos refletores, no bairro da Charneca, na cidade do Cabo de Santo Agostinho .</t>
+  </si>
+  <si>
+    <t>28248</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28248/capinacao_e_limpeza_em_frente_a_unidade_do_mendo_sampaio__na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de realizar com urgência a Capinação e limpeza em frente a Unidade do Mendo_x000D_
+Sampaio, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28249</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28249/capinacao_e_limpeza_na_av._historiador_pereira_da_costa_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de realizar com urgência a Capinação e limpeza na Av. Historiador Pereira da_x000D_
+Costa, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28250</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28250/implantacao_de_abrigo_de_parada_de_onibus_em_frente_a_unidade_de_saude_mendo_sampaio.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de realizar com urgência a Implantação de abrigos de parada de ônibus, em frente a Unidade de Saúde Mendo Sampaio, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28251</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28251/implantacao_de_abrigos_de_parada_de_onibus_em_frente_ao_grau_tecnico_no_municipio_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Implantação de abrigos de parada de_x000D_
+ônibus, em frente ao Grau Técnico, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28252</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28252/revitalizacao_praca_do_america_2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:               / 2025_x000D_
+_x000D_
+         	Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitar com máxima urgência, a Revitalização da Praça do América em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28253</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28253/requalificacao_praca_santa_terezinha_2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:               / 2025_x000D_
+_x000D_
+         	Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitar com máxima urgência, a Requalificação da Praça Loteamento Santa Terezinha em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28254</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28254/recapeamento_rua_manoel_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:               / 2026_x000D_
+_x000D_
+         	Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitar com máxima urgência, o Recapeamento da rua Manoel Antônio dos Santos em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28255</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28255/requalificacao_das_canaletas_rua_manoel_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:               / 2026_x000D_
+_x000D_
+         	Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitar com máxima urgência, a Requalificação das Canaletas e rede de Esgoto da rua Manoel Antônio dos Santos em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28258</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28258/indicacao_2026-_coletor_de_lixo_-_em_frente_ao_terminal_de_onibus__bairro_de_massangana..pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a implantação de coletor de lixo em frente ao Terminal de Ônibus – Bairro de Massangana.</t>
+  </si>
+  <si>
+    <t>28259</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28259/indicacao_2026-_coletor_de_lixo_-_em_frente_a_escola_municipal_joaquim_nabuco.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a implantação de coletor de lixo em frente a Escola Municipal Joaquim Nabuco – Bairro de Massangana.</t>
+  </si>
+  <si>
+    <t>28260</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28260/indicacao_2026-_excesso_acumulo_coletor_de_lixo_-_rua_oliveira_cardoso__enseada_dos_corais.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua Oliveira Cardoso – Enseada dos Corais</t>
+  </si>
+  <si>
+    <t>28261</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28261/indicacao_2026-_reparo_de_calcadas_na_avenida_paulo_almirante_moreira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos o reparo das calçadas da Avenida Paulo Almirante Moreira e Ruas próximas no Bairro de Garapu.</t>
+  </si>
+  <si>
+    <t>28263</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28263/8-.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Manoel Maria Caetano Bom , Centro, neste Município</t>
+  </si>
+  <si>
+    <t>28264</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28264/9.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Marques do Herval , Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28265</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28265/10.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua das Florentinas , Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28266</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28266/12.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que seja instalado um coletor de lixo Próximo a R. VL Cinco,348-352 , Lot.Enseada dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28267</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28267/13.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que seja realizado o serviço de Requalificação na Rua Professora Maria do Carmo , Cohab, neste Município</t>
+  </si>
+  <si>
+    <t>28268</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28268/14.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que seja realizado o serviço de Requalificação na Rua Setenta e Sete , Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28269</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28269/15.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que seja realizado o serviço de Capinação na Rua dos Topógrafos, Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28270</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28270/16.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que seja instalado um coletor de lixo na R. Projetada A,9, Nova Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28271</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28271/17.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Amara Guimarães Dutra , Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28272</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28272/sem_titulo_11.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Professora Maria do Carmo , Cohab, neste Município</t>
+  </si>
+  <si>
+    <t>28273</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28273/capinacao_terreno_da_guarda.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de Capinação no Terreno da Guarda Municipal.</t>
+  </si>
+  <si>
+    <t>28274</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28274/indicacao_entulho_-_rua_marta_dantas_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Marta Dantas, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28275</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28275/rua_dos_carneiros_limpeza_canal_e_capinacao_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza do canal e Capinação da Rua dos_x000D_
+Carneiros, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28276</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28276/usf_de_arariba_zona_rural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Saúde do Cabo de Santo_x000D_
+Agostinho, que seja feita uma Reforma e Melhoria no atendimento posto do USF_x000D_
+de Arariba, Zona Rural, neste Município.</t>
+  </si>
+  <si>
+    <t>28277</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28277/rua_amaro_jose_entulho_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Amaro José dos Santos, Gaibú, em frente a Associação de_x000D_
+Funcionários de Suape, neste Município.</t>
+  </si>
+  <si>
+    <t>28278</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28278/rua_trapiche_linha_ferrea_limpeza_canal_e_capinacao_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza do Canal e Capinação da Rua_x000D_
+Trapiche, Linha Férrea, Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28279</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28279/rua_seis_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação da Rua Seis, Ponte_x000D_
+dos Carvalhos, neste Município</t>
+  </si>
+  <si>
+    <t>28280</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28280/loteamento_bom_conselho_limpeza_canaletas_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza das Canaletas no Loteamento_x000D_
+Bom Conselho, Ponte dos Carvalhos , neste Município.</t>
+  </si>
+  <si>
+    <t>28281</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28281/travessa_das_saudadesentulhos_malaquias_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Travessa das Saudades, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28282</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28282/rua_jose_clarindo_de_albuquerque_entulhos_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua José Clarindo de Albuquerque, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28283</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28283/rua_alto_sao_sebastiao_recapeamento_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Alto São Sebastião,_x000D_
+Pirapama, nesse Município.</t>
+  </si>
+  <si>
+    <t>28284</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28284/rua_do_rio_entulho_e_capinacao_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e Capinação na Rua_x000D_
+do Rio, Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28285</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28285/rua_dos_pescadores_entulhos_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a retirada de Entulhos e retirada de lixo, na_x000D_
+Rua dos Pescadores, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28286</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28286/travessa_dois_da_rua_vinte_entulho_e_capinacaocharnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e Capinação, na_x000D_
+Travessa Dois da Rua Vinte, Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28287</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28287/rua_cornelio_jose_da_silva_entulhos_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Cornélio José da Silva, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28288</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28288/rua_jaboatao_dos_guararapes_tampa_de_esgoto_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Rua_x000D_
+Jaboatão dos Guararapes, Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>28289</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28289/mercadao_reparo_centro_do_cabo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Reparo nos telhados e na Estrutura do_x000D_
+Mercadão, Centro do Cabo, nesse Município</t>
+  </si>
+  <si>
+    <t>28290</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28290/indicacao_no_061_-_2026_-_capinacao_coletor_lixo_pavimento_galerias_e_pintura_de_meio_fio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa_x000D_
+encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo_x000D_
+Agostinho, para que sejam realizados com urgência os serviços de capinação, pavimentação,_x000D_
+limpeza de galeria, retirada de entulho e pintura de meio-fio, nas Ruas Manoel Domingos de Barros,_x000D_
+Hamilton Adolfo de Jesus e na Travessa Anibal Cardoso, Bairro de São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28291</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28291/indicacao_no_062_-_2026_-_capinacao_coletor_lixo_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas e inclusão de coletor de lixo, nas Ruas 15 e 17, localizadas na Charneca, neste Município.</t>
+  </si>
+  <si>
+    <t>28292</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28292/indicacao_no_063_-_2026_-pavimento_galerias_calcada_e_poda_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação de calçadas e do pavimento asfáltico, reposição de tampas dos bueiros e poda de árvores, nas Ruas José Lins Teles, João Farias Evangelista e na Antônio José Veloso da Silveira, Bairro da Vila Social, neste Município.</t>
+  </si>
+  <si>
+    <t>28293</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28293/indicacao_no_064_-_2026_-_capinacao_poda_pavimento_canal_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, poda de árvores, recuperação de pavimento asfáltico, inclusão de coletor e limpeza de canal, nas Ruas Tácito José Grubba, Diário de Pernambuco e na Paulista, Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28294</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28294/rua_jardim_das_paqueviras_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito a Pavimentação e Drenagem da Rua Jardim_x000D_
+das Paqueviras, Enseadas dos Corais, nesse Município.</t>
+  </si>
+  <si>
+    <t>28295</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28295/rua_dois_pavimentacao_e_drenagem_engenho_serraria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem na Rua Dois,_x000D_
+Engenho Serraria, nesse Município.</t>
+  </si>
+  <si>
+    <t>28296</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28296/rua_edwirges_gomes_de_melo_entulhos_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Edwirges Gomes de Melo, Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28297</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28297/av._refibras_pavimentacao_e_drenagem_pista_preta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem na Av. Refibras,_x000D_
+Pista Preta, nesse Município.</t>
+  </si>
+  <si>
+    <t>28298</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28298/rua_coronel_artur_cisneiros_limpeza_e_capinacaocentro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Coronel_x000D_
+Artur Cisneiros, Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28299</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28299/rua_quatro_limpeza_e_capinacao_alto_dos_funcionarios_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Quatro, Alto_x000D_
+dos Funcionários, Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28300</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28300/rua_olegario_alves_da_silva_limpeza_e_capinacao_destilaria_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>28301</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28301/rua_laurentino_gomes_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Laurentino_x000D_
+Gomes, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28302</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28302/av._laura_cavalcante_coletores_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação Coletores de Lixo, na Av._x000D_
+Laura Cavalcante, Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28303</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28303/rua_cinco_loteamento_ilha_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Cinco,_x000D_
+Loteamento Ilha, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28304</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28304/rua_vicente_francisco_de_barros_limpeza_e_capinacao_destilaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Vicente_x000D_
+Francisco de Barros, Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28305</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28305/rua_27_limpeza_e_capinacao_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação da Rua 27, Cohab,_x000D_
+neste Município.</t>
+  </si>
+  <si>
+    <t>28306</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28306/rua_hercilia_tavares_recapeamento_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Hercília Tavares,_x000D_
+Cohab, nesse Município.</t>
+  </si>
+  <si>
+    <t>28307</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28307/rua_33_coletores_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua 33, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28309</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28309/indicacao_2025-limpeza_do_canal_av_01.docx.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos, a limpeza da galeria de águas pluviais da Avenida 01, próximo à Escola Fernando Soares Lyra, Gaibu.</t>
+  </si>
+  <si>
+    <t>28310</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28310/indicacao_2026-_acumulo_coletor_de_lixo_rua_do_poe_enseada.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua do Poe, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>28311</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28311/indicacao_2026-esgoto_lancado_na_praia_de_enseada.docx.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos, em articulação com os órgãos competentes de saneamento e meio ambiente, que sejam adotadas providências urgentes para verificação, reparo e solução do lançamento de esgoto localizado no final da Rua Nova, sendo despejado diretamente na Praia de Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>28312</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28312/indicacao_2026-_acumulo_coletor_de_lixo_rua_evandro_regis_gaibu.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua Evandro Régis, Gaibu.</t>
+  </si>
+  <si>
+    <t>28313</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28313/indicacao_2026-_acumulo_coletor_de_lixo_rua_jose_pedro_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua José Pedro Ferreira, Suape.</t>
+  </si>
+  <si>
+    <t>28314</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28314/indicacao_2026-_acumulo_coletor_de_lixo_rua_vi_doze_enseada.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua VI Doze, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>28315</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28315/indicacao_2026-_buraco_na_calcada_avenida_vereador_lucio_fernando.docx.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos que sejam realizadas providências para o reparo de um buraco existente na calçada junto ao canal da Avenida Vereador Lúcio Fernando Monteiro Pereira, Enseada dos Corais.</t>
+  </si>
+  <si>
+    <t>28316</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28316/indicacao_2026-_acumulo_coletor_de_lixo_rua_20_itapuama.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a retirada do lixo acumulado e a implantação de um coletor na Rua 20, Itapuama.</t>
+  </si>
+  <si>
+    <t>28317</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28317/rua_estudante_edesio_ramos_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Estudante Edésio Ramos, localizada no_x000D_
+Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28318</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28318/rua_quatro_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja tomado providências urgentes quanto à situação e à_x000D_
+necessidade de limpeza e estruturação de canaleta, na Rua: Quatro, Bairro: Ponte dos_x000D_
+Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28319</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28319/quadra_gibao_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Quadra do Gibão, localizada no Bairro: Ponte_x000D_
+dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28320</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28320/rua_e_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: E, no Bairro: Ponte dos Carvalhos, no Cabo_x000D_
+de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28321</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28321/antiga_br_101_em_frente_ao_hotel_bom_conselho_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na antiga BR 101, em frente ao hotel bom conselho,_x000D_
+no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28322</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28322/rua_da_reconciliacao_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Da Reconciliação, no Bairro: Ponte dos_x000D_
+Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28323</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28323/rua_vinte_e_dois_-_ponte_dos_carvalhos_-_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a pavimentação do caminho principal ao longo da_x000D_
+Rua: Vinte e Dois, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28324</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28324/rua_sao_jose_-_ponte_dos_carvalhos_-_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a pavimentação do caminho principal ao longo da_x000D_
+Rua: São José, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28325</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28325/area_externa_da_biblioteca_joaquim_nabuco_-_centro_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na área externa da Biblioteca Municipal Joaquim_x000D_
+Nabuco, na AV.: Historiador Pereira da Costa, no Bairro: Centro, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28326</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28326/rua_dr_fernando_goncalves_cascao_-_centro_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Dr. Fernando Gonçalves Cascão, no Bairro:_x000D_
+Centro, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28327</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28327/rua_coronel_arthur_cisneiros_-_centro_-_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a pavimentação do caminho principal ao longo da_x000D_
+Rua: Coronel Arthur Cisneiros, Bairro: Centro, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28328</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28328/rua_antonio_martins_-_centro_-_restauracao_tampa_de_bueiro_e_reconstrucao_da_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração das tampas de bueiros e_x000D_
+reconstrução da calçada na Rua: Antônio Martins, Bairro: Centro, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28329</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28329/rua_visconde_de_campo_grande_-_centro-_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a poda da árvore na Rua: Visconde de Campo Grande, no_x000D_
+Bairro: Centro, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28330</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28330/rua_da_erosao_-_centro_-_capinacao_e_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação e que sejam inseridos coletores de lixo na Rua: Da_x000D_
+Erosão, Bairro: Centro, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28331</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28331/usf_torrinha_-_centro_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na USF, localizada na Torrinha, no Bairro: Centro,_x000D_
+no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28332</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28332/rua_quatro_por_tras_da_prefeitura_-_centro_-_capinacao_e_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, ao Exmo. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a pavimentação e capinação do caminho principal ao longo da_x000D_
+Rua: Quatro, por trás da Prefeitura, Bairro: Centro, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28333</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28333/rua_primeira_travessa_paulo_de_andrade_-_cohab_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Primeira Travessa Paulo de Andrade, no_x000D_
+Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28334</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28334/rua_paulo_de_andrade_-_cohab_-_escadaria_corrimao_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
+ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido_x000D_
+de que seja tomado providências quanto à reestruturação da escadaria, corrimão e_x000D_
+capinação, na Rua: Paulo de Andrade, Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28335</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28335/rua_presidente_tancredo_neves_-_cohab_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Presidente Tancredo Neves, Bairro: Cohab, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28336</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28336/rua_vinte_e_sete_-_cohab_-_capinacao_limpeza_de_entulho_e_restauracao_de_gradil_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação, limpeza de entulho e restauração de gradil, na Rua:_x000D_
+Vinte e Sete, Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28337</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28337/rua_marcelino_da_paixao_viana_-_cohab_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Marcelino da Paixão Viana, Bairro: Cohab, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28338</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28338/rua_jose_apolonio_matias_-_cohab_-_pavimentacao_limpeza_de_entulhos_e_capinacao._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a pavimentação, capinação e a limpeza de entulhos, na Rua:_x000D_
+José Apolonio Matias, no Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28340</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28340/rua_professora_maria_do_carmo_de_souza_-_cohab_-_pavimentacao_limpeza_de_entulhos_e_capinacao._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a pavimentação, capinação e a limpeza de entulhos, na Rua:_x000D_
+Professora Maria do Carmo de Souza, no Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28341</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28341/rua_pastor_natanael_barbosa_medrado_-_cohab-_poda_de_arvore_e_pavimentacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
+ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e Habitação, no sentido_x000D_
+de que seja feita a poda da árvore e a pavimentação, na Rua: Pastor Natanael Barbosa_x000D_
+Medrado, no Bairro: Cohab, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28342</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28342/rua_belo_jardim_-_garapu_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Belo Jardim, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28343</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28343/em_frente_a_escola_mun._ver._joao_ciriaco_da_silva_-_charneca_-_recolha_de_lixos_e_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a coleta de lixo e entulhos, em frente a Escola Municipal_x000D_
+Vereador João Ciríaco da Silva, localizada no Bairro: Charneca, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28344</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28344/usf_alto_jose_do_pires_-_ponte_dos_carvalhos_-_reestruturacao_e_retomada_do_atendimento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, e_x000D_
+a Exma. Sra. Ricarda Samara, Secretária de Saúde, solicitando providências urgentes_x000D_
+quanto à reestruturação e à retomada dos atendimentos na Unidade de Saúde da Família_x000D_
+(USF) Alto José do Pires, localizada no Bairro: Ponte dos Carvalhos, atualmente fechada,_x000D_
+no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28345</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28345/rua_belem_de_sao_francisco_-_garapu_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Belém de São Francisco, Bairro: Cidade Garapu, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28346</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28346/rua_10_loteamento_nova_era_prox._mercearia_da_lu_-_ponte_dos_carvalhos_-_pavimentacao_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a recuperação da via, com nivelamento, colocação de piçarra,_x000D_
+implantação de drenagem, canalização de esgoto e realização de serviços de capinação e_x000D_
+limpeza , na Rua: 10, loteamento Nova Era, próximo a Mercearia da Lu, Bairro: Ponte dos_x000D_
+Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28347</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28347/praca_do_marisco_-_potezinha_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Praça do Marisco, no Bairro: Pontezinha, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28348</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28348/travessa_do_pescador_-_pontezinha_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Travessa do Pescador, no Bairro: Pontezinha, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28349</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28349/rua_do_barro_-_pontezinha-_recolocacao_da_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a recolocação da tampa de bueiro na Rua: Do_x000D_
+Barro, Bairro: Pontezinha, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28350</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28350/via_local_pe60_em_frente_a_madeireira_avenida_-_recolocacao_da_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a recolocação da tampa de bueiro na Via local_x000D_
+Pe60, em frente a madeireira Avenida, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28351</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28351/rua_manoel_maria_caetano_bom_-_sapucaia_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Manoel Maria Caetano Bom, no Bairro:_x000D_
+Sapucaia, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28352</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28352/travessa_do_acafrao_-_pontezinha_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Travessa do Açafrão, no Bairro: Pontezinha, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28353</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28353/rua_antiga_estrada_de_gaibu_prox._a_locar_-_garapu_-_capinacao_e_reconstrucao_da_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feita a reconstrução da calçada e capinação, na Rua: Antiga Estrada_x000D_
+de Gaibu, próximo a Locar, Bairro: Garapu, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28354</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28354/07-2026_-_adicao_de_coletor_de_lixo_-_r._jose_lins_teles_x_estrada_velha_do_cabo_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a adição de coletor de lixo na esquina entre as ruas José Lins Teles e a Estrada Velha do cabo, no bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28355</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28355/08-2026_-_reposicao_de_tampa_de_galeria_-_r._arnobio_marques_gama_e_r._nova_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe Indicação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que realize serviços urgentes de reposição da tampa da canaleta localizada entre as ruas Arnóbio Marques Gama e Rua Nova, no Bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28356</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28356/09-2026_-_reposicao_de_tampa_de_galeria_-_r._jose_lins_teles_e_estrada_de_barro_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe Indicação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que realize serviços urgentes de reposição das tampas de canaletas de esgoto entre as Ruas José Lins Teles e Entrada do Bairro da Destilaria, no Bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28357</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28357/10-2026_-_poda_de_arvores_-_r._jose_lins_teles_-_vila_social.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que seja realizada a Poda das árvores localizadas na Rua José Lins Teles (desde o Colégio Pontual até o Armazém Côrrea da Construção), no Bairro Vila Dr. Manoel Clementino, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28358</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28358/11-2026_-_manutencao_da_praca_jose_aniceto_-_vila_social.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a Manutenção da Praça José Aniceto, defronte ao Colégio Pontual, no Bairro Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28359</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28359/12-2026_-_poda_de_arvores_-_r._vereador_gilberto_fragoso_-_vila_social.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que seja realizada a Poda das árvores localizadas na Rua Vereador Gilberto Fragoso, no Bairro Vila Dr. Manoel Clementino, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28360</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28360/14-2026_-_reposicao_de_tampas_de_canaletas_-_r._dr._jose_francisco_de_melo_cavalcanti_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe Indicação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que realize serviços urgentes de reposição da tampa da canaleta localizada na Rua Dr. José Francisco de Melo Cavalcanti, defronte ao número 92, no Bairro Jardim Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28361</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28361/13-2026_-_iluminacao_publica_-_pontilhao_-_vila_social.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, providências no sentido de instalar Iluminação Pública embaixo do pontilhão sobre a linha do trem, entre os bairros do Centro e Vila Social, neste Município.</t>
+  </si>
+  <si>
+    <t>28362</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28362/15-2026_-_adicao_de_coletor_de_lixo_-_r._dr._jose_francisco_de_melo_cavalcanti_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a Adição de Coletor de Lixo na Rua Dr. José Francisco de Melo Cavalcanti, no bairro de Jardim Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28363</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28363/16-2026_-_reposicao_de_tampas_de_canaletas_-_r._jose_lins_teles.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe Indicação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que realize serviços urgentes de Reposição da tampa da canaleta localizada na Rua José Lins Teles, próximo ao colégio Pontual, no Bairro Vila Social Contra Mocambo, neste Município.</t>
+  </si>
+  <si>
+    <t>28364</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28364/17-2026_-_manutencao_do_guarda-corpo_-_r._agripino_xavier_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Manutenção do Guarda-corpo do canal na Rua Agripino Xavier até a Rua Antônio Augusto dos Santos, no Bairro Vila Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28365</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28365/20-2026_-_manutencao_do_guarda-corpo_-_patio_do_mercadao_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Manutenção do Guarda-corpo do canal no pátio defronte ao Mercadão, no Centro deste Município.</t>
+  </si>
+  <si>
+    <t>28366</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28366/18-2026_-_manutencao_do_guarda-corpo_-_av._nelson_mendes_da_silva_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Manutenção do Guarda-corpo do canal na Avenida Nélson Mendes da Silva, no Bairro Vila Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28367</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28367/19-2026_-_manutencao_do_guarda-corpo_-_r._divonete_barbosa_dos_santos_-_santo_inacio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Manutenção do Guarda-corpo do canal na Rua Divonete Barbosa dos Santos, no Bairro Vila Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28368</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28368/21-2026_-_substituicao_de_poste_enferrujado_-_historiador_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, providências no sentido de substituição do poste de Iluminação Pública na Avenida Historiador Pereira da Costa, defronte à Escola Epitácio Pessoa, no Centro deste Município.</t>
+  </si>
+  <si>
+    <t>28369</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28369/22-2026_-_rondas_ostensivas_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que sejam realizadas Rondas Ostensivas da ROMU na Rua Tenente Manuel Barbosa da Silva, no Centro deste município, sobretudo nos horários de início e término das aulas, que compreende das 18:00 às 19:00 e das 20:30 às 21:30h.</t>
+  </si>
+  <si>
+    <t>28370</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28370/23-2026_-_pavimentacao_-_r._alto_do_sol_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, para que proceda a Pavimentação e Construção do Sistema de Drenagem da Rua Alto do Sol, no Bairro Engenho Novo, neste município.</t>
+  </si>
+  <si>
+    <t>28371</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28371/28-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._jose_de_castro_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Capinação, Limpeza, Drenagem e adição de coletores de lixo, na rua José de Castro, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28372</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28372/24-2026_-_adicao_de_coletores_-_r._alto_do_sol_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a adição de coletores de lixo na Rua Alto do Sol, no Bairro Engenho Novo, neste Município.</t>
+  </si>
+  <si>
+    <t>28373</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28373/27-2026_-_recapeamento_-_r._da_acude_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita o recapeamento na Rua do Açude, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28374</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28374/25-2026_-_adicao_de_coletores_-_abrigo_nando_cordel_-_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a adição de coletores de lixo defronte ao abrigo de Nando Cordel, neste Município.</t>
+  </si>
+  <si>
+    <t>28375</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28375/26-2026_-_capinacao_e_limpeza_de_canal_-_r._francisco_de_assis_da_silva_teixeira_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Capinação e limpeza do canal da Rua Francisco de Assis da Silva Teixeira até a linha do trem, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28376</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28376/29-2026_-_pavimentacao_-_r._jose_de_castro_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação na Rua José de Castro, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28377</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28377/30-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._marta_holanda_de_albuquerque_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Drenagem, Capinação, Limpeza e adição de coletores de lixo, na Rua Marta Holanda de Albuquerque, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28378</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28378/31-2026_-_pavimentacao_-_r._marta_holanda_de_albuquerque_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação na Rua Marta Holanda de Albuquerque, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28379</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28379/32-2026_-_rondas_ostensivas_-_condominio_novo_tempo_v_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que sejam realizadas Rondas Ostensivas da ROMU no Condomínio Novo Tempo V, no bairro de Garapu, deste município.</t>
+  </si>
+  <si>
+    <t>28380</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28380/33-2026_-_capinacao_limpeza_limpeza_de_esgoto_e_coletor_-_cond._novo_tempo_v_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Capinação, Limpeza, Limpeza de Esgoto e adição de coletores de lixo, no Condomínio Novo Tempo V, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28381</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28381/34-2026_-_capinacao_e_limpeza_-_usf_andre_cardoso_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilma. Srª. Ricarda Samara – Secretário Municipal de Saúde, para seja realizada a Capinação e limpeza da Unidade de Saúde da Família (USF) André Cordeiro, na Rua Amélia Alves da Silveira, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28382</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28382/35-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._ana_isabel_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Drenagem, Capinação, Limpeza e adição de coletores de lixo, na Rua Ana Isabel, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28383</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28383/36-2026_-_pavimentacao_-_r._ana_isabel_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação na Rua Ana Isabel, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28384</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28384/37-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._cristina_tavares_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Drenagem, Capinação, Limpeza e adição de coletores de lixo, na Rua Cristina Tavares, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28385</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28385/38-2026_-_pavimentacao_-_r._cristina_tavares_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação na Rua Cristina Tavares, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28386</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28386/39-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._47_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando a realização da Drenagem, Capinação, Limpeza e adição de coletores de lixo, na Rua Quarenta e Sete (47) – rua do colégio Atlas Brasil –, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28387</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28387/40-2026_-_pavimentacao_-_r._47_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao Ilmo. Sr. Maurício Canuto – Secretário Municipal de Infraestrutura, Obras e Habitação, seja realizada a Pavimentação na Rua Quarenta e Sete (47) – rua do colégio Atlas Brasil –, no Bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28388</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28388/41-2026_-_recapeamento_-_qd._91_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando recapeamento da quadra 91, próximo a granja popular, no bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28389</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28389/46-2026_-_recapeamento_-_qd._96_apos_a_quadra_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Sr. Raimundo Souza, Secretário Municipal de Coordenação Regional de Serviços Públicos, solicitando recapeamento da quadra 96 após a Quadra de Futsal, no bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28390</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28390/42-2026_-_remocao_dos_animais_de_grande_porte_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através da Ilma. Srª. Cleidiane Vasconcelos – Secretária Executiva do Bem Estar Animal, para que proceda o recolhimento dos animais de grande porte que andam soltos no bairro da Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28391</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28391/43-2026_-_poda_de_arvores_-_qd._96_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que seja realizada a Poda das árvores localizadas na Quadra 96, ao lado do reservatório da Compesa, no Bairro Vila Claudete, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28392</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28392/44-2026_-_capinacao_e_limpeza_de_canal_-_qd._96_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Capinação e limpeza do canal que fica por trás do reservatório da Compesa, na paralela da Quadra 96, bairro da Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28393</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28393/45-2026_-_manutencao_da_quadra_da_rua_96_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a Limpeza e Manutenção da Quadra de Futsal na Quadra 96, no Bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28394</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28394/47-2026_-_limpeza_na_rede_de_esgoto_qd._95-96_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, que seja feita manutenção e limpeza da rede de esgoto entre as quadras Noventa e Cinco (95) e Noventa e Seis (96), no Bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28395</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28395/51-2026_-_capinacao_e_limpeza_-_qd._101_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, para que proceda a Capinação e Limpeza, no Terminal de ônibus em construção na Quadra Cento e Um (101), na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28396</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28396/48-2026_-_limpeza_na_rede_de_esgoto_-_qd._93_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, que seja feita manutenção e limpeza da rede de esgoto na quadra Noventa e Três (93), no Bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28397</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28397/49-2026_-_iluminacao_publica_-_poceiros_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, providências no sentido de instalar Iluminação Pública nos Poceiros, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28398</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28398/50-2026_-_rondas_ostensivas_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, com cópia ao do Ilmo. Sr. Julierme Veras – Secretário Municipal de Defesa Social, que sejam realizadas Rondas Ostensivas da ROMU nas quadras da Vila Claudete, deste município.</t>
+  </si>
+  <si>
+    <t>28399</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28399/52-2026_-_limpeza_na_rede_de_esgoto_-_qd._99_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, que seja feita manutenção e limpeza da rede de esgoto na quadra Noventa e Nove (99), no Bairro Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28400</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28400/53-2026_-_coletor_de_lixo_-_r._arthur_bertino_-_destilaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe solicitação ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, através do Ilmo. Sr. Raimundo Souza – Secretário Municipal de Coordenação Regional de Serviços Públicos, solicita a adição de coletor de lixo no final da Rua Artur Bertino de Carvalho, próximo à ocupação, no bairro da Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28404</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28404/indicacao_praca_da_pentecostal.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho ,referente a requalificação dos equipamentos de ginástica da Praça da Pentecostal .</t>
+  </si>
+  <si>
+    <t>28405</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28405/indicacao_capinacao_praca_juventude.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho ,referente a capinação da Praça da Juventude , na Cohab .</t>
+  </si>
+  <si>
+    <t>28406</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28406/indicacao_rua_40_cohab.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho ,referente a requalificação da Rua 40 , na Cohab .</t>
+  </si>
+  <si>
+    <t>28407</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28407/praca_jose_dos_santos_limpeza_cohab_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Praça José dos_x000D_
+Santos na Av. Eraldo Barros de Souza, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28408</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28408/av._escritor_israel_felipe_placas_de_esgotovila_roca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Av._x000D_
+Escritor Israel Felipe, Vila Roca, nesse Município.</t>
+  </si>
+  <si>
+    <t>28409</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28409/rua_coqueirinho_coletores_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Coqueirinho, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28410</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28410/rua_18_entulhos_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua 18, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28411</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28411/rua_antonio_olivio_dos_santos_recapeamento_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Antônio Olívio dos_x000D_
+Santos, Cohab, nesse Município.</t>
+  </si>
+  <si>
+    <t>28412</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28412/rua_quatro_entulhos_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Quatro, Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28413</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28413/rua_sao_bento_do_una_entulhos_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua São Bento do Una, Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28414</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28414/rua_praca_dos_milagres_entulhos_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Praça dos Milagres, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28415</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28415/travessa_dois_da_rua_vinte_e_oito_limpeza_charnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Travessa Dois da_x000D_
+Rua Vinte e Oito, Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28416</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28416/rua_divonete_barbosa_dos_santos_limpeza_jardim_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Divonete_x000D_
+Barbosa dos Santos, Jardim Santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28417</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28417/9-manutencao_do_asfalto._travessa_da_merendiba._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar reparo e manutenção do asfalto na Rua Travessa da Merendiba em Frente as casas de numero 52 e 86 em Pontezinha.</t>
+  </si>
+  <si>
+    <t>28418</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28418/7-linha_dagua.rua_nossa_senhora_do_carmo._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Nossa Senhora do Carmo, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28419</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28419/8-linha_dagua._rua_eduardo_lira._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Eduardo Lira, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28420</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28420/1-capinacao_rua_do_litoral_pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua do Litoral, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28421</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28421/2-limpeza_da_linha_dagua.rua_do_nilo.pdf</t>
+  </si>
+  <si>
+    <t>É importante que a manutenção das vias seja feita, de modo a proporcionar à população logradouros e espaços públicos adequados, com bom estado de conservação. Dessa forma, para que o local não seja tomado pelo mato que cresce rapidamente, é necessário que se mantenha periodicamente o serviço de capinação na região.</t>
+  </si>
+  <si>
+    <t>28422</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28422/3-limpeza_da_linha_dagua.rua_jose_costantino-pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua José Constantino, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28423</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28423/4-linha_dagua._rua_da_juventude._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua da Juventude, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28424</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28424/5-linha_dagua._rua_da_batalha._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua da Batalha, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28425</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28425/6-linha_dagua._rua_central._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Central, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28426</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28426/rua_major_jose_paulo_-_centro_-_recolocacao_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Major_x000D_
+José Paulo, Bairro: Centro, próximo ao mercado das artes, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28427</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28427/av._dr._miguel_arraes_-ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza do canal na Av.: Dr. Miguel Arraes, Bairro: Ponte dos_x000D_
+Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28428</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28428/rua_das_violetas_-ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a limpeza do canal na Rua: Das Violetas, Bairro: Ponte dos_x000D_
+Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28429</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28429/rua_estrada_do_cemiterio_novo_prox._a_escola_mun._douglas_menezes_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Estrada do cemitério novo, próximo a_x000D_
+Escola Municipal Douglas Menezes, no Bairro: Ponte dos Carvalhos, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28430</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28430/rua_um_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Um, no Bairro: Ponte dos Carvalhos, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28431</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28431/escola_jose_clarindo_gomes_-_ponte_dos_carvalhos_-_capinacao_e_coleta_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, e_x000D_
+ao Exmo. Sr. Isaltino Nascimento, Secretário de Educação, no sentido de que seja feito_x000D_
+serviços de coleta de lixo e capinação nas áreas externas da Escola José Clarindo_x000D_
+Gomes, no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28432</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28432/rua_do_cemiterio-_ponte_dos_carvalhos_-_recolha_de_lixos_e_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a coleta de lixo e entulhos, na Rua: Do Cemitério, Bairro: Ponte_x000D_
+dos Carvalhos, localizada no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28433</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28433/rua_do_cemiterio_prox._ao_espaco_ana_leticia_-_ponte_dos_carvalhos_-_recapeamento_de_buraco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feito o recapeamento do buraco na Rua: Do Cemitério,_x000D_
+próximo ao espaço Ana Letícia, no Bairro: Ponte dos Carvalhos, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28434</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28434/rua_seis_prox._a_escola_mun._jose_clarindo_gomes_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Seis, no Bairro: Ponte dos Carvalhos,_x000D_
+próximo à Escola Municipal José Clarindo Gomes, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28435</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28435/rua_vinte_e_um_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Vinte e Um, no Bairro: Ponte dos_x000D_
+Carvalhos, próximo à Mercearia da Fabiana, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28436</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28436/4a_travessa_do_cemiterio_prox._a_escola_mun._douglas_menezes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na 4ª Travessa do Cemitério, no Bairro: Ponte dos_x000D_
+Carvalhos, próximo à Escola Municipal Douglas Menezes, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28437</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28437/rua_doutor_jose_bezerra_filho_limpeza_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Doutor José_x000D_
+Bezerra Filho, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28438</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28438/rua_amaro_pereira_cavalcanteentulhos_centro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Amaro Pereira Cavalcante, Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28439</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28439/rua_yanez_pinzon_recapeamento_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Yanez Pinzon, Ponte_x000D_
+dos Carvalhos, nesse Município.</t>
+  </si>
+  <si>
+    <t>28440</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28440/rua_dezessete_coletores_charneca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Rua Dezessete, Charneca, neste Município.</t>
+  </si>
+  <si>
+    <t>28441</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28441/rua_antonio_augusto_dos_santos_limpeza_e_capinacao_vila_santo_inacio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Antônio_x000D_
+Augusto dos Santos, Vila santo Inácio, neste Município.</t>
+  </si>
+  <si>
+    <t>28442</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28442/rua_teixeira_de_sa_tampa_de_esgoto_centro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Colocação das Placas de esgoto da Rua_x000D_
+Teixeira de Sá, Centro, nesse Município.</t>
+  </si>
+  <si>
+    <t>28443</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28443/rua_nove_recapeamento_alto_da_bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Nove, Alto da Bela_x000D_
+Vista, nesse Município.</t>
+  </si>
+  <si>
+    <t>28444</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28444/rua_quarenta_e_um_entulhos_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e retirada de lixo, na_x000D_
+Rua Quarenta e Um, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28445</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28445/av._prefeito_diomendes_ferreira_de_melocoletores_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de um Coletor de Lixo, na_x000D_
+Av. Prefeito Diomendes Ferreira de Melo, Ponte dos Carvalhos, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>28446</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28446/av._governador_miguel_arraes_limpeza_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Av. Governador_x000D_
+Miguel Arraes, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28447</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28447/implantacao_de_postes_com_iluminacao_em_tecnologia_de_led_da_br_101_sul_da_charneca_ao_bairro_de_pirapama_no_municipio_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência Implantação de postes com iluminação em tecnologia de LED, da BR101 Sul, da Charneca ao bairro de Pirapama, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28448</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28448/capinacao_e_limpeza_da_rua_40_no_bairro_da__charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Capinação e limpeza da rua 40 no bairro da  Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28449</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28449/capinacao_e_limpeza_da_rua_da_praca_do_loteamento_nilton_carneiro_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Capinação e limpeza da rua da praça do Loteamento Nilton Carneiro, Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28450</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28450/capinacao_e_limpeza_na_avenida_brasil_novo_horizonte_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Capinação e limpeza na Avenida Brasil, Novo Horizonte, Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28451</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28451/capinacao_e_limpeza__na_rua_da_alvorada_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar com urgência a Capinação e limpeza  na Rua da Alvorada, Charneca, na cidade do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28452</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28452/indicacao_canaletas_-_rua_manoel_maria_caetano_bom_-_sapucaia.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza de canaletas, na Rua Manoel Maria Caetano Bom, no bairro da Sapucaia, neste Município.</t>
+  </si>
+  <si>
+    <t>28453</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28453/indicacao_canaletas_-_vila_dos_pinheiros_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza e desobstrução de canaletas, na Vila dos Pinheiros, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28454</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28454/indicacao_capinacao_-_3tv_joao_amaro_dos_santos_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na 3ª Travessa João Amaro dos Santos, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28455</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28455/indicacao_capinacao_-_rua_manoel_maria_caetano_bom_-_sapucaia.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Manoel Maria Caetano Bom, no bairro da Sapucaia, neste Município.</t>
+  </si>
+  <si>
+    <t>28456</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28456/indicacao_capinacao_-_vila_dos_pinheiros_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Vila dos Pinheiros, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28457</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28457/indicacao_coletor_de_lixo_-_rua_27_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua Vinte e Sete, no bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28458</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28458/indicacao_entulho_-_3tv_joao_amaro_dos_santos_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na 3ª Travessa João Amaro dos Santos, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28459</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28459/indicacao_drenagem_canaletas_-_av_jose_fragoso_-_sapucaia.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de drenagem, limpeza e desobstrução de canaletas, na Avenida José Fragoso, no bairro da Sapucaia, neste Município.</t>
+  </si>
+  <si>
+    <t>28460</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28460/indicacao_entulho_-_av_prefeito_diomedes_ferreira_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Avenida Prefeito Diomedes Ferreira, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28461</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28461/indicacao_meio-fio_-_av_prefeito_diomedes_ferreira_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de pintura de meio-fio, na Avenida Prefeito Diomedes Ferreira, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28462</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28462/indicacao_entulho_-_rua_marques_do_herval_-_centro.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Marquês do Herval, no Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28463</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28463/indicacao_entulho_-_tv_da_esperanca_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Travessa da Esperança, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28464</t>
+  </si>
+  <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28464/indicacao_recapeamento_-_av_jose_fragoso_-_sapucaia.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Avenida José Fragoso, no bairro da Sapucaia, neste Município.</t>
+  </si>
+  <si>
+    <t>28465</t>
+  </si>
+  <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28465/requalificacao_tampa_de_boeiro_rua_a_ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua A, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28466</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28466/requalificacao_tampa_de_boeiro_rua_macal__ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua Macal, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28467</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28467/requalificacao_tampa_de_boeiro_rua_da_batalha__ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua da Batalha, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28468</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28468/requalificacao_tampa_de_boeiro_rua_central_ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua Central, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28469</t>
+  </si>
+  <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28469/requalificacao_tampa_de_boeiro_rua_abaete_ptz.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua Abaeté, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28470</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28470/requalificacao_tampa_de_boeiro_rua_do_maestro_ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua do Maestro, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28471</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28471/requalificacao_tampa_de_boeiro_rua_do_nilo_ptz.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua do Nilo, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28472</t>
+  </si>
+  <si>
+    <t>972</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28472/12-linha_dagua_rua_metripolitana._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Metropolitana, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28473</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28473/13-linha_dagua_rua_japi._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Japí, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28474</t>
+  </si>
+  <si>
+    <t>974</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28474/14-linha_dagua_._rua_do_limite.pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua do Limite, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28475</t>
+  </si>
+  <si>
+    <t>975</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28475/10-linha_dagua_rua_clarin._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Clarin, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28476</t>
+  </si>
+  <si>
+    <t>976</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28476/11-limpeza_da_linha_dagua_rua_da_merendiba._pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação e limpeza da Linha Dágua na Rua Merendiba, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28477</t>
+  </si>
+  <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28477/rua_83_em_frente_ao_educandario_ilana_cavalcanti_-_cohab-_retirada_de_entulhos_de_residencia_solicitando_a_vigilancia_sanitaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que seja encaminhado expediente ao Exmo. Sr. Raimundo Souza, Secretário Regional de_x000D_
+Serviços Públicos, solicitando que sejam adotadas as providências necessárias para a_x000D_
+remoção de entulhos, ferros velhos e demais materiais acumulados em frente à residência_x000D_
+localizada na Rua 83, nas proximidades do Educandário Ilana Cavalcanti, com a_x000D_
+participação da Vigilância Sanitária para inspeção e fiscalização, no Bairro: Cohab, no_x000D_
+município do Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28478</t>
+  </si>
+  <si>
+    <t>978</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28478/rua_travessa_do_caiongo_-_ponte_dos_carvalhos_-_recapeamento_asfaltico_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feito o recapeamento asfáltico e capinação na Rua: Travessa do_x000D_
+Caiongo, no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28479</t>
+  </si>
+  <si>
+    <t>979</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28479/rua_33_antiga_casa_de_farinha_-_ponte_dos_carvalhos_-_implantacao_de_escadaria_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a implantação de escadaria e capinação na Rua: 33, antiga casa_x000D_
+de farinha, no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28480</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28480/rua_da_paz_engenho_ilha_41-_ponte_dos_carvalhos_-_recapeamento_asfaltico_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que seja encaminhado expediente ao Exmo. Sr. Maurício Canuto, Secretário de_x000D_
+Infraestrutura, Obras e Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional_x000D_
+de Serviços Públicos, no sentido de que sejam adotadas, com urgência, as providências_x000D_
+necessárias para a realização de serviços de controle do esgoto que se encontra a_x000D_
+céu aberto, recapeamento asfáltico e capinação, na Rua: Da Paz, Engenho Ilha 41,_x000D_
+Bairro: Ponte dos Carvalhos, no município do Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28481</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28481/rua_da_paz_proximo_a_academia_nova_era_-_ponte_dos_carvalhos_-_pavimentacao_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja a realização de serviços de saneamento básico para solução do_x000D_
+esgoto a céu aberto, capinação e pavimentação, na Rua: Da Paz, próximo à academia_x000D_
+nova era, Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28482</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28482/indicacao_0002_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades_x000D_
+regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho,_x000D_
+Prefeito do Município do Cabo de Santo Agostinho, que seja providenciada a_x000D_
+instalação de um coletor de lixo nas proximidades da Escola Paulo Freire,_x000D_
+localizada na Rua 1, nº 167, no Loteamento Bom Conselho, em Ponte dos_x000D_
+Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28483</t>
+  </si>
+  <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28483/indicacao_0001_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a recuperação da pavimentação e operação tapa-buracos na Rua 09, localizada no bairro Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28484</t>
+  </si>
+  <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28484/indicacao_0003_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades_x000D_
+regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho,_x000D_
+Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a_x000D_
+capinação nas dependências e no entorno da Escola Municipal Professora Laura_x000D_
+Rodrigues da Costa, localizada na Rua 21 de Abril, S/N, em Pontezinha, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>28485</t>
+  </si>
+  <si>
+    <t>985</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28485/indicacao_0004_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades_x000D_
+regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho,_x000D_
+Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a_x000D_
+reforma da Escola Municipal Professora Laura Rodrigues da Costa, bem como_x000D_
+a construção de uma quadra poliesportiva na referida unidade de ensino,_x000D_
+localizada na Rua 21 de Abril, S/N, em Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28486</t>
+  </si>
+  <si>
+    <t>986</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28486/indicacao_0005_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades_x000D_
+regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho,_x000D_
+Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a_x000D_
+limpeza e manutenção do canal, bem como a capinação das margens do_x000D_
+mesmo, localizado na Rua Francisco de Assis da Silva Teixeira, nas_x000D_
+proximidades do Poder Legislativo Municipal, neste Município</t>
+  </si>
+  <si>
+    <t>28487</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28487/indicacao_0003_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada a colocação de lombadas na PE 28, no setor 3, na Praia de Enseada dos Corais, no trecho compreendido  entre o Armazém Ferreira Lajes até o primeiro semáforo da referida praia,  neste Município.</t>
+  </si>
+  <si>
+    <t>28488</t>
+  </si>
+  <si>
+    <t>988</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28488/r_jose_nunes_da_silva-_mangueirinha_-_gaibu_-coletor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Executiva de Limpeza Pública, no sentido de disponibilização de equipamento de coletor de lixo na rua José Nunes da Silva, Mangueirinha, Gaibu - Cabo de Santo Agostinho - PE.</t>
+  </si>
+  <si>
+    <t>28489</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28489/av_um_pe28_-_gaibu_-_manut_de_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe está proposta ao Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Municipal de Coordenação Regional e Serviços Públicos, para que seja realizado o serviço de manutenção da tampa de bueiro localizado na avenida Um, PE-028, Gaibu - Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28490</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28490/r._santa_margarida_-_pte_dos_carvalhos_-_implantacao_de_corrimao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Municipal de Coordenação Regional e Serviços Públicos, para que seja realizado o serviço de implantação de corrimão na rua Santa Margarida – Ponte dos Carvalhos - Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28491</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28491/escola_wolney_da_costa_machado-_ens_dos_corais_-_manut_externa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de Oliveira Filho, prefeito do Cabo de Santo Agostinho, junto a Secretaria Municipal de Educação, para que seja realizada a manutenção e requalificação da estrutura física externa da Escola Wolney da Costa Machado, localizada em Enseada dos Corais - Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28497</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28497/rua_prefeito_jose_alberto_de_lima_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Prefeito José Alberto de Lima, no Bairro:_x000D_
+Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28498</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28498/rua_manoel_alfredo_carvalho_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Manoel Alfredo Carvalho, no Bairro: Santo_x000D_
+Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28499</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28499/rua_doutor_jose_francisco_de_cavalcante_-santo_inacio_-_capinacao_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação e podas de árvore na Rua: Doutor José Francisco_x000D_
+de Cavalcante, no Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28500</t>
+  </si>
+  <si>
+    <t>995</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28500/rua_53_numero_39_-_bairro_sao_francisco-_capinacao_e_recolha_de_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no sentido de que seja feita a capinação e recolha de entulho, na Rua: 53, número 49, Bairro: São Francisco, após o lava jato do Vinho, localizada no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28501</t>
+  </si>
+  <si>
+    <t>996</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28501/rua_luiz_emanuel_de_barros_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Luiz Emanuel de Barros, no Bairro: Santo_x000D_
+Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28502</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28502/rua_doutor_gabriel_dourado_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Doutor Gabriel Dourado, no Bairro: Santo_x000D_
+Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28503</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28503/rua_domingos_afonso_ferreira_paiva_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Domingos Afonso Ferreira Paiva, no Bairro:_x000D_
+Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28504</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28504/rua_vicente_pinzon_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Vicente Pinzon, no Bairro: Santo Inácio, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28505</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28505/rua_professora_raquel_de_morais_fraga_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Professora Raquel de Morais Fraga, no_x000D_
+Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28506</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28506/rua_22-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: 22, no Bairro: Santo Inácio, no Cabo de_x000D_
+Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28507</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28507/rua_vereador_francisco_pessoa_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Vereador Francisco Pessoa, no Bairro:_x000D_
+Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28508</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28508/rua_lagoa_grande_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Lagoa Grande, no Bairro: Santo Inácio, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28509</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28509/rua_severino_fortunato_dos_santos_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Severino Fortunato dos Santos, no Bairro:_x000D_
+Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28510</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28510/indicacao_no_065_-_2026_-_capinacao_pavimento_calcada_e_galeria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de pavimento e calçadas, desobstrução de galerias e instalação de tampas, na Rua José Faustino dos Santos, Bairro da Vila Roca, neste Município.</t>
+  </si>
+  <si>
+    <t>28511</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28511/indicacao_no_068_-_2026_-_capinacao_calcada_saneamento_basico_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas e recuperação da rede de saneamento básico, na Rua Paulo Casemiro da Silva, Bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28512</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28512/indicacao_no_066_-_2026_-_capinacao_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, nas Ruas Pedro Borba, Taxista João Batista Araújo, Dr. Gabriel Dourado e Rua Dr. José Francisco de M. Cavalcante, localizadas na Vila Roca, neste Município.</t>
+  </si>
+  <si>
+    <t>28513</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28513/indicacao_no_072_-_2025_-_capinacao_calcada_reforco_policial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas e reforço policial, na Rua Abdon Teodózio Ramalho, Bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28514</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28514/indicacao_no_071_-_2026_-_capinacao_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, na Rua do Coqueirinho, localizada em Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28515</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28515/indicacao_no_067_-_2026_-_pavimento_drenagem_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de recuperação do pavimento asfáltico, capinação e saneamento básico, na Rua Mário Henrique Teixeira, Bairro da Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28516</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28516/indicacao_no_069_-_2026_-_capinacao_pavimento_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de pavimento e calçadas, na Rua 21, Bairro de Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28517</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28517/indicacao_no_070_-_2026_-_capinacao_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, na Rua do Limite, localizada em Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28518</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28518/indicacao_no_073_-_2025_-_capinacao_calcada_reforco_policial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação, recuperação de calçadas e reforço policial, na Rua Vereador Everaldo Martins de Oliveira, Bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28519</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28519/indicacao_no_075_-_2026_-_capinacao_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, na Rua das Dhálias, localizada em Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>28520</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28520/indicacao_no_074_-_2026_-_capinacao_calcada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência os serviços de capinação e recuperação de calçadas, na Rua das Margaridas, localizada em Gaibu, neste Município.</t>
+  </si>
+  <si>
+    <t>28521</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28521/indicacao_no_076_-_2026_-_parada_de_onibus_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho, para que sejam realizados com urgência o serviço de implantação de ponto de ônibus, na PE 60 próximo ao Trevo com a PE 28, neste Município.</t>
+  </si>
+  <si>
+    <t>28522</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28522/indicacao_2026-tampa_de_bueiro_e_capinacao_rua_miguel_reale_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos colocação de tampa de bueiro e a realização de serviços de capinação na Rua Miguel Reale, localizada no bairro de Garapu 2.</t>
+  </si>
+  <si>
+    <t>28523</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28523/indicacao_2026-limpeza_e_capinacao_rua_almirante_paulo_moreira_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos que promova a limpeza e capinação da Rua Almirante Paulo Moreira, em Garapu 2.</t>
+  </si>
+  <si>
+    <t>28524</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28524/indicacao_2026-limpeza_do_canal_rua_miguel_reale.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos, que proceda com a limpeza do canal da Rua Miguel Reale, Garapu 2.</t>
+  </si>
+  <si>
+    <t>28525</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28525/indicacao_2026-limpeza_das_margens_do_rio_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos que promova a limpeza das margens do Rio Pitimbu, em Garapu 2.</t>
+  </si>
+  <si>
+    <t>28526</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28526/indicacao_2026-_buraco_na_calcada_rua_miguel_reale.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos que sejam realizadas providências para o reparo das calçadas da Rua Miguel Reale, em Garapu 2.</t>
+  </si>
+  <si>
+    <t>28527</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28527/indicacao_2026_-_pavimentacao_rua_radio_clube_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Executiva de Obras a pavimentação e drenagem da Rua Rádio Clube, Garapu 2.</t>
+  </si>
+  <si>
+    <t>28528</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28528/indicacao_2026_-_pavimentacao_rua_do_sossego_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Executiva de Obras a pavimentação e drenagem da Rua do Sossego, Garapu 2.</t>
+  </si>
+  <si>
+    <t>28529</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28529/indicacao_2026_-_pavimentacao_rua_carlos_drummond_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Executiva de Obras a pavimentação e drenagem da Rua Carlos Drummond de Andrade, Garapu 2.</t>
+  </si>
+  <si>
+    <t>28530</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28530/indicacao_2026_-_pavimentacao_rua_almirante_paulo_moreira_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Executiva de Obras a pavimentação e drenagem da Avenida Almirante Paulo Moreira, Garapu.</t>
+  </si>
+  <si>
+    <t>28531</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28531/18-.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua 03 , Bairro São Francisco, neste Município</t>
+  </si>
+  <si>
+    <t>28532</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28532/19.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua 06 , Bairro São Francisco, neste Município</t>
+  </si>
+  <si>
+    <t>28533</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28533/20.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Tampa de Bueiro na Rua 16 , Bairro São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28534</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28534/22.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua 85 , Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28535</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28535/23.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Pastor Natanael Barbosa Medrado , Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28537</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28537/rua_maria_helena_lopes_-_santo_inacio_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Maria Helena Lopes, Bairro: Santo Inácio, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28538</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28538/rua_escritor_israel_felipe_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Escritor_x000D_
+Israel Felipe, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28539</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28539/rua_professor_luiz_carlos_passos_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua:_x000D_
+Professor Luiz Carlos Passos, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28540</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28540/rua_da_estacao_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: Da_x000D_
+Estação, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28541</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28541/rua_ivonete_barbosa_dos_santos_-_santo_inacio-_recapeamento_asfaltico_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feito o recapeamento asfáltico e capinação na Rua: Ivonete Barbosa_x000D_
+dos Santos, no Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28542</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28542/av._jose_faustino_dos_santos_-_santo_inacio-_recapeamento_asfaltico_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feito o recapeamento asfáltico e capinação na Av.: José Faustino dos_x000D_
+Santos, no Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28543</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28543/rua_agripino_xavier_-_santo_inacio-_recapeamento_asfaltico_limpeza_do_canal_podase_de_arvore_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feitos, o recapeamento asfáltico, podas de árvore, limpeza do canal e_x000D_
+capinação, na Rua: Agripino Xavier, no Bairro: Santo Inácio, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28544</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28544/rua_julio_lira_de_melo_-_santo_inacio_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Júlio Lira de Melo, Bairro: Santo Inácio, no Cabo de Santo Agostinho-_x000D_
+PE.</t>
+  </si>
+  <si>
+    <t>28546</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28546/3a_travessa_da_anibal_cardoso_recapeamento_bairro_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na 3ª Travessa da Aníbal_x000D_
+Cardoso, Bairro São Francisco, nesse Município.</t>
+  </si>
+  <si>
+    <t>28547</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28547/unidade_de_saude_da_familia_retirada_de_entulho_charnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos em frente a Unidade_x000D_
+de Saúde da Família, Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28548</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28548/rua_abdon_entulhos_e_capinacao_enseadas_dos_corais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e Capinação, na Rua_x000D_
+Abdon, Enseadas dos Corais, neste Município.</t>
+  </si>
+  <si>
+    <t>28549</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28549/rua_jaboatao_dos_guararapes_recapeamento_cidade_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Jaboatão dos_x000D_
+Guararapes, Cidade Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>28550</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28550/rua_13_limpeza_e_capinacao_itapuama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 13, Itapuama,_x000D_
+neste Município.</t>
+  </si>
+  <si>
+    <t>28551</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28551/rua_07_limpeza_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 07, Ponte_x000D_
+dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28552</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28552/rua_jose_duarte_aguiar_sinalizacao_horizontal_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Defesa Social – Gerência_x000D_
+de Transito do Cabo de Agostinho, que seja feita a Sinalização Horizontal na Rua_x000D_
+José Duarte Aguiar, Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28553</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28553/rua_dr._manoel_clementinolimpeza_das_canaletas_bairro_sao_judas_tadeu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza das Canaletas e Capinação na_x000D_
+Rua Dr. Manoel Clementino, Bairro São Judas Tadeu, neste Município.</t>
+  </si>
+  <si>
+    <t>28554</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28554/rua_washington_luiz_limpeza_das_canaletas_bairro_sao_judas_tadeu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza das Canaletas na Rua_x000D_
+Washington Luiz, Bairro São Judas Tadeu, neste Município.</t>
+  </si>
+  <si>
+    <t>28555</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28555/rua_gov._miguel_arraes_entulhos_e_capinacao_vila_claudete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos e Capinação na Rua_x000D_
+Gov. Miguel Arraes, Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28556</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>Vevel de Caboré</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28556/indicacao___jonh___2026_-3.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, ouvido o plenário e cumprida as formalidades regimentais, formulo um_x000D_
+Apelo á SECRETARIO EXECUTIVA DE COORDENAÇÃO REGIOONAL DE SERVIÇOS_x000D_
+PUBLICO – para que seja providenciada de forma urgente. De retirada de entulho ,_x000D_
+campinação , na Rua; Joaquim Rodrigues , em Gaibu . na rua do velho Caboré ,</t>
+  </si>
+  <si>
+    <t>28558</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28558/indicacao__27_john_2026-4.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retirada Entulho ,pintura do meio fio e capinação na e iluminação na Rua 41 da cohab. Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>28559</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28559/indicacao__rua_55__jonh_2026-5.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO_x000D_
+PUBLICO -para que seja providenciada de forma urgente Pintura dos quebra-molas da Av. Eraldo Barros de Souza (Antiga 55) na mesma, entrada da Rua 56 pintura para Pedestre Escola São francisco Cohab. Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>28560</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28560/indicacao__john__2026-1.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERViÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retira de capinação e limpeza_x000D_
+pintura do meio fio Praça da Rua Sete da Cohab, Cabo de Santo AGOSTINHO</t>
+  </si>
+  <si>
+    <t>28561</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28561/26.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Sete, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28562</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28562/24.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Beira Rio, 15, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28563</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28563/25.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Júlio Pires Ferreira, 233, Mauriti, neste Município</t>
+  </si>
+  <si>
+    <t>28564</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28564/29.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Quarenta e seis, Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28565</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28565/27.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Sessenta e oito, Torrinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28566</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28566/28.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Retirada de entulhos na Rua Cinquenta e dois, São Francisco, neste Município</t>
+  </si>
+  <si>
+    <t>28567</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28567/31.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Dois , Centro, neste Município.</t>
+  </si>
+  <si>
+    <t>28568</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28568/30.pdf</t>
+  </si>
+  <si>
+    <t>INDICO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe proposta ao Exmo Sr. Raimundo Souza, Secretário de Coordenação Regionais e serviços Públicos , para que sejam realizados os Serviços de Capinação na Rua Júlio Pires Ferreira, Cohab, neste Município</t>
+  </si>
+  <si>
+    <t>28570</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28570/r_francisco_de_assis_teixeira_-vila_esperanca_-_cohab_-_coletor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Executiva de Limpeza Pública, no sentido de disponibilização de equipamento de coletor de lixo na rua Francisco de Assis Teixeira, Vila Esperança – Cohab - Cabo de Santo Agostinho - PE.</t>
+  </si>
+  <si>
+    <t>28571</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28571/r_j_doutor_inacio_de_barros_-_centro_-coletor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, junto a Secretaria Executiva de Limpeza Pública, no sentido de disponibilização de equipamento de coletor de lixo na rua Doutor Inácio de Barros - Centro - Cabo de Santo Agostinho - PE</t>
+  </si>
+  <si>
+    <t>28572</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28572/praca_na_rua_onildo_marinho_espindola_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Praça na Rua_x000D_
+Onildo Marinho Espíndola, Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28573</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28573/rua_um_loteamento_nova_era_limpezaponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua um,_x000D_
+Loteamento Nova Era, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28574</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28574/rua_ester_alves_dos_santoscapinacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação na Rua Ester Alves dos Santos,_x000D_
+Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28575</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28575/rua_luiz_gozaga_pavimentacao_cidade_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação da Rua Luiz Gonzaga, Cidade_x000D_
+Garapú, nesse Município.</t>
+  </si>
+  <si>
+    <t>28576</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28576/rua_jose_bezerra_entulhos_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos na Rua José Bezerra,_x000D_
+Vila Dr. Manoel Clementino, neste Município.</t>
+  </si>
+  <si>
+    <t>28577</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28577/rua_maria_da_conceicao_da_silva_capinacao_vila_claudete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação na Rua Maria da Conceição da_x000D_
+Silva, Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28578</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28578/rua_jose_lins_teles_entulhos_vila_social_conta_mucambo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Retirada de Entulhos na Rua José Lins_x000D_
+Teles, Vila Social Conta Mucambo, neste Município.</t>
+  </si>
+  <si>
+    <t>28579</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28579/indicacao__jonh___2026_-8.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, ouvido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retirada Entulho de pintura do meio fio e capinação na Rua 52,53, da Cohab. Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>28580</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28580/indicacao____jonh_20269.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, ouvido o plenário é cumpridas as formalidade regimentais, formulo um_x000D_
+Apelo a SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO PUBLICO_x000D_
+Para que seja providenciada de forma urgente. De uma reforma na quadra esportiva em –_x000D_
+Garapu na Rua Projetada . Cabo De Santo Agostinho – PE</t>
+  </si>
+  <si>
+    <t>28581</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28581/indicacao__john_2026-10.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERViÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retira de entulho capinação e_x000D_
+Pintura do meio fio na Rua 36,54 Cohab. Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>28582</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28582/indicacao__jonh_2026-_12.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERViÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retira de entulho capinação e_x000D_
+pintura do meio fio Rua 83,84,85,86,77 Cohab Cabo de Santo AGOSTINHO</t>
+  </si>
+  <si>
+    <t>28583</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28583/indicacao_john__2026-13.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, ouvido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retirada de pintura do meio fio e capinação na na Rua 08, na Praça da rua 07 da Cohab. Cabo de Santo Agostinho-PE</t>
+  </si>
+  <si>
+    <t>28584</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28584/rua_zelia_xavier_da_silva_-santo_inacio_-_recolocacao_tampa_de_bueiro_e_recolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a restauração da tampa de bueiro e o recolhimento de entulhos_x000D_
+na Rua: Zélia Xavier da Silva, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28585</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28585/centro_social_urbano_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação no Centro Social Urbano, no Bairro: Santo Inácio, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28586</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28586/rua_24_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja feita a restauração da tampa de bueiro na Rua: 24,_x000D_
+Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28587</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28587/rua_antonio_augusto_dos_santos_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja realizados os serviços de desobstrução de esgoto e capinação na_x000D_
+Rua: Antônio Augusto dos Santos, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28588</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28588/rua_do_zumbi_-_santo_inacio-_desobstrucao_de_esgoto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja realizados o serviço de desobstrução de esgoto na Rua: Rua do_x000D_
+Zumbi, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28589</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28589/rua_amaurilio_veloso_-santo_inacio-_capinacao_desobtrucao_de_esgoto_e_recolhimento_de_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação, o recolhimento de entulho e a desobstrução de_x000D_
+esgoto, na Rua: Amaurilio Veloso, Bairro: Santo Inácio, localizada no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28590</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28590/rua_florencio_de_albuquerque_-_santo_inacio_-_limpeza_de_canaleta_recolha_de_entulho_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja tomado providências urgentes quanto à situação, necessidade e a_x000D_
+execução dos serviços de capinação, recolhimento de entulhos e limpeza de canaletas na_x000D_
+Rua: Florêncio de Albuquerque, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28591</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28591/rua_manoel_francisco_do_nascimento_-_santo_inacio_-_limpeza_de_canaleta_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, no sentido de que seja tomado providências urgentes quanto à situação e à_x000D_
+necessidade de limpeza e estruturação de canaleta, e a capinação, na Rua: Manoel_x000D_
+Francisco do Nascimento, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28592</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28592/rua_pedro_borba_-santo_inacio-_capinacao_desobstrucao_de_esgoto_e_recolhimento_de_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação, o recolhimento de entulho e a desobstrução de_x000D_
+esgoto, na Rua: Pedro Borba , Bairro: Santo Inácio, localizada no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28593</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28593/rua_vereador_benedito_alves_dos_santos_-_santo_inacio_-_limpeza_de_canaleta_recolhimento_de_entulho_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário Regional de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja tomado providências urgentes quanto à situação, necessidade e a_x000D_
+execução dos serviços de capinação, recolhimento de entulhos e limpeza de canaletas na_x000D_
+Rua: Vereador Benedito Alves, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28594</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28594/rua_sete_de_setembro-_santo_inacio_-_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que_x000D_
+solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que sejam inseridos coletores de lixo na Rua: Sete de Setembro, localizada no_x000D_
+Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28595</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28595/rua_joao_batista_de_araujo_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja realizados os serviços de desobstrução de esgoto e capinação na_x000D_
+Rua: João Batista de Araújo, Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28596</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28596/rua_sebastiao_barreto_-_santo_inacio_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos,_x000D_
+solicitando a realização dos serviços de capinação e recolhimento de entulhos, na Rua:_x000D_
+Sebastião Barreto, no Bairro: Santo Inácio, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28597</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28597/rua_vereador_alderico_marques_da_silva_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja realizados os serviços de desobstrução de esgoto e capinação na_x000D_
+Rua: Vereador Alderico Marques da Silva, Bairro: Santo Inácio, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28599</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28599/rua_do_acude-_garapu_-_rocolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feita o recolhimento de entulhos na Rua: Do Açude, Bairro: Garapu,_x000D_
+no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28600</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28600/rua_enfermeira_dona_zefinha_-ponte_dos_carvalhos-_recapeamento_asfaltico_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feito o recapeamento asfáltico e capinação na Rua: Enfermeira Dona_x000D_
+Zefinha, no Bairro: Ponte dos Carvalhos, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28601</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28601/rua_jose_lins_teles_-_vila_social-_tampa_de_bueiro_capinacao_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro, capinação e_x000D_
+poda de árvore, ao longo da Rua: José Lins Téles, Bairro: Vila Social, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28602</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28602/rua_trapiche_-_vila_social-_capinacao_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da capinação e podas de árvores, ao longo da_x000D_
+Rua: Trapiche, Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28603</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28603/rua_jose_rego_da_silva_-_vila_social_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: José Rego da Silva, no Bairro: Vila Social,_x000D_
+no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28604</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28604/pracinha_comunitaria_rua_onildo_marinho_espindola_-santo_inacio_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Pracinha Comunitária, na Rua: Onildo Marinho_x000D_
+Espíndola, no Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28605</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28605/rua_firmo_barbosa_de_souza_-_vila_social_-_tampa_de_bueiro_e_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Maurício Canuto, Secretário de Infraestrutura, Obras e_x000D_
+Habitação, e ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da restauração da tampa de bueiro e capinação,_x000D_
+ao longo da Rua: Firmo Barbosa de Souza, Bairro: Vila Social, no Cabo de Santo_x000D_
+Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28606</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28606/rua_vereador_volney_da_costa_machado_-_vila_social-_capinacao_recolhimento_de_entulho_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da capinação, recolhimento de entulhos e podas_x000D_
+de árvore, ao longo da Rua: Vereador Volney da Costa Machado, Bairro: Vila Social, no_x000D_
+Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28607</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28607/rua_alice_torres_da_silva_-_vila_social_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Alice Torres da Rocha, no Bairro: Vila_x000D_
+Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28608</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28608/rua_vereador_gilberto_fragoso_-vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos,_x000D_
+solicitando a realização dos serviços de capinação e recolhimento de entulhos, na Rua:_x000D_
+Vereador Gilberto Fragoso, no Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28609</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28609/rua_jorge_gomes_de_oliveira_vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos,_x000D_
+solicitando a realização dos serviços de capinação e recolhimento de entulhos, na Rua:_x000D_
+Jorge Gomes de Oliveira , no Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28610</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28610/rua_alarico_nunes_serra_-_vila_social_-_rocolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos no_x000D_
+sentido de que seja feita o recolhimento de entulhos na Rua: Alarico Nunes Serra, Bairro:_x000D_
+Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28611</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28611/rua_edwirges_gomes_de_melo_-_vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos,_x000D_
+solicitando a realização dos serviços de capinação e recolhimento de entulhos, na Rua:_x000D_
+Edwirges Gomes de Melo , no Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28612</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28612/rua_amarina_cavalcante_torres_-_vila_social_-_capinacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja feita a capinação na Rua: Amarina Cavalcante Torres, no Bairro: Vila_x000D_
+Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28613</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28613/rua_antonio_jose_lins_-_vila_social-_capinacao_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais,_x000D_
+que solicite ao Exmo. Sr. Raimundo Souza, Secretário Regional de Serviços Públicos, no_x000D_
+sentido de que seja resolvido a situação da capinação e podas de árvores, ao longo da_x000D_
+Rua: Antônio José Lins, Bairro: Vila Social, no Cabo de Santo Agostinho-PE.</t>
+  </si>
+  <si>
+    <t>28614</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28614/copia_de__indicacao-_a_limpeza_e_capinacao_da_rua_dezessete_bairro_de_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>A Limpeza e Capinação da rua Dezessete, Bairro de São Francisco, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28615</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28615/_copia_de_indicacao-_a_revitalizacao_da_escadaria_da_rua_dezessete_.sao_francisco_.pdf</t>
+  </si>
+  <si>
+    <t>A Revitalização da Escadaria da rua dezessete .(São Francisco)</t>
+  </si>
+  <si>
+    <t>28616</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28616/_copia_de__indicacao-_a_limpeza_e_capinacao_e_recapeamento_do_asfalto_da_rua_dezessete.pdf</t>
+  </si>
+  <si>
+    <t>A Limpeza e Capinação e Recapeamento do Asfalto da rua Dezessete, Bairro de São Francisco, no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28617</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28617/copia_de_a_pavimentacao_na_rua_abizai_jose_de_lima_garapu_.pdf</t>
+  </si>
+  <si>
+    <t>A pavimentação na Rua Abizai José de Lima, (Garapu ) no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28618</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28618/_copia_de_indicacao-a_implantacao_de_coletores_de_lixo_e_limpeza_na_rua_43sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>A Implantação de coletores de lixo e Limpeza, na Rua 43,(São Francisco), no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28619</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28619/copia_de__indicacao-a_limpeza_e_capinacao_da_rua_jose_lins_teles__destilaria.pdf</t>
+  </si>
+  <si>
+    <t>A Limpeza e Capinação da rua José Lins Teles, ( Destilaria), no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28620</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28620/copia_de__indicacao-a_limpeza_e_capinacao_da_rua_jose_bezerra_filho_centro_1.pdf</t>
+  </si>
+  <si>
+    <t>A Limpeza e Capinação da rua José Bezerra Filho, (Centro), no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28621</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28621/copia_de_indicacao-_a_capinador_pavimentacao_fica_na_rua_do_bueiro_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>A Capinador Pavimentação fica na Rua do Bueiro, (Engenho Novo ) no município de Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28622</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28622/indicacao_implantacao_de_led_roberto_basto_da_silva__rosario.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial para a implantação de postes com iluminação pública em tecnologia LED na Rua Roberto Basto da Silva, localizada no bairro de Nossa Senhora do Rosário.</t>
+  </si>
+  <si>
+    <t>28623</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28623/indicacao_implantacao_de_coletores_de_lixo_rua_luis_caetano_gomes_rosario.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, atenção especial no sentido de realizar a implantação de novos coletores de lixo na Rua Caetano Gomes, em Nossa Senhora do Rosário</t>
+  </si>
+  <si>
+    <t>28624</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>Marcos Mão Amiga</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28624/indicacao_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, solicito recuperação e revitalização das calçadas de pedestres na rua RUA SETENTA E OITO BAIRRO COHAB este Município.</t>
+  </si>
+  <si>
+    <t>28625</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28625/indicacao_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA SETENTA E OITO BAIRRO COHAB Neste Município.</t>
+  </si>
+  <si>
+    <t>28626</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28626/indicacao_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito desobstrução, revitalização e recolocação de tampa de concreto na caixa de esgoto na RUA JOSÉ FONSECA BAIRRO ENSEADA DOS CORAIS – Neste Município.</t>
+  </si>
+  <si>
+    <t>28627</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28627/indicacao_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA JOSÉ FONSECA BAIRRO ENSEADA DOS CORAIS Neste Município.</t>
+  </si>
+  <si>
+    <t>28628</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28628/indicacao_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho Prefeito do Cabo de Santo Agostinho – PE, solicito revitalização assim como também a pintura de degraus e corrimãos na rua TRÊS BAIRRO ALTO DA BELA VISTA Neste Município.</t>
+  </si>
+  <si>
+    <t>28629</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28629/indicacao_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, solicito recuperação e manutenção da escadaria na rua RUA TRÊS BAIRRO ALTO DA BELA VISTA este Município.</t>
+  </si>
+  <si>
+    <t>28630</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28630/indicacao_07_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA DA MATINHA BAIRRO CENTRO Neste Município.</t>
+  </si>
+  <si>
+    <t>28631</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28631/indicacao_08_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA TRÊS BAIRRO ALTO DA BELA VISTA Neste Município.</t>
+  </si>
+  <si>
+    <t>28632</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28632/indicacao_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA DO PROGRESSO BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28633</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28633/indicacao_09_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, solicito Remoção de entulhos na RUA OITENTA E CINCO BAIRRO COHAB Neste Município.</t>
+  </si>
+  <si>
+    <t>28637</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28637/indicacao_11_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito desobstrução, revitalização e recolocação de tampa de concreto na caixa de esgoto na RUA DO PROGRESSO BAIRRO PONTE DOS CARVALHOS – Neste Município.</t>
+  </si>
+  <si>
+    <t>28638</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28638/indicacao_12_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA DA BOA VISTA BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28639</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28639/indicacao_13_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA PARATI BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28640</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28640/indicacao_14_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, solicito recuperação da calçada na RUA PARATI BAIRRO PONTE DOS CARVALHOS este Município.</t>
+  </si>
+  <si>
+    <t>28642</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28642/indicacao_2026_-_reforma_escola_joaquim_nabuco.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Municipal de Educação que seja realizada vistoria e manutenção na Escola Municipal Joaquim Nabuco, localizada no Engenho Massangana.</t>
+  </si>
+  <si>
+    <t>28643</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28643/indicacao_2026_-_limpeza_do_pv_rua_vicente_pinzon.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria de Coordenação Regional e Serviços Públicos a limpeza do poço de visita (PV) da Rua Vicente Yáñez Pinzón, em frente à casa de nº 126, Ponte dos Carvalhos.</t>
+  </si>
+  <si>
+    <t>28644</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28644/indicacao_2026_-_reforma_escola_ana_maria.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Municipal de Educação que seja realizada vistoria e manutenção na Escola Municipal Ana Maria, localizada em Pirapama.</t>
+  </si>
+  <si>
+    <t>28645</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28645/indicacao_2026_-_reforma_posto_de_saude_engenho_novo.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos Legislativos desta Casa, INDICAÇÃO, nos termos de seu Regimento Interno, solicitando à Secretaria Municipal de Saúde a realização de manutenção geral no Posto de Saúde de Engenho Novo, com a adoção das providências necessárias para melhoria das condições estruturais e de funcionamento da unidade.</t>
+  </si>
+  <si>
+    <t>28646</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28646/indicacao_15_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA PRIMEIRA TRAVESSA DA ESPERANÇA BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28647</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28647/indicacao_16_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito Recapeamento Asfáltico na PRIMEIRA TRAVESSA DA ESPERANÇA BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28648</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28648/indicacao_17_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA DA MEDALHA BAIRRO PONTE DOS CARVALHOS Neste Município.</t>
+  </si>
+  <si>
+    <t>28649</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28649/indicacao_18_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito desobstrução, revitalização e recolocação de tampa de concreto na caixa de esgoto na RUA DA MEDALHA BAIRRO PONTE DOS CARVALHOS – Neste Município.</t>
+  </si>
+  <si>
+    <t>28650</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28650/indicacao_19_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito implantação de coletores de lixo na RUA ANA LOUREIRO RABELO BAIRRO ENSEADA DOS CORAIS Neste Município.</t>
+  </si>
+  <si>
+    <t>28651</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28651/indicacao_20_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito implantação de coletores de lixo na RUA ABÍLIO SERAFIM CORREIA BAIRRO ENSEADA DOS CORAIS Neste Município.</t>
+  </si>
+  <si>
+    <t>28652</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28652/indicacao_21_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE Solicito limpeza e capinação e pintura do meio fio na RUA DAS DÁLIAS BAIRRO: GAIBU Neste Município.</t>
+  </si>
+  <si>
+    <t>28653</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28653/rua_20_limpeza_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 20, Ponte_x000D_
+dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28654</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28654/rua_21_de_abril_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza das Canaletas na Rua 21 de Abril,_x000D_
+Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28655</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28655/rua_alto_do_cruzeiro_capinacao_e_pintura_meio_fio_torrinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação e Pintura de meio fio na Rua_x000D_
+Alto do Cruzeiro, Torrinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28656</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28656/rua_teixeira_de_sa_requalificacao_calcada_torrinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Requalificação da Calçada e Pintura de meio_x000D_
+fio, da Rua Teixeira de Sá, Torrinha, nesse Município.</t>
+  </si>
+  <si>
+    <t>28657</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28657/rua_jose_clarindo_de_albuquerque_capinacao_e_pintura_meio_fio_malaquias_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação e Pintura de meio fio na Rua_x000D_
+José Clarindo de Albuquerque, Malaquias, neste Município.</t>
+  </si>
+  <si>
+    <t>28658</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28658/rua_joao_marinho_espindola_requalificacao_da_calcada_malaquias_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Requalificação da Calçada e pintura de meio_x000D_
+fio na Rua João Marinho Espíndola, Malaquias , nesse Município.</t>
+  </si>
+  <si>
+    <t>28659</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28659/rua_olegario_alves_coletores_destilaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
+Rua Olegário Alves, Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28660</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28660/rua_antonio_ferreira_dias_capinacao_e_pintura_de_meio_fio_destilaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação e Pintura de meio fio na Rua_x000D_
+Antônio Ferreira Dias, Destilaria, neste Município.</t>
+  </si>
+  <si>
+    <t>28661</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28661/rua_antonio_marinho_requalificacao_das_calcadas_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Requalificação das Calçadas na Rua Antônio_x000D_
+Marinho, Ponte dos Carvalhos, nesse Município.</t>
+  </si>
+  <si>
+    <t>28662</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28662/rua_antonio_alves_da_cunha_capinacao_e_pintura_meio_fio_ponte_dos_carvalhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação e Pintura de meio fio na Rua_x000D_
+Antônio Alves da Cunha, Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28663</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28663/requalificacao_tampa_de_boeiro_rua_da_mocidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua da Mocidade, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28664</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28664/requalificacao_tampa_de_boeiro_rua_do_litoral.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua do Litoral, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28665</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28665/requalificacao_tampa_de_boeiro_rua_nossa_senhora_do_carmo.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua Nossa Senhora do Carmo, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28666</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28666/requalificacao_tampa_de_boeiro_rua_central.pdf</t>
+  </si>
+  <si>
+    <t>28667</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28667/requalificacao_tampa_de_boeiro_rua_constatino.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitara a requalificação, manutenção e substituição das tampas de bueiros localizadas na Rua Constantino, em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28668</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28668/rua_iris_barros_requalificacao_e_pintura_meio_fio_charneca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Requalificação das Calçadas e Pintura de_x000D_
+meio fio na Rua Iris Barros, Charneca, nesse Município.</t>
+  </si>
+  <si>
+    <t>28669</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28669/rua_antonio_jose_paiva_capinacao_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação na Rua Antônio José Paiva,_x000D_
+Garapú, neste Município.</t>
+  </si>
+  <si>
+    <t>28670</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28670/rua_messias_coletores_charnequinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
+Rua Messias, Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28671</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28671/av._gov._eraldo_gueiros_leite_capinacao_e_pintura_de_meio_fio_garapu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Capinação e Pintura de meio fio na Av._x000D_
+Gov. Eraldo Gueiros Leite, Garapú. neste Município.</t>
+  </si>
+  <si>
+    <t>28672</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28672/rua_pesqueira_coletores_vila_claudete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
+Rua Pesqueira, Vila Claudete neste Município.</t>
+  </si>
+  <si>
+    <t>28673</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28673/rua_eunice_severina_da_silva_iluminacao_vila_claudete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretária de Coordenação Regional e_x000D_
+Serviços Públicos do Cabo de Santo Agostinho que seja resolvido o problema_x000D_
+de falta de iluminação pública na Rua Eunice Severina da Silva, Vila Claudete,_x000D_
+neste Município.</t>
+  </si>
+  <si>
+    <t>28674</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28674/rua_da_estacao_coletores_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua da Estação,_x000D_
+Pontezinha, nesse Município.</t>
+  </si>
+  <si>
+    <t>28675</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28675/rua_um_coletores_pontezinha_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Infraestrutura do_x000D_
+Cabo de Santo Agostinho que seja feita a instalação de Coletores de Lixo, na_x000D_
+Rua Um, Pontezinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28676</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28676/rua_01_limpeza_e_capinacao_engenho_massangana_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua 01, Engenho_x000D_
+Massangana, neste Município.</t>
+  </si>
+  <si>
+    <t>28677</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28677/rua_pedro_afonso_limpeza_de_canal_gaibu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza do Canal da Rua Pedro Afonso,_x000D_
+Gaibú, neste Município.</t>
+  </si>
+  <si>
+    <t>28678</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28678/rua_trapichesinalizacao_de_lombadas_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Defesa Social – Gerência_x000D_
+de Trânsito do Cabo de Agostinho, que seja feita a Sinalização Horizontal e_x000D_
+Vertical da Lombadas na Rua Trapiche, Vila Dr. Manoel Clementino, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>28679</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28679/rua_sofia_ramos_recapeamento_vila_dr._manoel_clementino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feito o Recapeamento na Rua Sofia Ramos, Vila Dr._x000D_
+Manoel Clementino, nesse Município.</t>
+  </si>
+  <si>
+    <t>28680</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28680/rua_inacio_manoel_limpeza_e_capinacao_rosario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Limpeza Urbana do_x000D_
+Cabo Santo Agostinho que seja feita a Limpeza e Capinação na Rua Inácio_x000D_
+Manoel, Rosário, neste Município.</t>
+  </si>
+  <si>
+    <t>28681</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28681/rua_santa_cruz_pavimentacao_e_drenagem_garapu_ii_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades legais e_x000D_
+regimentais, que seja formulado à Secretaria Municipal de Obras Públicas do Cabo_x000D_
+de Santo Agostinho que seja feita a Pavimentação e Drenagem na Rua Santa_x000D_
+Cruz, Garapú II, nesse Município.</t>
+  </si>
+  <si>
+    <t>28682</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28682/indicacao_para_reconhecimento_facial_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+	O vereador Robinho Jogador que esta subscreve, no uso de suas atribuições legais, vem respeitosamente à presença de Vossa Excelência indicar a implantação de sistema de reconhecimento facial nas unidades escolares da rede municipal de ensino do município de Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28683</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28683/indicacao_para_bombeiro_civil_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº:          / 2026_x000D_
+_x000D_
+	O Vereador Robinho Jogador, nos termos regimentais, vem, respeitosamente, à presença de Vossa Excelência, indicar ao Excelentíssimo Senhor Prefeito do Município do Cabo de Santo Agostinho/PE que determine aos órgãos competentes a adoção de medidas necessárias para a disponibilização de Bombeiros Civis nas unidades escolares da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>28684</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28684/servico_de_poda_de_arvores_na_via_local_da_charneca.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  para que seja realizado serviço de poda de árvores na Via local da Charneca, no Município do Cabo de Santo_x000D_
+Agostinho.</t>
+  </si>
+  <si>
+    <t>28685</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28685/que_seja_realizado_servico_de_poda_de_arvores_na_praca_das_azeitonas_no_bairro_da_charneca__neste_municipio7.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, que seja realizado serviço de poda de árvores na praça das Azeitonas no bairro da Charneca , neste Município.</t>
+  </si>
+  <si>
+    <t>28686</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28686/16-_indicacao-_multirao_de_limpeza_rua_da_maraba_em_pontezinha..pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar um Multirão de Limpeza na Rua da Maraba Proximo a Antiga simisa em Pontezinha.</t>
+  </si>
+  <si>
+    <t>28687</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28687/17-indicacao_-_1o_travessa_da_matriz_em_pontezinha..pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar serviços de capinação na Rua 1º Travessa da Matriz em Pontezinha.</t>
+  </si>
+  <si>
+    <t>28688</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28688/18-indicacao-tampa_de_esgoto_rua_apojeu_ponte_dos_carvalhos..pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Planejamento e Meio Ambiente atenção especial no sentido de realizar a reposição da tampa de esgoto na Rua do Apojeu, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28689</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28689/19-_tampa_de_esgoto_rua_02_pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Planejamento e Meio Ambiente atenção especial no sentido de realizar a reposição da tampa de esgoto na Rua 02 LOT  STA Terezinha, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28690</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28690/20-indicacao-limpeza_de_caneleta_pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  de  canaletas na Rua das Águias em   Pontezinha.</t>
+  </si>
+  <si>
+    <t>28691</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28691/21-indicacao-limpeza_de_canaletas_rua_do_apojeu_pontezinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria Municipal de Coordenação Regional e Serviços Públicos atenção especial, no sentido de realizar a limpeza  de  canaletas na Rua do Apojeu   Pontezinha.</t>
+  </si>
+  <si>
+    <t>28692</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28692/que_viabilize_a_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_dos_ferreiros_em_merces_no_cabo_de_santo_agostinho__pe..pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua dos Ferreiros, em Mercês, no Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28693</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28693/que_viabilize_a_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_barbara_andreia_no_cabo_de_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  que viabilize a Realização da obra de recapeamento asfáltico (tapa buracos) na Rua Bárbara Andrei de castro Guimarães, Charneca no Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28694</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28694/que_viabilize_a_realizacao_do_servico_de_manutencao_da_estrada_principal_da_barragem_de_pirapama_no_cabo_de_santo_agostinho__pe..pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa, que viabilize a realização do serviço de Manutênção da estrada Principal da Barragem de Pirapama, no Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28697</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28697/que_viabilize_a_realizacao_do_servico_de_manutencao_e_pintura_da_passarela_no_bairro_da_charneca_no_cabo_de_santo_agostinho__pe..pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa,  que viabilize a realização do serviço de Manutênção e pintura da passarela, no bairro da Charneca, no Cabo de Santo Agostinho – PE.</t>
+  </si>
+  <si>
+    <t>28698</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28698/ind_creche_tururu_-_pirapama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que a Casa encaminhe esta proposta ao Sr. Luiz Cabral Oliveira Filho, Prefeito do Cabo de Santo Agostinho, solicitando a implantação de Creche na comunidade de Tururu, Pirapama  -  Cabo de Santo Agostinho - PE.</t>
+  </si>
+  <si>
+    <t>28699</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28699/indicacao_0005_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada limpeza urbana e capinação na Rua do Porto, Bairro São Francisco, neste Município.</t>
+  </si>
+  <si>
+    <t>28700</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28700/indicacao_0003_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada limpeza urbana e capinação na Rua 09, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28701</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28701/indicacao_0001_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada limpeza urbana e capinação na Rua 03, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28702</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28702/indicacao_0002_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada limpeza urbana e capinação na Rua 08, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28703</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28703/indicacao_0004_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, Que esta Casa solicite ao Exmo. Luiz Cabral de Oliveira Filho, Prefeito do Município do Cabo de Santo Agostinho, que seja realizada limpeza urbana e capinação na Rua 15, Alto da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28704</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28704/indicacao_canaletas_-_rua_olavo_bilac_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza de canaletas, na Rua Olavo Bilac, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28705</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28705/indicacao_canaletas_-_rua_02_alto_dos_funcionarios_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza de canaletas, na Rua Dois no Alto dos Funcionários, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28706</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28706/indicacao_canaletas_-_rua_da_aurora_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de limpeza de canaletas, na Rua da Aurora, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28707</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28707/indicacao_capinacao_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>28708</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28708/indicacao_capinacao_-_loteamento_nova_era_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua do Centro Municipal de Educação Infantil Professora Nadejane Edineide Ferreira, no Loteamento Nova Era, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28709</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28709/indicacao_capinacao_-_engenho_tiriri.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua da Escola Vicente Mendes da Silva, no Engenho Tiriri, neste Município.</t>
+  </si>
+  <si>
+    <t>28710</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28710/indicacao_capinacao_-_rua_02_alto_dos_funcionarios_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Dois no Alto dos Funcionários, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28711</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28711/indicacao_capinacao_-_rua_eunice_severina_da_silva_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Eunice Severina da Silva, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28712</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28712/indicacao_capinacao_-_rua_governador_miguel_arraes_de_alencar_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Governador Miguel Arraes de Alencar, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28713</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28713/indicacao_capinacao_-_rua_projetada_a_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Rua Projetada A, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28714</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28714/indicacao_capinacao_-_tv_da_rua_34_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para que promova a execução do serviço de mutirão de capinação e limpeza, na Travessa da Rua Trinta e Quatro, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28715</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28715/indicacao_coletor_de_lixo_-_engenho_tiriri.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, visando tomar as providências para promover a instalação de coletor de lixo, na Rua da Escola Vicente Mendes da Silva, no Engenho Tiriri, neste Município.</t>
+  </si>
+  <si>
+    <t>28716</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28716/indicacao_entulho_-_rua_do_acude_-_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua do Açude, no Cohab, neste Município.</t>
+  </si>
+  <si>
+    <t>28717</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28717/indicacao_entulho_-_rua_eunice_severina_da_silva_-_vila_claudete.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Eunice Severina da Silva, na Vila Claudete, neste Município.</t>
+  </si>
+  <si>
+    <t>28718</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28718/indicacao_entulho_-_rua_governador_miguel_arraes_de_alencar_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Governador Miguel Arraes de Alencar, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28719</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28719/indicacao_esgoto_-_rua_04_alto_dos_funcionarios_-_pirapama.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de manutenção e limpeza de esgoto, na Rua Quatro no Alto dos Funcionários, no bairro de Pirapama, neste Município.</t>
+  </si>
+  <si>
+    <t>28720</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28720/indicacao_entulho_-_rua_projetada_a_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de retirada de entulhos, na Rua Projetada A, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28721</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28721/indicacao_esgoto_-_rua_50_-_bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, por meio da secretaria competente, solicitando a realização de drenagem,  desobstrução e limpeza de esgoto, na Rua Cinquenta, no bairro da Bela Vista, neste Município.</t>
+  </si>
+  <si>
+    <t>28722</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28722/indicacao_manutencao_de_praca_-_loteamento_nova_era_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de manutenção na praça situada na Rua do Centro Municipal de Educação Infantil Professora Nadejane Edineide Ferreira, no Loteamento Nova Era, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28723</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28723/indicacao_manutencao_calcadas_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o serviço de revitalização de calçada, na Avenida Nossa Senhora do Bom Conselho, no bairro de Ponte dos Carvalhos, neste Município.</t>
+  </si>
+  <si>
+    <t>28724</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28724/indicacao_meio-fio_-_rua_olavo_bilac_-_garapu.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço de pintura de meio-fio, na Rua Olavo Bilac, no bairro de Garapu, neste Município.</t>
+  </si>
+  <si>
+    <t>28725</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28725/indicacao_recapeamento_-_rua_da_aurora_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Rua da Aurora, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28726</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28726/indicacao_recapeamento_-_tv_da_rua_34_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que seja realizado o recapeamento asfáltico, na Travessa da Rua Trinta e Quatro, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
+    <t>28727</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28727/indicacao_tampa_de_bueiro_-_3atv_av_jose_fragoso_-_charnequinha.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal, Luiz Cabral de Oliveira Filho, ouvido o Plenário, para que sejam realizados a tomada de providências legais para o serviço que seja realizado o conserto de tampa de bueiro, na 3ª Travessa Avenida José Fragoso, no bairro da Charnequinha, neste Município.</t>
+  </si>
+  <si>
     <t>27458</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Paulo Farias</t>
-[...2 lines deleted...]
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27458/projeto_de_lei_creche_professora_josefa_costa_santos_1.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27458/projeto_de_lei_creche_professora_josefa_costa_santos_1.pdf</t>
   </si>
   <si>
     <t>Dar nome à creche de Garapu, o_x000D_
 nome de Creche Professora Josefa Costa_x000D_
 Santos (Dona Zefinha).</t>
   </si>
   <si>
     <t>27483</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27483/pl_-_parque_ayrton_cardoso.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27483/pl_-_parque_ayrton_cardoso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da nova Praça do Espírito Santo e dá nome Parque Ayrton Cardoso, no bairro de Garapu, no Município do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27612</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27612/pl_politica_municipal_de_coleta_seletiva_de_residuos_solidos_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27612/pl_politica_municipal_de_coleta_seletiva_de_residuos_solidos_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Coleta Seletiva de Resíduos Sólidos no Município do Cabo de Santo Agostinho, com inclusão socioeconômica dos catadores de materiais recicláveis, e dá outras providências</t>
   </si>
   <si>
     <t>27633</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>Gisele de Dudinha</t>
-[...2 lines deleted...]
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27633/projeto_de_lei_-_permuta_multa_pecuniaria_por_doacao_de_sangue_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27633/projeto_de_lei_-_permuta_multa_pecuniaria_por_doacao_de_sangue_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO_x000D_
 DE PRIORIDADE NA MATRÍCULA E NA_x000D_
 ESCOLHA DE UNIDADE ESCOLAR PARA_x000D_
 FILHOS DE MÃES ATÍPICAS NA REDE_x000D_
 PÚBLICA MUNICIPAL DE ENSINO DO_x000D_
 CABO DE SANTO AGOSTINHO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>27634</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27634/projeto_de_lei_dispa_e_sobre_a_concessa_o_de_prioridade_na_matra_cula_e_na_escolha_de_unidade_escolar_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27634/projeto_de_lei_dispa_e_sobre_a_concessa_o_de_prioridade_na_matra_cula_e_na_escolha_de_unidade_escolar_assinado.pdf</t>
   </si>
   <si>
     <t>27648</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27648/projeto_de_lei_-_flanelinhas_assinado_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27648/projeto_de_lei_-_flanelinhas_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Proíbe a cobrança, a coação e a reserva irregular de vagas em vias e logradouros públicos por pessoas conhecidas como “flanelinhas” no Município do Cabo de Santo Agostinho._x000D_
 A CÂMARA MUNICIPAL DO CABO DE SANTO AGOSTINHO, Estado de Pernambuco, aprova:_x000D_
 Art.1º. Fica proibido, em todo o território do Município do Cabo de Santo Agostinho, a cobrança, exigência, solicitação mediante constrangimento, intimidação ou a reserva irregular de vagas em vias e logradouros públicos para estacionamento de veículos, por pessoas físicas ou jurídicas sem autorização, permissão ou vínculo legal com o Poder Público Municipal._x000D_
 Art. 2º Para os efeitos desta Lei, caracterizam-se como infrações administrativas, dentre outras:_x000D_
 I – exigir, solicitar ou receber valores, bens ou qualquer tipo de vantagem para permitir, facilitar ou supostamente “vigiar” o estacionamento de veículos em vias e logradouros públicos;_x000D_
 II – reservar, impedir, bloquear, sinalizar ou demarcar vagas de estacionamento em vias públicas, por qualquer meio, sem autorização do órgão municipal competente;_x000D_
 III – constranger, intimidar, ameaçar, perturbar ou induzir o condutor a efetuar pagamento para estacionar em espaço público;_x000D_
 IV – induzir o cidadão a erro, mediante falsa alegação de obrigatoriedade de pagamento ou simulação de prestação de serviço público._x000D_
 Art. 3º O descumprimento do disposto nesta Lei sujeitará o infrator às seguintes sanções administrativas, a serem aplicadas pelo Poder Executivo Municipal, de forma isolada ou cumulativa, observados o contraditório e a ampla defesa:_x000D_
 I – advertência;_x000D_
 II – multa administrativa;_x000D_
 III – apreensão de objetos, instrumentos ou materiais utilizados na prática da infração;_x000D_
 IV – encaminhamento da ocorrência aos órgãos competentes, quando houver indícios de ilícito penal, nos termos da legislação vigente._x000D_
 Art. 4º A fiscalização do cumprimento desta Lei competirá aos órgãos municipais responsáveis pela segurança pública, trânsito, ordem urbana e fiscalização administrativa, conforme regulamentação do Poder Executivo._x000D_
 Art. 5º O Poder Executivo Municipal poderá, observada a conveniência administrativa e a disponibilidade orçamentária, desenvolver programas de inclusão social, capacitação profissional e encaminhamento ao mercado de trabalho voltados às pessoas em situação de vulnerabilidade eventualmente atingidas por esta Lei, sem prejuízo da repressão às práticas irregulares._x000D_
 Art. 6º O Poder Executivo regulamentará esta Lei no prazo de até 90 (noventa) dias, especialmente quanto:_x000D_
 I – aos valores das multas administrativas;_x000D_
 II – aos procedimentos de fiscalização e abordagem;_x000D_
 III – à forma de apreensão e destinação dos objetos;_x000D_
 IV – à atuação integrada entre os órgãos municipais envolvidos._x000D_
 Art. 7º Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
+    <t>27799</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27799/pl_empresa_amiga_do_esporte_atlz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o "Selo Empresa Amiga do Esporte no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27801</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27801/pl_estatuto_municipal_de_protecao_defesa_e_bem-estar_animal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Estatuto Municipal de Proteção, Defesa e Bem-Estar Animal no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27800</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27800/pl_empresa_amiga_do_esporte_atlz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Programa “Mente Saudável, Futuro Brilhante”, voltado à promoção da saúde mental nas escolas da rede pública municipal, em consonância com a campanha Janeiro Branco, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27870</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27870/pl_acessibilidade_de_estabelecim_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de acessibilidade para pessoas com deficiência ou mobilidade reduzida em estabelecimentos comerciais no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27871</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27871/pl_semana_nacional_da_prevencao_da_grav_na_adolescencia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui ações de conscientização relativas à Semana Nacional de Prevenção da Gravidez na Adolescência, prevista na Lei Federal nº 13.798, de 3 de janeiro de 2019, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27872</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27872/pl_m-chat_para_realizacao_do_rastreamento_de_sinais_precoces_do_transtorno_do_espectro_autista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aplicação do questionário M-CHAT para realização do rastreamento de sinais precoces do Transtorno do Espectro Autista (TEA) durante atendimentos em unidades de saúde públicas do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27873</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27873/projeto_de_lei_assistencia_ao_atleta_amador.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Assistência ao Atleta Amador Lesionado no Município do Cabo de Santo Agostinho e dá outras providências._x000D_
+_x000D_
+A CÂMARA MUNICIPAL DO CABO DE SANTO AGOSTINHO, Estado de Pernambuco, no uso de suas atribuições legais, decreta:_x000D_
+_x000D_
+Art. 1º Fica instituído, no âmbito do Município do Cabo de Santo Agostinho, o Programa Municipal de Assistência ao Atleta Amador Lesionado, destinado a garantir apoio temporário a atletas amadores que sofrerem lesão comprovada decorrente da prática esportiva._x000D_
+_x000D_
+Art. 2º Para os fins desta Lei, considera-se atleta amador todo cidadão que pratique atividade esportiva sem vínculo profissional, individualmente ou por meio de equipes, associações, projetos sociais, campeonatos, torneios ou eventos esportivos realizados no município._x000D_
+_x000D_
+Art. 3º O Programa tem como objetivos: I – assegurar suporte básico ao atleta amador impossibilitado temporariamente de exercer suas atividades habituais em razão de lesão; II – promover a recuperação física, emocional e social do atleta; III – fortalecer as políticas públicas de esporte, saúde e assistência social de forma integrada._x000D_
+_x000D_
+Art. 4º O atleta amador lesionado poderá ser assistido, conforme avaliação técnica, com: I – fornecimento de medicamentos constantes da Relação Municipal de Medicamentos Essenciais; II – acompanhamento psicológico, quando constatada a necessidade, por profissionais da rede pública municipal; III – concessão temporária de cesta básica, nos termos das normas da assistência social; IV – encaminhamento para atendimento na rede municipal de saúde._x000D_
+_x000D_
+Art. 5º A assistência prevista nesta Lei dependerá de: I – comprovação da lesão por meio de laudo ou atestado médico emitido por profissional habilitado; II – comprovação de que a lesão decorreu da prática esportiva amadora; III – avaliação socioassistencial realizada pelo órgão competente, quando aplicável._x000D_
+_x000D_
+Art. 6º A execução do Programa dar-se-á por meio da atuação integrada das seguintes Secretarias Municipais, observadas suas competências: I – Secretaria Municipal de Saúde; II – Secretaria Municipal de Assistência Social; III – Secretaria Municipal de Esportes ou órgão equivalente._x000D_
+_x000D_
+Art. 7º A implementação do Programa não implicará criação de novos cargos, funções, despesas ou aumento de orçamento, devendo ser executada com a utilização da estrutura administrativa, recursos humanos e materiais já existentes no Município._x000D_
+_x000D_
+Art. 8º O Poder Executivo poderá regulamentar esta Lei no que couber, por meio de decreto, visando garantir sua efetiva aplicação._x000D_
+_x000D_
+Art. 9º Esta Lei entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>27956</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27956/projeto_de_lei_posto_medico_rejane_maria.pdf</t>
+  </si>
+  <si>
+    <t>Dar nome ao Posto Médico PSF_x000D_
+Malaquias de Posto Médico Rejane Maria_x000D_
+da Silva.</t>
+  </si>
+  <si>
+    <t>27981</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27981/pl_pneu_em_flor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal “Pneu em flor – sustentabilidade que floresce”, de logística reversa com troca de pneus inservíveis por vasos de plantas, como medida de sustentabilidade ambiental e combate à dengue, no âmbito do Município do Cabo de Santo Agostinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>27982</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27982/pl_obrigatoriedade_anteced_criminais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a exigência de apresentação de certidão negativa de antecedentes criminais para profissionais que atuem junto a crianças e adolescentes no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28052</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28052/institui_mecanismos_de_punicao_administrativa_para_combate_a_violencia_contra_a_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Institui mecanismos de responsabilização administrativa, prevenção e combate à violência contra a mulher no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28109</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28109/dia_municipal_de_conscientizacao_e_combate_a_violacao_das_prerrogativas_do_advogado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do dia municipal de conscientização e combate à violação das prerrogativas do advogado no âmbito do Município do Cabo de Santo Agostinho e dá providências.</t>
+  </si>
+  <si>
+    <t>28111</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28111/institui_o_programa_comunidade_visivel_no_ambito_do_municipio_do_cabo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Comunidade Visível” no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28112</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28112/institui_a_politica_municipal_de_protecao_e_participacao_da_mulher_na_politica_no_ambito_do_municipio_do_cabo.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Proteção e Participação da Mulher na Política no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28113</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28113/criar_a_praca_do_autista_no_municipio_do_cabo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a criar a Praça do Autista no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28114</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28114/instituicao_do_programa_municipal_de_vacinacao_domiciliar_para_pessoas_com_transtorno_do_espectro_autista_tea.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a instituir o Programa Municipal de Vacinação Domiciliar para Pessoas com Transtorno do Espectro Autista (TEA), no âmbito do Município do Cabo de Santo Agostinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28145</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28145/pl_projeto_plenarinho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Projeto Plenarinho, com o objetivo de promover a formação cidadã, o protagonismo juvenil, a reflexão crítica e o letramento político de _x000D_
+estudantes do 8º e 9º ano do Ensino Fundamental da rede municipal do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28146</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28146/projeto_de_lei__abafadores_auriculares_.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a Política Municipal de Inclusão Sensorial nas Escolas Públicas, no âmbito do Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28257</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28257/pl_incentivo_de_defesa_pessoal_mulheres_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre diretrizes para incentivo à defesa pessoal e à autonomia das mulheres no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28308</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28308/projeto_de_lei_dia_do_orgulho_autista_nvc.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal do Orgulho Autista no âmbito do Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28339</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28339/nucleo_de_acolhim_maria_efig_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre diretrizes para a implementação de ações de acolhimento humanizado a mulheres vítimas de violência doméstica e familiar nas unidades de urgência e emergência do Município do Cabo de Santo Agostinho, podendo ser denominadas “Núcleo de Acolhimento Efigênia Maria”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28401</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28401/utilidade_publica_odeces.pdf</t>
+  </si>
+  <si>
+    <t>Declara como utilidade pública a Ong Odeces ( Ong de Desenvolvimento da Cultura , do Esporte , do Lazer , da Saúde e da Sustentabilidade ) - ODECES no âmbito Municipal do Cabo de Santo Agostinho  e dá outras providências .</t>
+  </si>
+  <si>
+    <t>28402</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28402/projeto_de_lei_saude_dos_jovens.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Programa Municipal de Saúde emocional dos jovens no âmbito do Município do Cabo de Santo Agostinho ,  e dá outras providências .</t>
+  </si>
+  <si>
+    <t>28403</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28403/projeto_de_lei_no__2026_-_denomina_vandete_pereira_da_silva_dona_vanda_praca_na_vila_social_c_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Denomina VANDETE PEREIRA DA SILVA (DONA VANDA) a praça localizada entre as Ruas Onildo Maia Espíndola e José Rêgo da Silva, no bairro Vila Dr. Manoel Clementino (Vila Social Contra Mocambo), neste Município.</t>
+  </si>
+  <si>
+    <t>28492</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28492/pl_parques_multissensoriais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a implantação de parques multissensoriais destinados à inclusão de crianças neurodiversas e com deficiência no Município do Cabo de Santo Agostinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28493</t>
+  </si>
+  <si>
+    <t>1357</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28493/pl_luz_do_cabo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a implantação da iniciativa cultural “Luz do Cabo”: cinemas em praças públicas, no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28494</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28494/pl_semana_municipal_de_conscientizacao_sobre_desaparecimento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal de Conscientização sobre o Desaparecimento de Crianças e Adolescentes no Município do Cabo de Santo Agostinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28495</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28495/pl_ver_para_aprender_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a iniciativa “Ver para Aprender”, voltada à promoção da saúde ocular e à disponibilização de óculos para estudantes da rede municipal de ensino do Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28496</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28496/projeto_de_lei_informacao_no_bairro.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Divulgação de Informações de Serviços Públicos por Bairro no Município do Cabo de Santo Agostinho e dá outras providências._x000D_
+A Câmara Municipal do Cabo de Santo Agostinho decreta:_x000D_
+Art. 1º Fica instituída a Política Municipal de Divulgação de Informações de Serviços Públicos por Bairro, com o objetivo de garantir à população acesso claro e antecipado às informações sobre serviços públicos realizados no município._x000D_
+_x000D_
+Art. 2º O Poder Executivo deverá divulgar, em canais oficiais de comunicação já existentes do município, as seguintes informações organizadas por bairro:_x000D_
+I – cronograma da coleta de lixo;_x000D_
+II – manutenção e reparo da iluminação pública;_x000D_
+III – cronograma de obras públicas;_x000D_
+IV – serviços de limpeza urbana e capinação;_x000D_
+V – ações de manutenção urbana realizadas pela prefeitura._x000D_
+Art. 3º As informações deverão ser divulgadas por meio de:_x000D_
+I – site oficial da Prefeitura;_x000D_
+II – redes sociais oficiais do município;_x000D_
+III – outros meios digitais institucionais já utilizados pela administração pública._x000D_
+Art. 4º Sempre que possível, a divulgação deverá conter:_x000D_
+I – bairro onde o serviço será realizado;_x000D_
+II – data prevista para execução;_x000D_
+III – órgão ou secretaria responsável pelo serviço._x000D_
+Art. 5º O Poder Executivo poderá disponibilizar canal digital para que a população acompanhe, sugira ou informe demandas relacionadas aos serviços urbanos._x000D_
+Art. 6º A implementação desta Lei deverá ocorrer sem criação de novas despesas, utilizando-se da estrutura administrativa e dos meios de comunicação já existentes._x000D_
+Art. 7º Esta Lei entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>28536</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28536/projeto_de_lei_-_creche_engenho_serraria_1.pdf</t>
+  </si>
+  <si>
+    <t>Dar nome à Creche Municipal Antônia Alves da Silva, a ser construída no Engenho Serraria.</t>
+  </si>
+  <si>
+    <t>28545</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28545/projeto_de_lei_apoio_psicologico_ao_professores_e_alunos.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº ____/2026_x000D_
+Institui o Programa Municipal de Apoio Psicológico aos Professores e Alunos da Rede Municipal de Ensino do Cabo de Santo Agostinho e dá outras providências._x000D_
+A CÂMARA MUNICIPAL DO CABO DE SANTO AGOSTINHO, ESTADO DE PERNAMBUCO, DECRETA:_x000D_
+_x000D_
+Art. 1º_x000D_
+Fica instituído o Programa Municipal de Apoio Psicológico Educacional, destinado a oferecer atendimento psicológico preventivo e de apoio aos professores e alunos da rede municipal de ensino do Cabo de Santo Agostinho._x000D_
+Art. 2º_x000D_
+O Programa tem como objetivos:_x000D_
+I – promover a saúde mental e o bem-estar emocional de professores e alunos;_x000D_
+II – prevenir situações de sofrimento psíquico, evasão escolar e adoecimento profissional;_x000D_
+III – contribuir para a melhoria do ambiente escolar e do processo de ensino-aprendizagem;_x000D_
+IV – oferecer escuta qualificada e apoio psicológico à comunidade escolar._x000D_
+Art. 3º_x000D_
+A execução do Programa ocorrerá sem geração de despesas para o Município, por meio de:_x000D_
+I – parcerias e convênios com instituições de ensino superior públicas ou privadas que possuam curso de Psicologia;_x000D_
+II – cooperação com órgãos da rede pública de saúde, especialmente aqueles integrantes do Sistema Único de Saúde (SUS);_x000D_
+III – termos de cooperação com entidades da sociedade civil;_x000D_
+IV – atuação de profissionais voluntários, nos termos da Lei Federal nº 9.608, de 18 de fevereiro de 1998._x000D_
+Art. 4º_x000D_
+Os atendimentos psicológicos poderão ser realizados:_x000D_
+I – de forma presencial, em espaços públicos já existentes, como escolas, unidades de saúde ou equipamentos sociais;_x000D_
+II – de forma remota, por meio de plataformas digitais, respeitadas as normas éticas e técnicas da profissão._x000D_
+Art. 5º_x000D_
+As atividades do Programa poderão incluir:_x000D_
+I – atendimentos psicológicos individuais ou em grupo;_x000D_
+II – ações de escuta, acolhimento e orientação emocional;_x000D_
+III – rodas de conversa, palestras e atividades preventivas voltadas à saúde mental;_x000D_
+IV – apoio psicológico em situações de vulnerabilidade emocional no ambiente escolar._x000D_
+Art. 6º_x000D_
+A participação de profissionais no âmbito deste Programa:_x000D_
+I – não gerará vínculo empregatício com o Município;_x000D_
+II – não implicará em qualquer tipo de remuneração, gratificação ou benefício financeiro;_x000D_
+III – será exercida mediante termo de adesão, convênio ou cooperação._x000D_
+Art. 7º_x000D_
+A adesão dos professores e alunos ao Programa será voluntária, garantindo-se o sigilo, a ética profissional e o respeito à dignidade da pessoa humana._x000D_
+Art. 8º_x000D_
+O Poder Executivo poderá regulamentar esta Lei no que couber, observados os limites orçamentários e administrativos._x000D_
+Art. 9º_x000D_
+Esta Lei entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>28569</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28569/projeto_de_lei___programa_municipal_cao_amigo_do_autista.assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ementa: Institui o Programa Municipal Cão Amigo do Autista, de Terapia Assistida por Cães, destinado a crianças e adolescentes com Transtorno do Espectro Autista (TEA), no Município do Cabo de Santo Agostinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28695</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28695/pl_chegou_bem_-_escola_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a iniciativa “Chegou Bem”, voltada à adoção de sistemas tecnológicos de monitoramento da entrada e saída de alunos, com comunicação em tempo real aos responsáveis, no Município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28696</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28696/pl_empresa_amiga_da_mulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o “Selo Empresa Amiga da Mulher”, como instrumento de reconhecimento e incentivo às empresas que adotem políticas de promoção da igualdade de gênero e valorização da mulher, no âmbito do Município do Cabo de Santo Agostinho</t>
+  </si>
+  <si>
     <t>27512</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27512/cidadao_joao_gomes.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27512/cidadao_joao_gomes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorífico do Município do Cabo de Santo Agostinho, ao cantor João Gomes da Silva Filho e dá outras providências.</t>
   </si>
   <si>
+    <t>28598</t>
+  </si>
+  <si>
+    <t>Rodrigo Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28598/joao_goita_pdf.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Concede a Medalha Ariano Suassuna ao Senhor João Tomaz da Silva (João Goitá) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28634</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28634/gildinha_enviar_sapl.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Concede a Medalha Ariano Suassuna a Senhora Gildineide Severina Fialho de Moraes_x000D_
+(Professora Gildinha) e dá outras providências.</t>
+  </si>
+  <si>
     <t>27474</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Ricardinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27474/requerimento_no_001_-_2026_-_audiencia_publica__transporte_publico.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27474/requerimento_no_001_-_2026_-_audiencia_publica__transporte_publico.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, para que seja realizada uma audiência pública para discutir os serviços de transporte municipal, no Município do Cabo de Santo Agostinho.</t>
   </si>
   <si>
     <t>27646</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27646/requerimento_-_voto_de_aplausos_-_caso_blaide_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27646/requerimento_-_voto_de_aplausos_-_caso_blaide_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que _x000D_
 seja encaminhado, por esta Casa Legislativa, Voto de Aplauso ao efetivo da CIPCÃES – _x000D_
 GOC (Grupamento de Operações de Choque) da Polícia Militar de Pernambuco, pela _x000D_
 atuação exitosa ocorrida no dia 20 de janeiro de 2026, no bairro Nova Descoberta, na _x000D_
 cidade do Recife, durante operação policial que resultou na apreensão de arma de fogo, _x000D_
 munições e no cumprimento de mandado de prisão por homicídio, conforme registro M – _x000D_
 202601201546582822._x000D_
 É, pois, por dever de justiça e reconhecimento público, que concedo este Voto de _x000D_
 Aplausos aos seguintes policiais militares:_x000D_
 GRAD._x000D_
 CB PM_x000D_
 CB PM_x000D_
 MATRÍCULA_x000D_
 115.933-0_x000D_
 116.338-8_x000D_
 NOME_x000D_
 Eduardo José Mudo_x000D_
 Suelder Teixeira dos Santos_x000D_
 Dê-se ciência deste Voto de Aplauso à MAJ PM Gisele, Respondendo pelo _x000D_
 Comando da CIPCÃES, bem como aos órgãos competentes da Polícia Militar de _x000D_
 Pernambuco</t>
   </si>
   <si>
     <t>27675</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27675/req_vila_social_contra_mocambo_-_limp_e_capinacao_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27675/req_vila_social_contra_mocambo_-_limp_e_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Requeremos à mesa, ouvido o plenário e cumpridas às formalidades regimentais, que essa Casa encaminhe esta proposta ao Sr. Lula Cabral de Oliveira Filho, prefeito do Cabo de Santo Agostinho, junto a Secretaria correspondente, para que sejam realizados os serviços de capinação e limpeza urbana em toda a Vila Social Contra Mocambo - Cabo de Santo Agostinho-PE.</t>
   </si>
   <si>
     <t>27676</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27676/caso_sr._chico_-_charneca_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27676/caso_sr._chico_-_charneca_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora da Câmara Municipal do Cabo de Santo Agostinho-PE, ouvido os ilustríssimos pares, que encaminhe a proposta ao Exmo. Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho-pe, e a Exma. Sra. Penelope Regina, Secretaria de Assistência Social e Direitos Humanos, cobrando providências urgentes para acolhimento e proteção social do cidadão conhecido como Seu Chico, no bairro da Charneca.</t>
   </si>
   <si>
     <t>27711</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27711/mercadao_-_sds_assinado.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27711/mercadao_-_sds_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora da Câmara Municipal do Cabo de Santo Agostinho-PE, ouvido os ilustríssimos pares, que encaminhe a proposta ao Exmo. Sr. Lula Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho-pe, e ao Exmo. Sr. Julierme Veras, Secretário de Defesa Social, solicitando providências imediatas diante da grave situação de abandono e ausência de segurança no Mercadão Municipal.</t>
   </si>
   <si>
     <t>27744</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27744/implantacao_do_programa_gramadao_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27744/implantacao_do_programa_gramadao_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf</t>
   </si>
   <si>
     <t>Indico a mesa,  atenção especial no sentido de realizar com urgência a Implantação do Programa Gramadão, no bairro da Charneca, na cidade do_x000D_
 Cabo de Santo Agostinho .</t>
   </si>
   <si>
     <t>27770</t>
   </si>
   <si>
-    <t>https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27770/01_-_requerimento_no_001-2026_-_visita_fiscalizatoria_realizada_na_unidade_de_saude_da_familia_usf_usina_liberdade.pdf</t>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27770/01_-_requerimento_no_001-2026_-_visita_fiscalizatoria_realizada_na_unidade_de_saude_da_familia_usf_usina_liberdade.pdf</t>
   </si>
   <si>
     <t>A Vereadora GABRIELA JERÔNIMO, no uso de suas atribuições legais e regimentais, com fundamento na Constituição Federal, na Lei Orgânica do Município e no Regimento Interno desta Casa Legislativa, REQUER, após ouvido o Plenário, que seja encaminhado PEDIDO DE INFORMAÇÕES à Secretaria Municipal de Saúde, na pessoa da Ilma. Sra. Secretária Dra. Ricarda Samara, acerca das denúncias constatadas durante visita fiscalizatória realizada no dia 30 de janeiro de 2026 à Unidade de Saúde da Família (USF) Usina Liberdade, neste Município.</t>
+  </si>
+  <si>
+    <t>27781</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27781/requerimento_guardas_de_transito_nas_escolas_e_senai_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requisição da Guarda de Trânsito nas instituições de ensino SENAI, EREM SENADOR FRANCISCO PESSOA DE QUEIROZ E EREM JOSÉ RODRIGUES DE CARVALHO, visando aumentar a segurança da travessia dos alunos que ali estudam</t>
+  </si>
+  <si>
+    <t>27936</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27936/requerimento_-_uso_de_arma_de_fogo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que seja_x000D_
+encaminhado ao Chefe do Poder Executivo pedido formal de informações sobre: 1. A natureza do_x000D_
+objeto portado pelo Secretário Municipal no evento público realizado em 06/01/2026 (baile_x000D_
+municipa); 2. Em sendo arma de fogo real, se havia porte legal válido; 3. Se houve instauração de_x000D_
+procedimento administrativo interno; 4. Se a Administração realizou apuração preliminar dos fatos.</t>
+  </si>
+  <si>
+    <t>28110</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28110/requerimento_no_-2026_-_informacoes_dessa_secretaria_municipal_de_educacao_acerca_de_demandas_relevantes_da_rede_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado ao Excelentíssimo Senhor Prefeito Sr. Luiz Cabral de Oliveira Filho, e a Secretaria Municipal de Educação, em nome do Secretário Municipal Sr. Isaltino Nascimento, requerer informações dessa Secretaria Municipal de Educação acerca de demandas relevantes da rede municipal de ensino, considerando denúncias e relatos recebidos por este Gabinete, conforme segue:_x000D_
+1._x000D_
+Ausência de ADS (Auxiliares de Desenvolvimento/apoio escolar) nas unidades de ensino:_x000D_
+•_x000D_
+Quais escolas da rede municipal atualmente se encontram sem ou com pendência de profissionais ADS;_x000D_
+•_x000D_
+Qual o quantitativo de profissionais necessário para suprir integralmente a demanda existente;_x000D_
+•_x000D_
+Qual o prazo previsto pela Secretaria para regularização e cobertura total dessa necessidade em todas as unidades;_x000D_
+2. Entrega de fardamento escolar aos alunos da rede municipal:_x000D_
+•_x000D_
+Quais unidades escolares ainda não receberam os fardamentos destinados aos estudantes;_x000D_
+•_x000D_
+Qual o cronograma oficial de distribuição;_x000D_
+•_x000D_
+Qual o prazo final previsto para que todos os alunos da rede municipal estejam devidamente contemplados com seus fardamentos;_x000D_
+3. Reformas e intervenções estruturais nas unidades escolares:_x000D_
+•_x000D_
+Relação completa das escolas que estão passando por reformas, ampliações ou intervenções estruturais no município;_x000D_
+•_x000D_
+Situação atual de cada obra (percentual executado, empresa responsável, se houver);_x000D_
+•_x000D_
+Prazo previsto para conclusão de cada unidade escolar em reforma.</t>
+  </si>
+  <si>
+    <t>28200</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28200/sala_exclusiva_para_mulheres_vitimas_de_violencia_2026.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de Implementar, no âmbito da rede municipal do Sistema Único de Saúde (SUS), sala exclusiva para atendimento de mulheres vítimas de violência, em conformidade com a Lei Federal nº 14.487, de 2024, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28233</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28233/informacoes_detalhadas_acerca_do_estudo_tecnico_que_embasou_a_implantacao_das_lombadas_eletronicas.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado ao Excelentíssimo Senhor Prefeito Sr. Luiz Cabral de Oliveira Filho, e a Secretaria Municipal de Defesa Social, em nome do Secretário Municipal Sr. Julierme Veras, solicitar informações detalhadas acerca do estudo técnico realizado pela Prefeitura Municipal que embasou a implantação das lombadas eletrônicas atualmente existentes no município.</t>
+  </si>
+  <si>
+    <t>28246</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28246/limpeza_das_margens_da_lagoa_do_sesi_com_a_retirada_de_entulho_e_vegetacao_aquatica_e_a_urbanizacao_do_espaco_com_a_construcao_de_uma_orla_incluindo_plantio_de_mudas_de_ipetinho.pdf</t>
+  </si>
+  <si>
+    <t>atenção especial no sentido de realizar com urgência a Limpeza das margens da Lagoa do Sesi, com a retirada de entulho e vegetação aquática, e a urbanização do espaço, com a construção de uma orla, incluindo plantio de mudas de ipê, além de iluminação em tecnologia de LED, no município do Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28256</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28256/poda_das_arvores_ernestina_batista_2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº:               / 2026_x000D_
+_x000D_
+         	Indicamos à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que solicite à Secretaria-Executiva de Coordenação Regional de Serviços Públicos atenção especial, no sentido de solicitar com máxima urgência, a Poda das Árvores na Av. Ernestina Batista em Pontezinha, Cabo de Santo Agostinho.</t>
+  </si>
+  <si>
+    <t>28231</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28231/apelo_-__-_conserto_de_canos_estourados_nas_ruas_21_de_abril_e_do_pinho_pontezinha..docx</t>
+  </si>
+  <si>
+    <t>Requeiro à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja consignado na ata dos trabalhos legislativos desta Casa, nos termos do art. 156 do Regimento Interno, veemente APELO à Companhia Pernambucana de Saneamento - COMPESA, para que proceda com ações para conserto de cano estourado na Rua do Coqueirinho, Pontezinha.</t>
+  </si>
+  <si>
+    <t>28557</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28557/indicacao__john__2026-2.pdf</t>
+  </si>
+  <si>
+    <t>Indico á mesa, uovido o plenário e cumpridas as formalidades regimentais, formulo um_x000D_
+apelo á SECRETARIA EXECUTIVA DE COORDENAÇÃO REGIONAL DE SERVIÇO_x000D_
+PUBLICO – para que seja providenciada de forma urgente retira de entulho capinação e_x000D_
+pintura do meio fio e Tubulação da Compesa com Grande Vazão de Água Rua do lixão ponte de referencia da Cohab Cabo de Santo Agostinho -PE</t>
+  </si>
+  <si>
+    <t>28635</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28635/requerimento_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito a limpeza dos ar condicionados assim como também a organização da rede elétrica e reinstalação dos dutos de saída de água do ar das salas de aula, DA ESCOLA AMARO PÊ ENGENHO CASTELO no BAIRRO ZONA RURAL , Neste Município.</t>
+  </si>
+  <si>
+    <t>28636</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28636/requerimento_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho, Prefeito do Cabo de Santo Agostinho – PE, Solicito REFORMA E CONSTRUÇÃO DE UM PRIMEIRO ANDAR NA ESCOLA MUNICIPAL SANTO ANTÔNIO NO BAIRRO ALTO DA BELA VISTA, Neste Município._x000D_
+Como também a substituição dos ar condicionados das salas de aula, reforma do telhado e restauração da estrutura do fundo da escola.</t>
+  </si>
+  <si>
+    <t>28641</t>
+  </si>
+  <si>
+    <t>http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28641/requerimento_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais que encaminhe proposta ao Exmo. Sr. Luiz Cabral de Oliveira Filho , Prefeito do Cabo de Santo Agostinho – PE, Solicito implantação de um poste e luminárias, NA RUA MARLENE DE OLIVEIRA CUNHA (BOM CONSELHO) BAIRRO PONTE DOS CARVALHOS, Neste Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4721,69 +17288,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27457/indicacao_estadio_jose_carlos_martins.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27459/casa_de_farinha_-_ponte_dos_carvalhos_-_limpeza_de_canal2c_iluminacao2c_capinacao2c_limpeza_urbana_e_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27460/rua_escritor_israel_felipe_em_frente_ao_recanto_da_crianca_-_santo_inacio_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27461/rua_joao_farias_evangelista_-_vila_social_contra_mucambo_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27462/rua_quarenta_prox_ao_posto_medico_-_cohab_-_cratera-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27463/rua_das_rosas_por_tras_do_nordestino_-_gaibu_-_limpeza_de_canal-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27464/colegio_elefante_-_pontezinha_-_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27465/rua_27_-_ponte_dos_carvalhos_-_pavimentacao2c_limpeza_de_canal2c_capinacao2c_limpeza_de_entulho-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27466/rua_27_de_maio_-_suape_-_cratera-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27467/marezinha_-_ponte_dos_carvalhos_-_iluminacao_e_capinacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27468/rua_27_-_bela_vista_-_barreira-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27469/rua_jose_de_castro_-_garapu_-_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27470/rua_da_mangueira_-_gaibu_-_limpeza_e_coletor_de_lixo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27471/rua_armando_jose_sales_-_centro_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27472/rua_24_-_bela_vista_-_canaletas-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27473/rua_tts_prox_a_praca_da_celpe_-_centro_-_limpeza_de_canal-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27475/indicacao_calcadas_-_rua_aguas_compridas_-_suape.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27476/indicacao_calcadas_-_rua_messias_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27477/indicacao_capinacao_-_rua_do_areal_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27478/indicacao_capinacao_-_rua_do_areial_-_suape.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27479/indicacao_capinacao_-_rua_do_porto_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27480/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27481/rua_marlene_de_oliveira_cunha_-_ponte_dos_carvalhos_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27482/av_historiador_pereira_da_costa_prox_ao_banco_do_nordeste_-_centro_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27484/indicacao_coletor_de_lixo_-_rua_das_guarebas_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27485/indicacao_entulho_-_rua_jose_humbelino_monte_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27486/indicacao_capinacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27487/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27488/indicacao_entulho_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27489/indicacao_entulho_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27490/indicacao_limpeza_canal_-_rua_do_porto_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27491/indicacao_entulho_-_estrada_gaibu-suape_-_suape.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27492/indicacao_entulho_-_rua_do_rosario_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27493/indicacao_coletor_de_lixo_-_rua_163_-_madre_iva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27494/indicacao_construcao_canaleta_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27495/indicacao_limpeza_canaleta_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27496/indicacao_limpeza_canaleta_-_tv_do_acafrao_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27497/indicacao_pavimentacao_-_rua_aguas_compridas_lt13_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27498/indicacao_limpeza_canal_-_rua_senador_jose_herminio_morais_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27499/indicacao_pavimentacao_-_rua_areial_-_suape.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27500/indicacao_pavimentacao_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27501/indicacao_pavimentacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27502/indicacao_troca_coletor_-_rua_da_uniao_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27503/indicacao_recapeamento_-_avenida_um_-_suape.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27504/indicacao_recapeamento_-_rua_20_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27505/indicacao_recapeamento_-_rua_da_uniao_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27506/indicacao_recapeamento_-_rua_das_guarebas_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27507/indicacao_recapeamento_-_estrada_gaibu-suape_-_suape.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27508/indicacao_recapeamento_-_rua_euclides_alves_da_silva_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27509/indicacao_recapeamento_-_rua_sebastiao_valdemiro_de_lima_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27510/indicacao_tampa_de_bueiro_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27511/indicacao_troca_coletor_-_rua_18_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27513/indicacao_-_bueiros_inteligentes_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27514/rua_da_conciliacao_-_ponte_dos_carvalhos_-_escadaria2c_corrimao_e_demais_demandas-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27515/rua_42_-_cohab_-_recolha_de_veiculo_em_deterioracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27516/rua_tacito_jose_grubba_-_garapu_-_pavimentacao_e_reestruturacao_da_via_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27517/r._da_medalha_-_pte_dos_carvalhos_-_recapeam_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27518/r._amelia_de_freitas_bevilaqua_-_garapu_-_ilum_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27519/primeira_travessa_da_saudade-_pte_dos_carvalhos-_manut_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27520/primeira_travessa_da_saudade_-pte_dos_carvalhos_-_capin_e_limp_urb_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27521/rua_curva_de_nivel_-_vila_santo_inacio_-_cratera_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27522/quadra_rua_epaminondas_de_melo_-_vila_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27523/quadra_rua_projetada_b_-_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27524/rua_eng_fernado_botelho_-_vila_santo_inacio_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27525/rua_6_-_sao_francisco_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27526/indicacao_pavimentacao_-_rua_vila_38_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27527/indicacao_entulho_-_rua_vila_23_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27528/indicacao_capinacao_-_av_jarbas_jamerson_do_rego__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27529/indicacao_capinacao_-_rua_oliveira_cardoso_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27530/indicacao_capinacao_-_rua_jose_luiz_rodrigues__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27531/indicacao_capinacao_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27532/indicacao_capinacao_-_rua_vila_23__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27533/indicacao_fossa_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27534/indicacao_limpeza_canaleta_-_av_jarbas_jamerson_do_rego_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27535/indicacao_limpeza_canaleta_-_rua_da_mangueirinha_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27536/indicacao_limpeza_canaleta_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27537/indicacao_pavimentacao_-_rua_vi_18_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27538/indicacao_pavimentacao_-_rua_vi_19_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27539/indicacao_pavimentacao_-_rua_vila_23_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27540/r._agripino_xavier_-_sao_judas_tadeu_-_sto_inacio_-_recap_e_drenag_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27541/ao_longo_do_viaduto_p_usina_bom_jesus_-_ilumin_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27542/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27543/rua_olavo_bilac_limpeza_e_entulhos_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27544/rua_olavo_bilac_recapeamento_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27545/revitalizacao_das_paradas_de_onibus_da_pe-60_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27546/limpeza_das_galerias_nas_ruas_oitenta_e_tres_e_oitenta_e_quatro_vila_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27547/rua_oitenta_e_cinco_entulhos_e_lixo_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27548/esquina_da_rua_nova_entulho_e_lixo_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27549/rua_quarenta_e_quatro_entulhos_e_lixo_bairro_de_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27550/rua_jose_mario_ventura_limpeza_e_capinacao_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27551/limpeza_do_canal_na_rua_tres_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27552/rua_amelia_alves_da_silveira_pavimentacao_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27553/rua_barao_do_rio_branco_entulho_e_lixo_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27554/rua_luiz_deodato_pereira_pavimentacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27555/rua_da_conciliacao_limpeza_do_canal_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27556/rua_amaurilio_veloso_limpeza_e_capinacao_vila_roca_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27557/rua_10_entulho_e_lixo_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27558/pontezinha_-revitalizacao_da_barreira_de_protecao_da_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27559/indicacao_calcadas_-_rua_35_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27560/indicacao_capinacao_-_rua_35_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27561/indicacao_capinacao_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27562/indicacao_capinacao_-_rua_gramado_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27563/indicacao_capinacao_-_rua_mario_rego_barreto_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27564/indicacao_capinacao_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27565/indicacao_capinacao_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27566/indicacao_desobstrucao_de_galeria_-_rua_nova_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27567/indicacao_drenagem_bueiro_-_rua_42_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27568/indicacao_entulho_-_rua_antonio_anacleto_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27569/indicacao_entulho_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27570/indicacao_entulho_-_rua_jornalista_jose_dos_santos_pereira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27571/indicacao_entulho_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27572/indicacao_limpeza_canaleta_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27573/indicacao_limpeza_canaleta_-_rua_gramado_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27574/indicacao_recapeamento_-_rua_41_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27575/indicacao_recapeamento_-_rua_42_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27576/indicacao_recapeamento_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27577/indicacao_recapeamento_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27578/indicacao_tapa-buracos_-_rua_antonio_anacleto_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27579/indicacao_tapa-buracos_-_rua_mario_rego_barreto_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27580/indicacao_tapa-buracos_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27581/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27582/av_doutor_jose_faustino_dos_santos_-_santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27583/av._doutor_faustino_-_santo_inacio_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27584/av._doutor_faustino_jose_dos_santos-_santo_inacio_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27585/escola_-_rosario_-_manutencao_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27586/rua_pastor_armando_-_rosario_-_quebra-molas_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27587/rua_santo_inacio_-_santo_inacio_-_cratera_na_via_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27588/01-2026_-_capinacao_e_limpeza_-_r._profa_lucia_barreto_soares_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27589/02-2026_-_capinacao_e_limpeza_-_r._ver._alderico_marques_da_silva_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27590/03-2026_-_capinacao_e_limpeza_-_r._pedro_borba_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27591/04-2026_-_pavimentacao_e_drenagem_-_rua_da_jaqueira_-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27592/05-2026_-_pavimentacao_e_drenagem_-_rua_da_bica-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27593/06-2026_-_pavimentacao_e_drenagem_-_rua_10_-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27594/rua_oliveira_cardoso_recapeamento_enseadas_dos_corais_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27595/rua_amaro_florencio_entulhos_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27596/rua_sebastiao_juventino_recapeamento_destilaria_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27597/rua_do_limite_limpeza_e_capinacao_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27598/av._prefeito_diomendes_ferreira_de_melo_recapeamento_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27599/rua_trinta_e_sete_recapeamento_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27600/av._tres_coletores_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27601/av._tres_coletores_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27602/rua_vc_dez_pavimentacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27603/av._presidente_getulio_vargas_em_frente_a_parada_de_onibus_do_hospital_sao_sebastiao_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27604/pista_local_da_br_101_capinacao_em_frente_so_arcovita_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27605/quadra_poliesportiva_marques_do_recife_-_jucaral_-_manutencao_telhado_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27606/rua_53_-_sao_francisco_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27607/rodovia_pe60_-_santo_inacio-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27608/rua_antonio_alencar_barbosa_-_destilaria_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27609/rua_professora_raquel_de_moraes_fraga_-_santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27610/camaras_de_monitoramento_-_parque_dos_eucaliptos_-pte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27611/indicacao_esgoto_-_rua_joao_manoel_de_oliveira_antiga_96_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27613/indicacao_limpeza_canaleta_-_rua_18_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27614/indicacao_limpeza_canaleta_-_rua_brejo_da_madre_de_deus_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27615/indicacao_calcadas_-_rua_limoeiro_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27616/indicacao_capinacao_-_rua_jaboatao_dos_guararapes_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27617/indicacao_capinacao_-_rua_olinda_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27618/indicacao_pavimentacao_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27619/indicacao_capinacao_-_rua_ouricuri_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27620/indicacao_coletor_de_lixo_-_rua_16_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27621/indicacao_recapeamento_-_rua_ouricuri_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27622/indicacao_pavimentacao_-_rua_25_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27623/indicacao_entulho_-_rua_18_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27624/indicacao_entulho_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27625/indicacao_entulho_-_rua_16_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27626/indicacao_limpeza_canal_-_rua_tacito_jose_grubba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27627/indicacao_entulho_-_rua_brejo_da_madre_de_deus_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27628/indicacao_entulho_-_rua_jose_carlos_de_franca_antiga_66_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27629/indicacao_drenagem_bueiro_-_rua_olinda_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27630/indicacao_drenagem_canaletas_-_rua_jatoba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27631/indicacao_sinalizacao_nome_de_rua_-_rua_itapissuma_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27632/indicacao_sinalizacao_nome_de_rua_-_rua_paudalho_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27635/ind_implementacao_de_coletores_para_coleta_seletiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27636/av._jarbas_jamerson_-_enseada_dos_corais_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27637/rua_da_mangueirinha_-_gaibu_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27638/antiga_estrada_da_rodovia_br_101_coletores_centro_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27639/rua_quatro_recapeamento_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27640/rua_joaquim_rodrigues_da_cunha_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27641/rua_noventa_e_cinco_capinacao_e_revitalizacao_de_calcadas_bairro_da_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27642/terrapleanagem-_tiriri-_capinacao_e_pavimentacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27643/rua_projetada_dezessete_-_ponte_dos_carvalhos_-_coletores_de_lixoc_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27644/rua_vl_52_lote_15_quadra_28_setor_1_-_enseada_dos_corais-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27645/praia_-_enseada_dos_corais-_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27647/escola_nossa_senhora_de_fatima-_alto_do_cruzeiroc_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27649/vila_claudete-_quadra_101-_garapu_-_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27650/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27651/rua_da_madeira_-_cohab_-_esgoto_a_ceu_aberto_limpeza_e_desobstrucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27652/rua_de_santa_margarida-_ponte_dos_carvalhos_-_tampa_boca_de_lobo_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27653/pavimentacaoentulhos_e_capinacao-_rua_37-_nova_era-_ponte_dos_carvalhos_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27654/rua_85-_cohab-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27655/ponto_de_apoio_ao_turista_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27656/indicacao_limpeza_canal_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27657/indicacao_limpeza_canaleta_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27658/indicacao_recapeamento_-_rua_alto_do_cruzeiro_-_centro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27659/indicacao_recapeamento_-_rua_jose_lino_de_lima_-_centro.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27660/indicacao_capinacao_-_rua_do_porto_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27661/indicacao_capinacao_-_rua_21_de_abril_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27662/indicacao_calcadas_-_rua_do_recreio_-_centro.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27663/indicacao_capinacao_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27664/indicacao_capinacao_-_rua_parati_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27665/indicacao_entulho_-_rua_jose_lino_de_lima_-_centro.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27666/indicacao_capinacao_-_rua_sao_joao_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27667/indicacao_drenagem_bueiro_-_1tv_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27668/indicacao_entulho_-_rua_alto_do_cruzeiro_-_centro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27669/indicacao_entulho_-_rua_da_medalha_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27670/indicacao_entulho_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27671/indicacao_recapeamento_-_rua_da_boa_vista_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27672/indicacao_recapeamento_-_rua_do_porto_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27673/indicacao_recapeamento_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27674/indicacao_recapeamento_-_rua_parati_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27677/quadra_esportiva_-_garapu_-_manutencao_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27678/esgoto_a_ceu_aberto_-_garapu_-_esgoto_a_ceu_aberto_limpeza_e_estruturacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27679/rua_antiga_estrada_gaibu_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27680/rua_ver._gilberto_fragoso_-_vila_social_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27681/rua_21_-_bela_vista_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27682/rua_francisco_de_assis_da_silva_teixeira_-_centro_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27683/rua_54_prox_a_escola_arvore_da_vida_-_cohab_-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27684/rua_jaboatao_dos_guararapes_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27685/rua_jose_lins_teles_-destilaria-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27686/rua_boa_vista_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27687/rua_tenente_manuel_barbosa_da_silva-_centro-_cabo_de_santo_agostinho-_recolha_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27688/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27689/rua_amara_guimaraes_dutra-_cohab-_cratera_na_via_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27690/capinacao-_rua_alexandra_figueiredo_sa_silva-_cohab_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27691/rua_amara_guimaraes_dutra-_cohab_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27692/av_laura_cavalcanti-_15-_gaibu-_recolha_de_lixos_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27693/rua_francisco_gomes_de_farias-_cohab-_tampa_de_bueiro_e_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27694/rua_marcelino_da_paixao_viana_-_cohab-_limpeza_do_canal-_capinacao_-tampra_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27695/capinacao-_rua_hercilia_tavares_da_silva-_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27696/lot_nova_era-_rua_14-_ponte_dos_carvalhosi-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27697/rua_joao_marinho_espindola_-cohab-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27698/pista_preta-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27699/rua_53_-_sao_francisco-_58_-_barreira_de_contencaoc_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27700/rua_chico_mendes-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27701/quadra_poliesportiva_-_bairro_de_sao_francisco-_rua_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27702/a_pavimentacao_na_rua_olinda_garapu.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27703/a_pavimentacao_na_rua_ouricuri.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27704/a_pavimentacao_na_rua_palmares.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27705/a_reposicao_de_tampas_das_galerias_-_rua_manoel_venancio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27706/reposicao_de_tampas_de_concreto_da_canaletas_da_rua_onze.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27707/_canaletas_da_rua_jaboatao_dos_guararapes-_garapu.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27708/a_limpeza_e_capinacao_da_av._almirante_paulo_moreira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27709/a_pavimentacao_na_rua_jatoba_garapu.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27710/o_recapeamento_na_rua_limoeiro_garapu.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27712/rua_anibal_cardosos-_5_travessa_-_pavimentacao_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27713/lot_enseada_dos_corais_-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27714/enseada_dos_corais_-_lot_15-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27715/antiga_br_101-_solicitacao_de_lombada_eletronica_faixa_de_pedestres_e_radar_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27716/indicacao_calcadas_-_rua_do_litoral_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27717/indicacao_entulho_-_rua_da_matriz_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27718/indicacao_entulho_-_rua_do_nilo_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27719/indicacao_entulho_-_rua_nova_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27720/indicacao_esgoto_-_2tv_da_rua_jose_lins_telles_-_vila_social_contra_mocambo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27721/indicacao_esgoto_-_rua_projetada_-_sto_estevao_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27722/indicacao_limpeza_canaleta_-_rua_da_matriz_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27723/indicacao_pavimentacao_-_rua_da_estacao_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27724/escola_prefeito_vicente_mendes-_solicitacao_de_transporte_escolar_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27725/rua_eunice_severina-_vila_claudete-_insercao_de_lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27726/enseada_dos_corais-_rua_vl_52_setor_1-_muro_de_arrimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27727/av_historiador_pereira_da_costa-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27728/capinacao-_rua_vereador_voney_costa_machado_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27729/rua_edvard_marques_de_barros-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27730/rua_julia_campos_amorim-_-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27731/rua_jose_alves_bezerra-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27732/rua_jose_lins_teles-_vila_social-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27733/capinacao-_rua_maria_francisca_mendes-_vila_social_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27734/praca_humberto_soares_-_vila_social_-_capinacao_e_revitalizacao_da_praca_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27735/rua_jose_rego_da_silva-_vila_social-capinacao_e_revitalizacao_da_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27736/construcao_de_uma_academia_da_cidade_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27737/pavimentacao_de_todo_anel_viario_de_barbalho_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27738/construcao_de_uma_creche_em_regime_pre-escolar_para_atender_criancas_de_zero_a_cinco_anos_de_idade_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27739/pavimentacao_da_rua_da_jaqueira_loteamento_novo_horizonte_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27740/pavimentacao_da_rua_do_meio_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27741/pavimentacao_da_rua_utinga_de_cima_do_trecho_da_antiga_usina_ate_a_segunda_entrada_do_bairro_de_merces.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27742/construcao_de_uma_escola_modelo_no_bairro_de_merces.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27743/pavimentacao_da_rua_manoel_marinho_de_lima_ate_a_rua_do_boeiro_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27745/rua_francisco_de_assis_da_silva_teixeira_58_-_cohab_-_colocacao_de_grade_de_protecao_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27746/rua_68_-_cohab-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27747/rua_antonio_custodio_de_lima_10_-_torrinha_-_capinacao_revitalizacao_total_de_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27748/rua_10_nova_era_-_ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27749/rua_27_10_-_bela_vista_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27750/rua_66-_cohab_prox_a_escola_arvore_da_vida-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27751/rua_miguel_francisco_albuquerque_usf_loteamento_ilha-_ponte_dos_carvalhos_-capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27752/rua_70_-_cohab_-_aceleracao_ampliacao_e_conclusao_de_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27753/indicacao_2026-_capinacao_em_escola.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27754/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27755/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27756/indicacao_2026_-_limpeza_de_poco_de_visita_pv.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27757/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27758/indicacao_2026-_reparo_de_caixa_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27759/indicacao_2026_-_capinacao_e_limpeza_na_vila_social_contra_mocambo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27760/indicacao_2026_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27761/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_do_bairro_pirapama.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27762/indicacao_2026_-_capinacao_e_limpeza_rua_das_gracas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27763/indicacao_2026_-_recuperacao_das_calcadas_no_bairro_mauriti.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27764/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_na_rua_vinte_e_um.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27765/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_85_86_e_87.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27766/indicacao_2026_-_capinacao_limpeza_e_reparo_das_calcadas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27767/indicacao_2026-_reparo_de_calcada_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27768/indicacao_2026_-_capinacao_e_limpeza_rua_da_aurora.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27769/indicacao_2026_-_reparos_nas_canaletas_na_rua_forte_maria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27771/av_jarbas_j_do_rego-_endeada_dos_corais-insercao_de_lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27772/engenho_barbalho_2_prox_a_igreja_abreu_e_lima_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27773/engenho_castelo_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27774/maternidade_padre_geraldo_leite_bastos_-ponte_dos_carvalhos_-_instalacao_de_ar_condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27775/centro_de_saude_doutor_manoel_gomes_-_centro_-_regularizacao_e_normalizacao_de_medicamentos_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27776/engenho_rico_regulamentacao_est._de_barro_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27777/rua_16_novo_horizonte_entulhos_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27778/rua_jose_lins_teles_recapeamento_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27779/avenida_almirante_paulo_moreira_sinalizacao_vestical_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27780/engenho_toberegulamentacao_do_transporte_publico_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27458/projeto_de_lei_creche_professora_josefa_costa_santos_1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27483/pl_-_parque_ayrton_cardoso.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27612/pl_politica_municipal_de_coleta_seletiva_de_residuos_solidos_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27633/projeto_de_lei_-_permuta_multa_pecuniaria_por_doacao_de_sangue_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27634/projeto_de_lei_dispa_e_sobre_a_concessa_o_de_prioridade_na_matra_cula_e_na_escolha_de_unidade_escolar_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27648/projeto_de_lei_-_flanelinhas_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27512/cidadao_joao_gomes.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27474/requerimento_no_001_-_2026_-_audiencia_publica__transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27646/requerimento_-_voto_de_aplausos_-_caso_blaide_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27675/req_vila_social_contra_mocambo_-_limp_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27676/caso_sr._chico_-_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27711/mercadao_-_sds_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27744/implantacao_do_programa_gramadao_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27770/01_-_requerimento_no_001-2026_-_visita_fiscalizatoria_realizada_na_unidade_de_saude_da_familia_usf_usina_liberdade.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27457/indicacao_estadio_jose_carlos_martins.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27459/casa_de_farinha_-_ponte_dos_carvalhos_-_limpeza_de_canal2c_iluminacao2c_capinacao2c_limpeza_urbana_e_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27460/rua_escritor_israel_felipe_em_frente_ao_recanto_da_crianca_-_santo_inacio_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27461/rua_joao_farias_evangelista_-_vila_social_contra_mucambo_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27462/rua_quarenta_prox_ao_posto_medico_-_cohab_-_cratera-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27463/rua_das_rosas_por_tras_do_nordestino_-_gaibu_-_limpeza_de_canal-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27464/colegio_elefante_-_pontezinha_-_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27465/rua_27_-_ponte_dos_carvalhos_-_pavimentacao2c_limpeza_de_canal2c_capinacao2c_limpeza_de_entulho-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27466/rua_27_de_maio_-_suape_-_cratera-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27467/marezinha_-_ponte_dos_carvalhos_-_iluminacao_e_capinacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27468/rua_27_-_bela_vista_-_barreira-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27469/rua_jose_de_castro_-_garapu_-_pavimentacao-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27470/rua_da_mangueira_-_gaibu_-_limpeza_e_coletor_de_lixo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27471/rua_armando_jose_sales_-_centro_-_tampa_de_bueiro-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27472/rua_24_-_bela_vista_-_canaletas-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27473/rua_tts_prox_a_praca_da_celpe_-_centro_-_limpeza_de_canal-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27475/indicacao_calcadas_-_rua_aguas_compridas_-_suape.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27476/indicacao_calcadas_-_rua_messias_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27477/indicacao_capinacao_-_rua_do_areal_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27478/indicacao_capinacao_-_rua_do_areial_-_suape.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27479/indicacao_capinacao_-_rua_do_porto_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27480/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27481/rua_marlene_de_oliveira_cunha_-_ponte_dos_carvalhos_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27482/av_historiador_pereira_da_costa_prox_ao_banco_do_nordeste_-_centro_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27484/indicacao_coletor_de_lixo_-_rua_das_guarebas_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27485/indicacao_entulho_-_rua_jose_humbelino_monte_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27486/indicacao_capinacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27487/indicacao_limpeza_canal_-_rua_21_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27488/indicacao_entulho_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27489/indicacao_entulho_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27490/indicacao_limpeza_canal_-_rua_do_porto_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27491/indicacao_entulho_-_estrada_gaibu-suape_-_suape.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27492/indicacao_entulho_-_rua_do_rosario_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27493/indicacao_coletor_de_lixo_-_rua_163_-_madre_iva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27494/indicacao_construcao_canaleta_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27495/indicacao_limpeza_canaleta_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27496/indicacao_limpeza_canaleta_-_tv_do_acafrao_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27497/indicacao_pavimentacao_-_rua_aguas_compridas_lt13_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27498/indicacao_limpeza_canal_-_rua_senador_jose_herminio_morais_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27499/indicacao_pavimentacao_-_rua_areial_-_suape.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27500/indicacao_pavimentacao_-_rua_iris_barros_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27501/indicacao_pavimentacao_-_tv_leonor_cunha_dos_santos_-_suape.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27502/indicacao_troca_coletor_-_rua_da_uniao_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27503/indicacao_recapeamento_-_avenida_um_-_suape.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27504/indicacao_recapeamento_-_rua_20_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27505/indicacao_recapeamento_-_rua_da_uniao_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27506/indicacao_recapeamento_-_rua_das_guarebas_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27507/indicacao_recapeamento_-_estrada_gaibu-suape_-_suape.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27508/indicacao_recapeamento_-_rua_euclides_alves_da_silva_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27509/indicacao_recapeamento_-_rua_sebastiao_valdemiro_de_lima_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27510/indicacao_tampa_de_bueiro_-_rua_16_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27511/indicacao_troca_coletor_-_rua_18_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27513/indicacao_-_bueiros_inteligentes_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27514/rua_da_conciliacao_-_ponte_dos_carvalhos_-_escadaria2c_corrimao_e_demais_demandas-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27515/rua_42_-_cohab_-_recolha_de_veiculo_em_deterioracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27516/rua_tacito_jose_grubba_-_garapu_-_pavimentacao_e_reestruturacao_da_via_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27517/r._da_medalha_-_pte_dos_carvalhos_-_recapeam_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27518/r._amelia_de_freitas_bevilaqua_-_garapu_-_ilum_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27519/primeira_travessa_da_saudade-_pte_dos_carvalhos-_manut_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27520/primeira_travessa_da_saudade_-pte_dos_carvalhos_-_capin_e_limp_urb_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27521/rua_curva_de_nivel_-_vila_santo_inacio_-_cratera_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27522/quadra_rua_epaminondas_de_melo_-_vila_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27523/quadra_rua_projetada_b_-_santo_inacio_-_capinacao2c_manutencao_e_revitalizacao_da_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27524/rua_eng_fernado_botelho_-_vila_santo_inacio_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27525/rua_6_-_sao_francisco_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27526/indicacao_pavimentacao_-_rua_vila_38_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27527/indicacao_entulho_-_rua_vila_23_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27528/indicacao_capinacao_-_av_jarbas_jamerson_do_rego__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27529/indicacao_capinacao_-_rua_oliveira_cardoso_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27530/indicacao_capinacao_-_rua_jose_luiz_rodrigues__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27531/indicacao_capinacao_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27532/indicacao_capinacao_-_rua_vila_23__-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27533/indicacao_fossa_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27534/indicacao_limpeza_canaleta_-_av_jarbas_jamerson_do_rego_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27535/indicacao_limpeza_canaleta_-_rua_da_mangueirinha_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27536/indicacao_limpeza_canaleta_-_av_vereador_lucio_fernando_monteiro_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27537/indicacao_pavimentacao_-_rua_vi_18_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27538/indicacao_pavimentacao_-_rua_vi_19_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27539/indicacao_pavimentacao_-_rua_vila_23_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27540/r._agripino_xavier_-_sao_judas_tadeu_-_sto_inacio_-_recap_e_drenag_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27541/ao_longo_do_viaduto_p_usina_bom_jesus_-_ilumin_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27542/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27543/rua_olavo_bilac_limpeza_e_entulhos_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27544/rua_olavo_bilac_recapeamento_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27545/revitalizacao_das_paradas_de_onibus_da_pe-60_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27546/limpeza_das_galerias_nas_ruas_oitenta_e_tres_e_oitenta_e_quatro_vila_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27547/rua_oitenta_e_cinco_entulhos_e_lixo_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27548/esquina_da_rua_nova_entulho_e_lixo_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27549/rua_quarenta_e_quatro_entulhos_e_lixo_bairro_de_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27550/rua_jose_mario_ventura_limpeza_e_capinacao_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27551/limpeza_do_canal_na_rua_tres_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27552/rua_amelia_alves_da_silveira_pavimentacao_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27553/rua_barao_do_rio_branco_entulho_e_lixo_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27554/rua_luiz_deodato_pereira_pavimentacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27555/rua_da_conciliacao_limpeza_do_canal_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27556/rua_amaurilio_veloso_limpeza_e_capinacao_vila_roca_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27557/rua_10_entulho_e_lixo_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27558/pontezinha_-revitalizacao_da_barreira_de_protecao_da_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27559/indicacao_calcadas_-_rua_35_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27560/indicacao_capinacao_-_rua_35_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27561/indicacao_capinacao_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27562/indicacao_capinacao_-_rua_gramado_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27563/indicacao_capinacao_-_rua_mario_rego_barreto_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27564/indicacao_capinacao_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27565/indicacao_capinacao_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27566/indicacao_desobstrucao_de_galeria_-_rua_nova_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27567/indicacao_drenagem_bueiro_-_rua_42_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27568/indicacao_entulho_-_rua_antonio_anacleto_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27569/indicacao_entulho_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27570/indicacao_entulho_-_rua_jornalista_jose_dos_santos_pereira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27571/indicacao_entulho_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27572/indicacao_limpeza_canaleta_-_rua_arnobio_marques_gama_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27573/indicacao_limpeza_canaleta_-_rua_gramado_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27574/indicacao_recapeamento_-_rua_41_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27575/indicacao_recapeamento_-_rua_42_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27576/indicacao_recapeamento_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27577/indicacao_recapeamento_-_rua_tenente_coronel_evilasio_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27578/indicacao_tapa-buracos_-_rua_antonio_anacleto_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27579/indicacao_tapa-buracos_-_rua_mario_rego_barreto_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27580/indicacao_tapa-buracos_-_rua_sargento_geraldo_jose_de_lima_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27581/rua_israel_felipe_-_santo_inacio_-_coletores_de_lixo_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27582/av_doutor_jose_faustino_dos_santos_-_santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27583/av._doutor_faustino_-_santo_inacio_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27584/av._doutor_faustino_jose_dos_santos-_santo_inacio_-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27585/escola_-_rosario_-_manutencao_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27586/rua_pastor_armando_-_rosario_-_quebra-molas_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27587/rua_santo_inacio_-_santo_inacio_-_cratera_na_via_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27588/01-2026_-_capinacao_e_limpeza_-_r._profa_lucia_barreto_soares_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27589/02-2026_-_capinacao_e_limpeza_-_r._ver._alderico_marques_da_silva_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27590/03-2026_-_capinacao_e_limpeza_-_r._pedro_borba_-_jd._santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27591/04-2026_-_pavimentacao_e_drenagem_-_rua_da_jaqueira_-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27592/05-2026_-_pavimentacao_e_drenagem_-_rua_da_bica-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27593/06-2026_-_pavimentacao_e_drenagem_-_rua_10_-_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27594/rua_oliveira_cardoso_recapeamento_enseadas_dos_corais_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27595/rua_amaro_florencio_entulhos_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27596/rua_sebastiao_juventino_recapeamento_destilaria_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27597/rua_do_limite_limpeza_e_capinacao_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27598/av._prefeito_diomendes_ferreira_de_melo_recapeamento_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27599/rua_trinta_e_sete_recapeamento_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27600/av._tres_coletores_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27601/av._tres_coletores_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27602/rua_vc_dez_pavimentacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27603/av._presidente_getulio_vargas_em_frente_a_parada_de_onibus_do_hospital_sao_sebastiao_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27604/pista_local_da_br_101_capinacao_em_frente_so_arcovita_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27605/quadra_poliesportiva_marques_do_recife_-_jucaral_-_manutencao_telhado_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27606/rua_53_-_sao_francisco_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27607/rodovia_pe60_-_santo_inacio-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27608/rua_antonio_alencar_barbosa_-_destilaria_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27609/rua_professora_raquel_de_moraes_fraga_-_santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27610/camaras_de_monitoramento_-_parque_dos_eucaliptos_-pte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27611/indicacao_esgoto_-_rua_joao_manoel_de_oliveira_antiga_96_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27613/indicacao_limpeza_canaleta_-_rua_18_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27614/indicacao_limpeza_canaleta_-_rua_brejo_da_madre_de_deus_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27615/indicacao_calcadas_-_rua_limoeiro_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27616/indicacao_capinacao_-_rua_jaboatao_dos_guararapes_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27617/indicacao_capinacao_-_rua_olinda_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27618/indicacao_pavimentacao_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27619/indicacao_capinacao_-_rua_ouricuri_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27620/indicacao_coletor_de_lixo_-_rua_16_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27621/indicacao_recapeamento_-_rua_ouricuri_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27622/indicacao_pavimentacao_-_rua_25_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27623/indicacao_entulho_-_rua_18_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27624/indicacao_entulho_-_5tv_da_rua_17_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27625/indicacao_entulho_-_rua_16_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27626/indicacao_limpeza_canal_-_rua_tacito_jose_grubba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27627/indicacao_entulho_-_rua_brejo_da_madre_de_deus_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27628/indicacao_entulho_-_rua_jose_carlos_de_franca_antiga_66_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27629/indicacao_drenagem_bueiro_-_rua_olinda_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27630/indicacao_drenagem_canaletas_-_rua_jatoba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27631/indicacao_sinalizacao_nome_de_rua_-_rua_itapissuma_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27632/indicacao_sinalizacao_nome_de_rua_-_rua_paudalho_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27635/ind_implementacao_de_coletores_para_coleta_seletiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27636/av._jarbas_jamerson_-_enseada_dos_corais_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27637/rua_da_mangueirinha_-_gaibu_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27638/antiga_estrada_da_rodovia_br_101_coletores_centro_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27639/rua_quatro_recapeamento_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27640/rua_joaquim_rodrigues_da_cunha_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27641/rua_noventa_e_cinco_capinacao_e_revitalizacao_de_calcadas_bairro_da_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27642/terrapleanagem-_tiriri-_capinacao_e_pavimentacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27643/rua_projetada_dezessete_-_ponte_dos_carvalhos_-_coletores_de_lixoc_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27644/rua_vl_52_lote_15_quadra_28_setor_1_-_enseada_dos_corais-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27645/praia_-_enseada_dos_corais-_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27647/escola_nossa_senhora_de_fatima-_alto_do_cruzeiroc_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27649/vila_claudete-_quadra_101-_garapu_-_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27650/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27651/rua_da_madeira_-_cohab_-_esgoto_a_ceu_aberto_limpeza_e_desobstrucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27652/rua_de_santa_margarida-_ponte_dos_carvalhos_-_tampa_boca_de_lobo_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27653/pavimentacaoentulhos_e_capinacao-_rua_37-_nova_era-_ponte_dos_carvalhos_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27654/rua_85-_cohab-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27655/ponto_de_apoio_ao_turista_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27656/indicacao_limpeza_canal_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27657/indicacao_limpeza_canaleta_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27658/indicacao_recapeamento_-_rua_alto_do_cruzeiro_-_centro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27659/indicacao_recapeamento_-_rua_jose_lino_de_lima_-_centro.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27660/indicacao_capinacao_-_rua_do_porto_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27661/indicacao_capinacao_-_rua_21_de_abril_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27662/indicacao_calcadas_-_rua_do_recreio_-_centro.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27663/indicacao_capinacao_-_rua_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27664/indicacao_capinacao_-_rua_parati_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27665/indicacao_entulho_-_rua_jose_lino_de_lima_-_centro.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27666/indicacao_capinacao_-_rua_sao_joao_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27667/indicacao_drenagem_bueiro_-_1tv_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27668/indicacao_entulho_-_rua_alto_do_cruzeiro_-_centro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27669/indicacao_entulho_-_rua_da_medalha_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27670/indicacao_entulho_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27671/indicacao_recapeamento_-_rua_da_boa_vista_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27672/indicacao_recapeamento_-_rua_do_porto_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27673/indicacao_recapeamento_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27674/indicacao_recapeamento_-_rua_parati_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27677/quadra_esportiva_-_garapu_-_manutencao_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27678/esgoto_a_ceu_aberto_-_garapu_-_esgoto_a_ceu_aberto_limpeza_e_estruturacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27679/rua_antiga_estrada_gaibu_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27680/rua_ver._gilberto_fragoso_-_vila_social_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27681/rua_21_-_bela_vista_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27682/rua_francisco_de_assis_da_silva_teixeira_-_centro_-_restauracao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27683/rua_54_prox_a_escola_arvore_da_vida_-_cohab_-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27684/rua_jaboatao_dos_guararapes_-_garapu-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27685/rua_jose_lins_teles_-destilaria-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27686/rua_boa_vista_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27687/rua_tenente_manuel_barbosa_da_silva-_centro-_cabo_de_santo_agostinho-_recolha_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27688/avenida_eraldo_barros_de_souza-_cohab_-_canaletasc_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27689/rua_amara_guimaraes_dutra-_cohab-_cratera_na_via_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27690/capinacao-_rua_alexandra_figueiredo_sa_silva-_cohab_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27691/rua_amara_guimaraes_dutra-_cohab_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27692/av_laura_cavalcanti-_15-_gaibu-_recolha_de_lixos_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27693/rua_francisco_gomes_de_farias-_cohab-_tampa_de_bueiro_e_esgoto_a_ceu_aberto_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27694/rua_marcelino_da_paixao_viana_-_cohab-_limpeza_do_canal-_capinacao_-tampra_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27695/capinacao-_rua_hercilia_tavares_da_silva-_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27696/lot_nova_era-_rua_14-_ponte_dos_carvalhosi-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27697/rua_joao_marinho_espindola_-cohab-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27698/pista_preta-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27699/rua_53_-_sao_francisco-_58_-_barreira_de_contencaoc_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27700/rua_chico_mendes-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27701/quadra_poliesportiva_-_bairro_de_sao_francisco-_rua_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27702/a_pavimentacao_na_rua_olinda_garapu.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27703/a_pavimentacao_na_rua_ouricuri.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27704/a_pavimentacao_na_rua_palmares.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27705/a_reposicao_de_tampas_das_galerias_-_rua_manoel_venancio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27706/reposicao_de_tampas_de_concreto_da_canaletas_da_rua_onze.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27707/_canaletas_da_rua_jaboatao_dos_guararapes-_garapu.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27708/a_limpeza_e_capinacao_da_av._almirante_paulo_moreira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27709/a_pavimentacao_na_rua_jatoba_garapu.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27710/o_recapeamento_na_rua_limoeiro_garapu.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27712/rua_anibal_cardosos-_5_travessa_-_pavimentacao_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27713/lot_enseada_dos_corais_-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27714/enseada_dos_corais_-_lot_15-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27715/antiga_br_101-_solicitacao_de_lombada_eletronica_faixa_de_pedestres_e_radar_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27716/indicacao_calcadas_-_rua_do_litoral_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27717/indicacao_entulho_-_rua_da_matriz_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27718/indicacao_entulho_-_rua_do_nilo_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27719/indicacao_entulho_-_rua_nova_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27720/indicacao_esgoto_-_2tv_da_rua_jose_lins_telles_-_vila_social_contra_mocambo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27721/indicacao_esgoto_-_rua_projetada_-_sto_estevao_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27722/indicacao_limpeza_canaleta_-_rua_da_matriz_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27723/indicacao_pavimentacao_-_rua_da_estacao_-_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27724/escola_prefeito_vicente_mendes-_solicitacao_de_transporte_escolar_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27725/rua_eunice_severina-_vila_claudete-_insercao_de_lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27726/enseada_dos_corais-_rua_vl_52_setor_1-_muro_de_arrimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27727/av_historiador_pereira_da_costa-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27728/capinacao-_rua_vereador_voney_costa_machado_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27729/rua_edvard_marques_de_barros-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27730/rua_julia_campos_amorim-_-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27731/rua_jose_alves_bezerra-_vila_social-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27732/rua_jose_lins_teles-_vila_social-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27733/capinacao-_rua_maria_francisca_mendes-_vila_social_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27734/praca_humberto_soares_-_vila_social_-_capinacao_e_revitalizacao_da_praca_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27735/rua_jose_rego_da_silva-_vila_social-capinacao_e_revitalizacao_da_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27736/construcao_de_uma_academia_da_cidade_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27737/pavimentacao_de_todo_anel_viario_de_barbalho_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27738/construcao_de_uma_creche_em_regime_pre-escolar_para_atender_criancas_de_zero_a_cinco_anos_de_idade_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27739/pavimentacao_da_rua_da_jaqueira_loteamento_novo_horizonte_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27740/pavimentacao_da_rua_do_meio_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27741/pavimentacao_da_rua_utinga_de_cima_do_trecho_da_antiga_usina_ate_a_segunda_entrada_do_bairro_de_merces.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27742/construcao_de_uma_escola_modelo_no_bairro_de_merces.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27743/pavimentacao_da_rua_manoel_marinho_de_lima_ate_a_rua_do_boeiro_no_bairro_de_merces_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27745/rua_francisco_de_assis_da_silva_teixeira_58_-_cohab_-_colocacao_de_grade_de_protecao_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27746/rua_68_-_cohab-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27747/rua_antonio_custodio_de_lima_10_-_torrinha_-_capinacao_revitalizacao_total_de_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27748/rua_10_nova_era_-_ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27749/rua_27_10_-_bela_vista_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27750/rua_66-_cohab_prox_a_escola_arvore_da_vida-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27751/rua_miguel_francisco_albuquerque_usf_loteamento_ilha-_ponte_dos_carvalhos_-capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27752/rua_70_-_cohab_-_aceleracao_ampliacao_e_conclusao_de_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27753/indicacao_2026-_capinacao_em_escola.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27754/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27755/indicacao_2026_-_revitalizacao_do_asfalto_e_das_canaletas_da_rua_25_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27756/indicacao_2026_-_limpeza_de_poco_de_visita_pv.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27757/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27758/indicacao_2026-_reparo_de_caixa_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27759/indicacao_2026_-_capinacao_e_limpeza_na_vila_social_contra_mocambo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27760/indicacao_2026_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27761/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_do_bairro_pirapama.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27762/indicacao_2026_-_capinacao_e_limpeza_rua_das_gracas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27763/indicacao_2026_-_recuperacao_das_calcadas_no_bairro_mauriti.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27764/indicacao_2026_-_limpeza_e_reparos_nas_canaletas_na_rua_vinte_e_um.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27765/indicacao_2026_-_recuperacao_das_calcadas_nas_ruas_85_86_e_87.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27766/indicacao_2026_-_capinacao_limpeza_e_reparo_das_calcadas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27767/indicacao_2026-_reparo_de_calcada_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27768/indicacao_2026_-_capinacao_e_limpeza_rua_da_aurora.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27769/indicacao_2026_-_reparos_nas_canaletas_na_rua_forte_maria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27771/av_jarbas_j_do_rego-_endeada_dos_corais-insercao_de_lombadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27772/engenho_barbalho_2_prox_a_igreja_abreu_e_lima_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27773/engenho_castelo_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27774/maternidade_padre_geraldo_leite_bastos_-ponte_dos_carvalhos_-_instalacao_de_ar_condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27775/centro_de_saude_doutor_manoel_gomes_-_centro_-_regularizacao_e_normalizacao_de_medicamentos_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27776/engenho_rico_regulamentacao_est._de_barro_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27777/rua_16_novo_horizonte_entulhos_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27778/rua_jose_lins_teles_recapeamento_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27779/avenida_almirante_paulo_moreira_sinalizacao_vestical_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27780/engenho_toberegulamentacao_do_transporte_publico_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27782/indicacao_2026_-_limpeza_de_canal_-_rua_do_canal_-_bairro_de_sapucaia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27783/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27784/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_enseada_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27785/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_rua_das_margaridas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27786/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_suape.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27787/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vila_xxii_enseada_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27788/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vc_dois_enseada_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27789/indicacao_2026_-tapa_buraco_-_rua_prefeito_diomedes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27790/indicacao_2026-_reparo_de_caixa_de_esgoto_-_rua_benedita_lopes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27791/indicacao_2026-_reparo_de_caixa_de_esgoto_-_rua_joaquim_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27792/2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27793/4.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27794/1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27795/3.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27796/7.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27797/6.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27798/5.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27802/rua_vinte_e_sete-_cohab_-_capinacao_revitalizacao_total_de_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27803/jaqueira-_enseada_dos_corais_-_coletor_de_lixo_e_recolha_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27804/rua_doutor_fernando_goncalves_cascao_-_centro-_entulhos_e_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27805/rua_do_calcadao_do_estudante_-_centro-_entulhos_e_vazamento_de_esgoto_em_via_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27806/escola_edmar_maury_fernandes_serraria-_irregularidades-_serraria_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27807/rua_14_recapeamento_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27808/canal_na_rua_tres_limpeza_e_capinacao_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27809/rua_oitenta_e_tres_e_oitenta_e_quatro_limpeza_das_galerias_vila_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27810/rua_antonio_jose_da_cunha_paiva_pavimentacao_bairro_de_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27811/rua_cinco_coletores_de_lixo_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27812/rua_30_entulhos_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27813/rua_nova_entulhos_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27814/escola_modelo_limpeza_e_capinacao_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27815/rua_27_recapeamento_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27816/indicacao_no_002-_2026_-_capinacao_coleta_de_entulho_e_pavimento.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27817/indicacao_no_001-_2026_-_capinacao_meio-fio_e_pavimento.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27818/indicacao_no_003-_2026_-_inclusao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27819/indicacao_no_004_-_2026_-_capinacao_remocao_de_lixo_calcadas_pintura_de_meio_fioe_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27820/indicacao_no_005_-_2026_-_lixo_entulho_meio-fio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27821/indicacao_no_007_-_2026_-_calcada_escadaria_meio-fio.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27822/indicacao_no_008-_2026_-_inclusao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27823/indicacao_no_006_-_2026_-_lixo_entulho_meio-fio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27824/indicacao_no_012_-_2026_-_revitalizacao_geral_de_praca.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27825/indicacao_no_009_-_2026_-_capinacao_remocao_de_lixo_calcadas_pintura_de_meio_fioe_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27826/indicacao_no_010_-_2026_-_calcada_asfalto_e_coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27827/indicacao_no_013_-_2026_-_asfalto_poda_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27828/indicacao_no_011_-_2026_-_asfalto_entulhos_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27829/indicacao_no_014_-_2026_-_limpeza_de_canal_pavimento_entulho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27830/indicacao_calcadas_-_rua_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27831/indicacao_capinacao_-_pe028_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27832/indicacao_capinacao_-_rua_12_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27833/indicacao_capinacao_-_rua_maria_dos_prazeres_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27834/indicacao_capinacao_-_rua_vereador_benedito_alves_santos_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27835/indicacao_capinacao_-_rua_vt_um_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27836/indicacao_coletor_de_lixo_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27837/indicacao_construcao_canaleta_-_rua_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27838/indicacao_entulho_-_rua_34_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27839/indicacao_entulho_-_rua_41_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27840/indicacao_entulho_-_tv_do_ipe_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27841/indicacao_entulho_-_rua_eunice_severina_da_silva_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27842/indicacao_entulho_-_rua_projetada_48_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27843/indicacao_entulho_-_rua_vt_um_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27844/indicacao_entulho_-_rua_vt_dez_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27845/indicacao_esgoto_-_anel_viario_antonio_jose_paiva_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27846/indicacao_iluminacao_-_rua_eunice_severina_da_silva_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27847/indicacao_esgoto_-_rua_reginaldo_fonseca_pereira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27848/indicacao_limpeza_canaleta_-_rua_12_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27849/indicacao_limpeza_canal_-_via_perimetral_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27850/indicacao_limpeza_canaleta_-_rua_vereador_benedito_alves_santos_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27851/indicacao_limpeza_canaleta_-_pe028_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27852/indicacao_manutencao_de_praca_-_rua_manoel_de_oliveira_lins_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27853/indicacao_manutencao_calcadas_-_rua_36_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27854/indicacao_manutencao_de_praca_-_anel_viario_antonio_jose_paiva_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27855/indicacao_meio-fio_-_rua_milton_adolfo_de_jesus_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27856/indicacao_quebra-molas_-_rua_projetada_48_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27857/indicacao_pavimentacao_-_rua_maria_dos_prazeres_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27858/indicacao_troca_coletor_-_rua_41_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27859/indicacao_sinalizacao_nome_de_rua_-_rua_vt_dez_-_gaibu.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27860/indicacao_entulho_-_rua_milton_adolfo_de_jesus_-_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27861/rua_regional_f_pereira-_cohab-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27862/rua_julio_pires_ferreira_-_mauriti_-_coletores_de_lixo_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27863/rua_julio_pires_ferreira_-_mauriti_-_coletores_de_lixo_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27864/rua_95-_cohab-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27865/quadra_61_lote_08-_enseada_dos_corais-_recolha_de_lixos_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27866/pe_28-_enseada_dos_corais-_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27867/posto_de_saude_de_itapoama-_irregularidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27868/rua_23-_pte_dos_carvalhos_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27869/rua_33-_pte_dos_carvalhos_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27874/rosario-_pe_60-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27875/escola_ariosto_nunes_martins-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27876/rua_da_mocidade-_pontezinha-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27877/pe_60-_cratera_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27878/alto_da_bela_vista_-_esgoto_a_ceu_aberto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27879/indicacao_2025-tapa_buraco_-_rua_joaquim_caetano_gomes.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27880/indicacao_2025-tapa_buraco_-_rua_rua_do_bicudo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27881/indicacao_2025-tapa_buraco_-_rua_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27882/indicacao_2026-_capinacao_escola_municipal_ariosto_nunes_martins.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27883/indicacao_2026-_retirada_de_lixo_e_implantacao_de_coletor_-_vi_37_-_enseada_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27884/indicacao_2025_-_pavimentacao_rua_cinquenta_e_tres.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27885/indicacao_2025-limpeza_de_canal_ao_lado_da_escola_municipal_manoel_maria_caetano.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27886/indicacao_no_015_-_2026_-_posto_de_saude_inaldo_severino_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27887/indicacao_no_016_-_2026_-_entulho_e_capinacao.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27888/indicacao_no_017_-_2026_-_revitalizacao_de_praca.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27889/indicacao_no_018_-_2026_-_posto_de_saude_merces.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27890/indicacao_no_019_-_2026_-capinacao_entulho_e_canaletas.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27891/indicacao_no_022_-_2026_-_canaleta.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27892/indicacao_no_020_-_2026_-_lixo_calcadas_entulho_escadaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27893/indicacao_no_021_-_2026_-_capinacao_tapa_buraco_pavimento.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27894/indicacao_no_023_-_2026_-_capinacao__pavimento.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27895/indicacao_no_024_-_2026_-_tubulacao_da_compesa.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27896/indicacao_no_027_-_2026_-_capinacao_reforco_policial_galerias.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27897/indicacao_no_025_-_2026_-_pavimento.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27898/indicacao_no_028_-_2026_-_capinacao_lixo_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27899/indicacao_no_026_-_2026_-_pavimento.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27900/indicacao_no_030_-_2026_-_lixo_entulho_galeria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27901/indicacao_no_029_-_2026_-_canal_meio_fio_e_pavimento.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27902/indicacao_no_031_-_2026_-_capinacao_reforco_policial_galerias.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27903/indicacao_no_032_-_2026_-_desobstrucao_do_rio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27904/rua_da_uniao_coletores_novo_horizonte_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27905/rua_pedro_afonso_limpeza_e_capinacao_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27906/rua_da_linha_limpeza_e_capinacao_da_vila_social_ate_o_centro_do_cabo_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27907/rua_14_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27908/rua_pedro_afonso_limpeza_e_capinacao_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27909/rua_engenheiro_florencio_de_albuquerque_entulho_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27910/rua_jatoba_coletores_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27911/rua_18_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27912/rua_brasao_entulhos_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27913/rua_seis_conserto_de_calcadas_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27914/rua_jose_plech_fernandeslimpeza_e_capinacao_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27915/travessa_zelia_xavierlimpeza_e_capinacao_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27916/rua_olegario_alves_da_silva_limpeza_e_capinacao_destilaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27917/rua_dezessete_limpea_e_capinacao_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27918/estrada_que_da_acesso_ao_engenho_novo_pavimentacao_e_drenagem_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27919/rua_noventa_e_seis_recapeamento_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27920/rua_governador_miguel_arraes_de_alencar_pavimentacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27921/indicacao_no_033_-_2026_-_pavimento_iluminacao_transporte_coletivo_reforco_policial.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27922/indicacao_no_034_-_2026_-_saneamento_e_capinacao.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27923/indicacao_no_035_-_2026_-_calcada.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27924/indicacao_no_036_-_2026_-_grade_de_protecao_canal.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27925/indicacao_no_037_-_2026_-_capinacao_coleta_de_entulho_e_pavimento.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27926/indicacao_no_038_-_2026_-_pavimento_drenagem.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27927/indicacao_no_039_-_2026_-_grade_de_protecao_pavimento.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27928/indicacao_no_040_-_2026_-_capinacao_calcada.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27929/indicacao_no_041_-_2026_-_capinacao_calcada_esgoto.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27930/indicacao_no_042_-_2026_-_capinacao_calcada_e_galeria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27931/indicacao_no_043_-_2026_-_grade_de_protecao_canal.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27932/indicacao_no_044_-_2026_-_engenho_castelo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27933/indicacao_no_045_-_2026_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27934/programa_voltado_a_area_da_ginastica.odt" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27935/manutencao_da_estrada_do_sabia.odt" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27937/rua_jose_lino_de_lima_recapeamento_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27938/rua_francisco_gomes_de_farias_entulhos_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27939/rua_manoel_queiroz_limpeza_canaleta_e_capinacao_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27940/rua_cristina_tavares_pavimentacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27941/rua_dezesseis_limpeza_e_entulhos_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27942/av._tres_pavimentacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27943/rua_das_gracas_recapeamento_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27944/engenho_matas_regulazizacao_estrada_de_barro_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27945/rua_dois_pavimentacao_novo_horizonte_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27946/travessa_sao_jorge_entulhos_na_canaleta_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27947/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27948/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27949/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27950/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27951/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27952/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27953/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27954/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27955/iluminacao_em_todo_trecho_da_estrada_de_sabia.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27957/indicacao_capinacao_-_av_nelson_mendes_da_silva_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27958/indicacao_capinacao_-_rua_gravata_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27959/indicacao_capinacao_-_rua_manoel_queiroz_da_silva_-_mauriti.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27960/indicacao_capinacao_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27961/indicacao_entulho_-_rua_53_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27962/indicacao_limpeza_canal_-_av_bom_conselho_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27963/indicacao_limpeza_canal_-_av_nelson_mendes_da_silva_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27964/indicacao_limpeza_canaleta_-_rua_53_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27965/indicacao_manutencao_calcadas_-_rua_venturosa_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27966/indicacao_limpeza_canaleta_-_rua_sao_lourenco_da_mata_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27967/indicacao_limpeza_canaleta_-_rua_tacito_jose_grubba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27968/indicacao_manutencao_quadra_e_praca_-_rua_tupanatinga_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27969/indicacao_meio-fio_-_rua_alagoinha_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27970/indicacao_poda_-_rua_tenente_coronel_evilasio_novaes_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27971/indicacao_manutencao_escadaria_-_rua_da_reconciliacao_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27972/indicacao_poda_-_antiga_estrada_rodovia_-_centro.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27973/indicacao_entulho_-_rua_tacito_jose_grubba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27974/indicacao_recapeamento_-_rua_77_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27975/indicacao_recapeamento_-_rua_alagoinha_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27976/indicacao_revitalizacao_da_estacao_de_trem.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27977/solicitacao_de_transporte_-_escola_modelo_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27978/rua_escritor_israel_felipe_-_santo_inacio_-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27979/rua_do_bicudo_-_sao_francisco_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27980/rua_armando_jorge_sales_-_centro_-_restauracao_tampa_de_bueiro_e_reconstrucao_da_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27983/ind_pneu_em_flor_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27984/ind_obrigatoriedade_cert_anteced_criminais_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27985/rua_da_linha.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27986/av_horacio_ferraz_calvacante.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27987/nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27988/av_horacio_ferraz_cavalcante_farma_povo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27989/indicacao_capinacao_da_rua_22_cohab.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27990/indicacao_limpeza_do_canal_da_cohab.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27991/inidcacao_requlaificacao_rua_85.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27992/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_trapiche_no_bairro_vila_doutor_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27993/cacamba_de_lixo_-_posto_12h.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27994/indicacao_-_recuperacao_e_limpeza_das_calcadas_na_rua_alianca_no_bairro_garapu.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27995/indicacao_-_limpeza_e_capinacao_na_rua_vereador_alderico_marques_da_silva_e_rua_sete_de_setembro_no_bairro_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27996/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27997/indicacao_-_limpeza_do_canal_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27998/indicacao_-_limpeza_e_capinacao_do_canal_proximo_a_linha_ferrea_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27999/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_trapiche_no_bairro_vila_doutor_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28000/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_paulo_de_andrade_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28001/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_avenida_governador_miguel_no_bairro_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28002/indicacao_-_limpeza_das_canaletas_nas_ruas_5_e_11_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28003/indicacao_-_limpeza_das_calcadas_na_rua_vereador_voney_da_costa_machado_no_bairro_vila_doutor_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28004/rua_dois_tampa_de_esgoto_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28005/rua_jose_mario_dos_santos_entulhosgaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28006/rua_primeiro_de_maio_limpeza_e_capinacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28007/rua_28_ponte_dos_carvalhos-_pavimentacao_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28008/mangueirinha-_gaibu-_saneamento-_pavimentacao-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28009/rua_25_de_abril-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28010/praca_de_cooper_-_garapu_-_restauracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28011/rua_39_coletores_charnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28012/rua_projetada_a-_vila_claudete-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28013/requalificacao_do_telhado_do_mercadao_do_cabo_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28014/alto_da_bela_vista-_rua_27-_muro_de_arrimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28015/av._dr._julio_araujo_recapeamento_e_sinalizacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28016/rua_vt_quatro_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28017/indicacao_novo_posto_de_saude_para_cohab.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28018/indicacao_limpeza_canal_-_tv_santo_amaro_-_centro.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28019/indicacao_limpeza_canaleta_-_rua_francisco_de_assis_da_silva_-_mauriti.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28020/indicacao_limpeza_canaleta_-_rua_jose_francisco_lins_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28021/indicacao_limpeza_canaleta_-_rua_marques_do_herval_-_centro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28022/indicacao_limpeza_canaleta_-_rua_vereador_francisco_pessoa_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28023/indicacao_limpeza_canaleta_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28024/indicacao_limpeza_canaleta_-_rua_visconde_de_porto_alegre_-_centro.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28025/indicacao_capinacao_-_rua_alfredo_alves_de_lima_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28026/indicacao_capinacao_-_rua_francisco_de_assis_da_silva_-_mauriti.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28027/indicacao_capinacao_-_rua_divonete_barbosa_dos_santos_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28028/indicacao_capinacao_-_rua_do_poco_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28029/indicacao_capinacao_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28030/indicacao_linha_d_agua_-_rua_oliveira_cardoso_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28031/indicacao_linha_d_agua_-_rua_vi_cinco_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28032/indicacao_capinacao_-_rua_vi_cinco_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28033/indicacao_entulho_-_rua_86_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28034/indicacao_capinacao_-_tv_da_rua_zelia_xavier_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28035/indicacao_limpeza_canal_-_rua_41_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28036/indicacao_entulho_-_tv_amaurilio_veloso_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28037/indicacao_limpeza_canal_-_rua_das_florentinas_-_centro.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28038/indicacao_limpeza_canal_-_rua_joao_manoel_de_oliveira_-_mauriti.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28039/indicacao_capinacao_-_rua_prefeito_jose_alberto_de_lima_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28040/indicacao_linha_d_agua_-_rua_alfredo_alves_de_lima_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28041/indicacao_linha_d_agua_-_rua_18a_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28042/indicacao_linha_d_agua_-_rua_do_poco_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28043/indicacao_linha_d_agua_-_setor_4_-_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28044/rua_vinte_e_um_limpeza_e_capinacao_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28045/rua_seis_limpeza_e_capinacao_charnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28046/av._iv_pavimentacao_e_drenagem_xareu_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28047/rua_presidente_tancredo_neves_revestimento_de_canaletacohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28048/rua_eleuterio_do_nascimento_paes_entulho_e_capinacao_malaquias_assinado.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28049/praca_jose_aniceto_revitalizacao_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28050/rua_manoel_queiroz_da_silva_limpeza_e_capinacao_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28051/avenida_laura_cavalcanti_limpeza_e_capinacao_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28053/indicacao_manutencao_calcadas_-_rua_voluntarios_da_patria_-_centro.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28054/indicacao_poda_-_rua_alderico_marques_da_silva_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28055/indicacao_manutencao_calcadas_-_rua_22_de_setembro_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28056/indicacao_recapeamento_-_rua_das_florentinas_-_centro.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28057/indicacao_manutencao_calcadas_-_rua_marques_do_herval_-_centro.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28058/indicacao_manutencao_calcadas_-_rua_lira_de_melo_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28059/indicacao_manutencao_calcadas_-_rua_visconde_de_porto_alegre_-_centro.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28060/indicacao_manutencao_placas_de_galerias_-_rua_odilom_barreto_ferreira_-_centro.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28061/indicacao_ponto_mototaxi_-_rua_professora_m_fraga_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28062/indicacao_recapeamento_-_rua_divonete_barbosa_dos_santos_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28063/indicacao_recapeamento_-_tv_da_rua_zelia_xavier_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28064/rua_21_de_abril-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28065/av._prefeito_diomedes_ferreira_de_melo_-_ponte_dos_carvalhos-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28066/indicacao_-_recuperacao_das_tampas_de_bueiros_na_rua_85_oitenta_e_cinco_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28067/indicacao_-_limpeza_das_canaletas_nas_rua_manoel_domingos_de_barros_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28068/indicacao_-_recuperacao_e_instalacao_das_tampas_de_bueiros_na_rua_manoel_queiroz_da_silva_no_bairro_torrinha.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28069/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_padre_moises_lindoso_no_bairro_garapu.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28070/indicacao_-_recuperacao_das_tampas_de_bueiros_e_das_valetas_na_rua_benedito_lopes_da_silva_no_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28071/indicacao_-_limpeza_e_capinacao_na_rua_vereador_francisco_pessoa_no_bairro_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28072/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_mauriti_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28073/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_afogados_da_ingazeira_no_bairro_garapu.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28074/indicacao_-_limpeza_e_retirada_de_entulhos_na_rua_conde_da_boa_vista_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28075/indicacao_-_limpeza_capinacao_e_pintura_do_meio-fio_na_rua_das_florentinas_no_bairro_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28076/cacamba_coletora_de_lixo_garapu.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28077/cacamba_coletora_de_lixo_rua_da_mocidade.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28078/cacamba_coletora_de_lixo_composteira.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28079/cacamba_coletora_de_lixo_rua_da_merendiba_verbo_da_vida.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28080/cacamba_coletora_de_lixo_av._ernestina_batista_-_estrela_mix.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28081/rua_vinte_e_quatro_coletores_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28082/rua_laurentino_gomes_coletores_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28083/av._dois_loteamento_nova_era_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28084/rua_odorico_lima_pavimentacao_itapuama_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28085/av._isaac_gomes_da_costa_capinacao_itapuama_assinado.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28086/rua_da_estacao_coletores_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28087/rua_um_capinacao_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28088/rua_vl_trinta_e_um_iluminacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28089/rua_pajucara_coletor_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28090/rua_marques_do_herval_-_centro-_recolocacao_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28091/indicacao_no_046_-_2026_-_pavimento_calcada.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28092/indicacao_no_047_-_2026_-_pavimento_calcada.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28093/indicacao_no_048_-_2026_-_pavimento_calcada.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28094/indicacao_no_049_-_2026_-_coletor_lixo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28095/indicacao_no_050_-_2026_-_saneamento.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28096/indicacao_no_051_-_2026_-_entulho.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28097/indicacao_no_052_-_2026_-_capinacao.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28098/indicacao_no_053_-_2026_-_entulho.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28099/limpeza_e_capinacao_da_rua_barao_de_jaboatao_malaquias.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28100/limpeza_de_canaleta_rua_noventa_e_seis_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28101/instalacao_de_um_coletor_de_lixo_na_rua_53_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28102/indicacao_0001_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28103/indicacao_0004_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28104/indicacao_0005_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28105/indicacao_238_-_2025_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28106/indicacao_234_-_2025_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28107/indicacao_235_-_2025_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28108/indicacao_236_-_2025_-_capinacao_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28115/indicacao_188.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28116/indicacao_189.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28117/indicacao_187.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28118/indicacao_2026-_capinacao_e_pintura_na_rua_israel_felipe__bairro_de_santo_inacio..pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28119/indicacao_2026-_capinacao_e_pintura_nas_ruas_do_bairro_de_nova_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28120/indicacao_2026-_capinacao_e_pintura_nas_ruas_do_bairro_do_bairro_de_rosario.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28121/indicacao_2026-_coletor_de_lixo_na_comunidade_nova_paz__serraria..pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28122/rua_21-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28123/avenida_refibras_-_pista_-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28124/rua_28-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28125/rua_27-_ponte_dos_carvalhos-_cratera_pavimentacao_e_esgoto_a_ceu_aberto-_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28126/rua_dos_pescadores_prox._a_oficina_do_joao_-_gaibu_-_barreira_de_contencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28127/indicacao_190.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28128/indicacao_191.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28129/indicacao_190.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28130/maternidade_padre_gerado_leite_bastos_-_ponte_dos_carvalhos_-_regularizar_atendimento_com_anestesista_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28131/rua_do_poeta-_enseada_dos_corais-_cratera_pavimentacao_coleta_de_lixo_e_entulhos_e_esgoto_a_ceu_aberto-_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28132/rua_pedro_jose_-_xareu_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28133/usf_suape-_resolucao_de_irregularidades_banheiro_e_infiltracoes_no_teto_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28134/capinacao_da_rua_do_poeta_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28135/colocacao_iluminacao_publica_na_beira_mar_enseadas_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28136/colocacao_de_coletores_no_setor_1_2_3_4_praias.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28137/colocacao_de_coletores_de_lixo_na_avenida_aguas_cumpridas_gaibu.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28138/implantacao_de_uma_area_de_convivencia_na_comunidade_cepovo_suape.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28139/indicacao_0002_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28140/indicacao_240_-_2025_-_desobstrucao_de_galeria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28141/indicacao_-_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_e_drenagem_na_rua_vereador_alderico_marques_no_bairro_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28142/indicacao_-_recuperacao_das_tampas_de_bueiros_na_rua_zelia_xavier_da_silva_no_bairro_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28143/indicacao_-_instalacao_do_corrimao_ou_guarda-corpo_na_ruas_48_49_e_51_no_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28144/indicacao_-_instalacao_das_tampas_de_bueiros_na_rua_senador_carlos_wilson_no_bairro_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28147/praca_nove_de_julho_-_santo_inacio_-_restauracao_do_teatro_da_9_de_julho-_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28148/a_limpeza_e_capinacao_da_antiga_br_101_charnecaa.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28149/_limpeza_e_capinacao_da_rua_visconde_campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28150/_a_pavimentacao_na_entrada_da_pista_preta.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28151/_a_pavimentacao_em_engenho_castelo.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28152/_capinacao_e_pintura_da_praca__rua_07_cohab.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28153/_a_limpeza_do_canal_de_esgoto_praias.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28154/indicacao_no_054_-_2026_-_lixo_entulho_meio-fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28155/indicacao_no_055_-_2026_-_coletor_lixo_pavimento_drenagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28156/indicacao_no_056_-_2026_-_coletor_lixo_pavimento_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28157/indicacao_no_057_-_2026_-_capinacao_pavimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28158/indicacao_no_058_-_2026_-_escada_pintura_de_meio-fio_asfalto_assinado.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28159/indicacao_no_059_-_2026_-_lixo_calcadas_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28160/indicacao_no_060_-_2026_-_entulho_calcadas_e_pavimento.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28161/indicacao_capinacao_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28162/indicacao_capinacao_-_rua_10_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28163/indicacao_capinacao_-_rua_27_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28164/indicacao_capinacao_-_rua_da_igreja_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28165/indicacao_capinacao_-_rua_tacito_jose_grubba_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28166/indicacao_desobstrucao_de_galerias_-_av_eraldo_gueiros_leite_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28167/indicacao_desobstrucao_de_galerias_-_rua_manoel_de_oliveira_lins_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28168/indicacao_drenagem_galerias_-_rua_vicente_yanes_pinzon_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28169/indicacao_entulho_-_av_almirante_paulo_moreira_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28170/indicacao_iluminacao_-_rua_27_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28171/indicacao_limpeza_canal_-_rua_11_-_lot_nova_era_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28172/indicacao_limpeza_canal_-_rua_das_gracas_-_lot_nova_era_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28173/indicacao_limpeza_canal_-_rua_do_triunfo_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28174/indicacao_limpeza_canaleta_-_av_almirante_paulo_moreira_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28175/indicacao_limpeza_canaleta_-_rua_8_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28176/indicacao_limpeza_canaleta_-_rua_10_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28177/indicacao_limpeza_canaleta_-_rua_manoel_de_oliveira_lins_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28178/indicacao_pavimentacao_-_av_p_mista_-_barbalho_2.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28179/indicacao_pavimentacao_-_rua_roberto_alves_-_barbalho_2.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28180/indicacao_recapeamento_-_rua_da_igreja_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28181/indicacao_recapeamento_-_rua_jose_clarindo_de_albuquerque_-_malaquias.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28182/indicacao_recapeamento_-_rua_vicente_yanes_pinzon_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28183/av._paulo_moreira-_garapu-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28184/rua_quarenta_numero_12_-_bairro_sao_francisco_-_cacamba_pra_recolher_barro_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28185/av._governador_miguel_arraes_recapeamento_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28186/praca_santa_rosa_capinacao_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28187/rua_vereador_volney_da_costa_machado_limpeza_do_canal_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28188/rua_noventa_e_quatro_pavimentacao_e_saneamento_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28189/rua_quarenta_e_quatro_limpeza_de_esgoto_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28190/rua_joao_belarmino_da_rocha_entulhos_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28191/rua_dom_afonso_limpeza_e_capinacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28192/rua_vinte_e_umpavimentacao_e_drenagem_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28193/capinacao_e_limpeza_da_rua_messias_firmino_no_loteamento_novo_horizonte_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28194/pavimentacao_da_rua_da_linha_ligando_a_rua_2.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28195/pavimentacao_da_travessa_da_rua_36_trinta_e_seis_no_bairro_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28196/pavimentacao_da_rua_rua_iris_barros.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28197/pavimentacao_da_travessa_da_rua_4_quatro_por_tras_da_estacao_de_tratamento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28198/ampliacao_com_area_de_lazer_na_escola_guiomar_de_albuquerque_maranhao.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28199/sinalizacao_horizontal_e_vertical_alem_da_reposicao_asfaltica_de_todo_acostamento_da_antiga_rodovia_br-101_sul.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28201/rua_do_coqueirinho_-_pontezinha-_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28202/av._jardim_das_parque_veras_-_enseada_dos_corais_-_pavimentacao_capinacao_coletores_de_lixo_e_recolha_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28203/rua_radio_clube_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28204/av._almirante_paulo_moreira_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28205/travessa_21_de_abril_numero_18_-_pontezinha_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28206/rua_do_sossego_-_garapu_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28207/rua_miguel_reale_-_garapu_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28208/rua_garanhuns_-_garapu-_entulhos_e_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28209/rua_ibimirim_-_garapu_-_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28210/rua_santa_margarida_-_ponte_dos_carvalhos_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28211/rua_14_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28212/rua_l_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28213/av._nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos-_entulhos_e_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28214/praca_estudante_edesio_ramos_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28215/rua_dos_pinheiros_limpeza_e_capinacao_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28216/rua_jose_lins_teles_placas_de_esgoto_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28217/rua_doutor_costa_junior_limpeza_e_capinacao_rosario_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28218/rua_27_revitalizacao_das_paradas_bairro_da_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28219/rua_pajucara_placas_de_esgoto_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28220/rua_a_tampa_de_esgoto_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28221/rua_nove_revitalizacao_das_escadarias_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28222/rua_doze_revitalizacao_da_escadaria_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28223/rua_hercilia_tavares_limpeza_e_capinacao_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28224/setor_dois_regularizacao_da_coleta_de_lixo_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28225/02-_rua_23.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28226/03-pontezinha_sossego.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28227/04-_2_travessa_merendiba.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28228/05-_rua_da_mocidade.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28229/06-rua_21_de_abril.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28230/08-rua_do_limite.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28262/indicacao_totem_agua.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28232/11-av_conde_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28234/indicacao_barreira_-_1tv_rua_18_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28235/indicacao_capinacao_-_rua_17_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28236/indicacao_capinacao_-_rua_a_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28237/indicacao_desobstrucao_de_galerias_-_rua_do_bueiro_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28238/indicacao_entulho_-_rua_a_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28239/indicacao_escadaria__corrimao_-_rua_19_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28240/indicacao_limpeza_canal_-_av_um_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28241/indicacao_limpeza_canal_-_quadra_3__nova_era_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28242/indicacao_limpeza_canaleta_-_rua_da_igreja_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28243/indicacao_limpeza_canaleta_-_rua_do_bueiro_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28244/indicacao_melhorias_calcadao_gaibu.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28245/indicacao_pavimentacao_-_rua_17_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28247/requalificacao_da_arena_carecao.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28248/capinacao_e_limpeza_em_frente_a_unidade_do_mendo_sampaio__na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28249/capinacao_e_limpeza_na_av._historiador_pereira_da_costa_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28250/implantacao_de_abrigo_de_parada_de_onibus_em_frente_a_unidade_de_saude_mendo_sampaio.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28251/implantacao_de_abrigos_de_parada_de_onibus_em_frente_ao_grau_tecnico_no_municipio_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28252/revitalizacao_praca_do_america_2026.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28253/requalificacao_praca_santa_terezinha_2026.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28254/recapeamento_rua_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28255/requalificacao_das_canaletas_rua_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28258/indicacao_2026-_coletor_de_lixo_-_em_frente_ao_terminal_de_onibus__bairro_de_massangana..pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28259/indicacao_2026-_coletor_de_lixo_-_em_frente_a_escola_municipal_joaquim_nabuco.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28260/indicacao_2026-_excesso_acumulo_coletor_de_lixo_-_rua_oliveira_cardoso__enseada_dos_corais.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28261/indicacao_2026-_reparo_de_calcadas_na_avenida_paulo_almirante_moreira.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28263/8-.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28264/9.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28265/10.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28266/12.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28267/13.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28268/14.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28269/15.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28270/16.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28271/17.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28272/sem_titulo_11.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28273/capinacao_terreno_da_guarda.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28274/indicacao_entulho_-_rua_marta_dantas_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28275/rua_dos_carneiros_limpeza_canal_e_capinacao_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28276/usf_de_arariba_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28277/rua_amaro_jose_entulho_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28278/rua_trapiche_linha_ferrea_limpeza_canal_e_capinacao_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28279/rua_seis_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28280/loteamento_bom_conselho_limpeza_canaletas_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28281/travessa_das_saudadesentulhos_malaquias_assinado.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28282/rua_jose_clarindo_de_albuquerque_entulhos_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28283/rua_alto_sao_sebastiao_recapeamento_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28284/rua_do_rio_entulho_e_capinacao_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28285/rua_dos_pescadores_entulhos_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28286/travessa_dois_da_rua_vinte_entulho_e_capinacaocharnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28287/rua_cornelio_jose_da_silva_entulhos_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28288/rua_jaboatao_dos_guararapes_tampa_de_esgoto_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28289/mercadao_reparo_centro_do_cabo_assinado.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28290/indicacao_no_061_-_2026_-_capinacao_coletor_lixo_pavimento_galerias_e_pintura_de_meio_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28291/indicacao_no_062_-_2026_-_capinacao_coletor_lixo_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28292/indicacao_no_063_-_2026_-pavimento_galerias_calcada_e_poda_assinado.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28293/indicacao_no_064_-_2026_-_capinacao_poda_pavimento_canal_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28294/rua_jardim_das_paqueviras_pavimentacao_e_drenagem_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28295/rua_dois_pavimentacao_e_drenagem_engenho_serraria_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28296/rua_edwirges_gomes_de_melo_entulhos_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28297/av._refibras_pavimentacao_e_drenagem_pista_preta_assinado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28298/rua_coronel_artur_cisneiros_limpeza_e_capinacaocentro_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28299/rua_quatro_limpeza_e_capinacao_alto_dos_funcionarios_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28300/rua_olegario_alves_da_silva_limpeza_e_capinacao_destilaria_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28301/rua_laurentino_gomes_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28302/av._laura_cavalcante_coletores_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28303/rua_cinco_loteamento_ilha_limpeza_e_capinacao_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28304/rua_vicente_francisco_de_barros_limpeza_e_capinacao_destilaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28305/rua_27_limpeza_e_capinacao_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28306/rua_hercilia_tavares_recapeamento_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28307/rua_33_coletores_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28309/indicacao_2025-limpeza_do_canal_av_01.docx.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28310/indicacao_2026-_acumulo_coletor_de_lixo_rua_do_poe_enseada.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28311/indicacao_2026-esgoto_lancado_na_praia_de_enseada.docx.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28312/indicacao_2026-_acumulo_coletor_de_lixo_rua_evandro_regis_gaibu.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28313/indicacao_2026-_acumulo_coletor_de_lixo_rua_jose_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28314/indicacao_2026-_acumulo_coletor_de_lixo_rua_vi_doze_enseada.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28315/indicacao_2026-_buraco_na_calcada_avenida_vereador_lucio_fernando.docx.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28316/indicacao_2026-_acumulo_coletor_de_lixo_rua_20_itapuama.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28317/rua_estudante_edesio_ramos_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28318/rua_quatro_-_ponte_dos_carvalhos_-_limpeza_de_canaleta_assinado.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28319/quadra_gibao_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28320/rua_e_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28321/antiga_br_101_em_frente_ao_hotel_bom_conselho_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28322/rua_da_reconciliacao_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28323/rua_vinte_e_dois_-_ponte_dos_carvalhos_-_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28324/rua_sao_jose_-_ponte_dos_carvalhos_-_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28325/area_externa_da_biblioteca_joaquim_nabuco_-_centro_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28326/rua_dr_fernando_goncalves_cascao_-_centro_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28327/rua_coronel_arthur_cisneiros_-_centro_-_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28328/rua_antonio_martins_-_centro_-_restauracao_tampa_de_bueiro_e_reconstrucao_da_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28329/rua_visconde_de_campo_grande_-_centro-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28330/rua_da_erosao_-_centro_-_capinacao_e_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28331/usf_torrinha_-_centro_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28332/rua_quatro_por_tras_da_prefeitura_-_centro_-_capinacao_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28333/rua_primeira_travessa_paulo_de_andrade_-_cohab_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28334/rua_paulo_de_andrade_-_cohab_-_escadaria_corrimao_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28335/rua_presidente_tancredo_neves_-_cohab_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28336/rua_vinte_e_sete_-_cohab_-_capinacao_limpeza_de_entulho_e_restauracao_de_gradil_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28337/rua_marcelino_da_paixao_viana_-_cohab_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28338/rua_jose_apolonio_matias_-_cohab_-_pavimentacao_limpeza_de_entulhos_e_capinacao._assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28340/rua_professora_maria_do_carmo_de_souza_-_cohab_-_pavimentacao_limpeza_de_entulhos_e_capinacao._assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28341/rua_pastor_natanael_barbosa_medrado_-_cohab-_poda_de_arvore_e_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28342/rua_belo_jardim_-_garapu_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28343/em_frente_a_escola_mun._ver._joao_ciriaco_da_silva_-_charneca_-_recolha_de_lixos_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28344/usf_alto_jose_do_pires_-_ponte_dos_carvalhos_-_reestruturacao_e_retomada_do_atendimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28345/rua_belem_de_sao_francisco_-_garapu_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28346/rua_10_loteamento_nova_era_prox._mercearia_da_lu_-_ponte_dos_carvalhos_-_pavimentacao_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28347/praca_do_marisco_-_potezinha_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28348/travessa_do_pescador_-_pontezinha_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28349/rua_do_barro_-_pontezinha-_recolocacao_da_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28350/via_local_pe60_em_frente_a_madeireira_avenida_-_recolocacao_da_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28351/rua_manoel_maria_caetano_bom_-_sapucaia_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28352/travessa_do_acafrao_-_pontezinha_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28353/rua_antiga_estrada_de_gaibu_prox._a_locar_-_garapu_-_capinacao_e_reconstrucao_da_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28354/07-2026_-_adicao_de_coletor_de_lixo_-_r._jose_lins_teles_x_estrada_velha_do_cabo_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28355/08-2026_-_reposicao_de_tampa_de_galeria_-_r._arnobio_marques_gama_e_r._nova_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28356/09-2026_-_reposicao_de_tampa_de_galeria_-_r._jose_lins_teles_e_estrada_de_barro_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28357/10-2026_-_poda_de_arvores_-_r._jose_lins_teles_-_vila_social.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28358/11-2026_-_manutencao_da_praca_jose_aniceto_-_vila_social.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28359/12-2026_-_poda_de_arvores_-_r._vereador_gilberto_fragoso_-_vila_social.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28360/14-2026_-_reposicao_de_tampas_de_canaletas_-_r._dr._jose_francisco_de_melo_cavalcanti_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28361/13-2026_-_iluminacao_publica_-_pontilhao_-_vila_social.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28362/15-2026_-_adicao_de_coletor_de_lixo_-_r._dr._jose_francisco_de_melo_cavalcanti_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28363/16-2026_-_reposicao_de_tampas_de_canaletas_-_r._jose_lins_teles.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28364/17-2026_-_manutencao_do_guarda-corpo_-_r._agripino_xavier_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28365/20-2026_-_manutencao_do_guarda-corpo_-_patio_do_mercadao_-_centro.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28366/18-2026_-_manutencao_do_guarda-corpo_-_av._nelson_mendes_da_silva_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28367/19-2026_-_manutencao_do_guarda-corpo_-_r._divonete_barbosa_dos_santos_-_santo_inacio.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28368/21-2026_-_substituicao_de_poste_enferrujado_-_historiador_-_centro.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28369/22-2026_-_rondas_ostensivas_-_centro.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28370/23-2026_-_pavimentacao_-_r._alto_do_sol_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28371/28-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._jose_de_castro_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28372/24-2026_-_adicao_de_coletores_-_r._alto_do_sol_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28373/27-2026_-_recapeamento_-_r._da_acude_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28374/25-2026_-_adicao_de_coletores_-_abrigo_nando_cordel_-_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28375/26-2026_-_capinacao_e_limpeza_de_canal_-_r._francisco_de_assis_da_silva_teixeira_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28376/29-2026_-_pavimentacao_-_r._jose_de_castro_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28377/30-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._marta_holanda_de_albuquerque_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28378/31-2026_-_pavimentacao_-_r._marta_holanda_de_albuquerque_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28379/32-2026_-_rondas_ostensivas_-_condominio_novo_tempo_v_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28380/33-2026_-_capinacao_limpeza_limpeza_de_esgoto_e_coletor_-_cond._novo_tempo_v_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28381/34-2026_-_capinacao_e_limpeza_-_usf_andre_cardoso_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28382/35-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._ana_isabel_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28383/36-2026_-_pavimentacao_-_r._ana_isabel_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28384/37-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._cristina_tavares_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28385/38-2026_-_pavimentacao_-_r._cristina_tavares_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28386/39-2026_-_capinacao_limpeza_drenagem_e_coletor_-_r._47_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28387/40-2026_-_pavimentacao_-_r._47_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28388/41-2026_-_recapeamento_-_qd._91_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28389/46-2026_-_recapeamento_-_qd._96_apos_a_quadra_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28390/42-2026_-_remocao_dos_animais_de_grande_porte_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28391/43-2026_-_poda_de_arvores_-_qd._96_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28392/44-2026_-_capinacao_e_limpeza_de_canal_-_qd._96_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28393/45-2026_-_manutencao_da_quadra_da_rua_96_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28394/47-2026_-_limpeza_na_rede_de_esgoto_qd._95-96_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28395/51-2026_-_capinacao_e_limpeza_-_qd._101_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28396/48-2026_-_limpeza_na_rede_de_esgoto_-_qd._93_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28397/49-2026_-_iluminacao_publica_-_poceiros_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28398/50-2026_-_rondas_ostensivas_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28399/52-2026_-_limpeza_na_rede_de_esgoto_-_qd._99_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28400/53-2026_-_coletor_de_lixo_-_r._arthur_bertino_-_destilaria.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28404/indicacao_praca_da_pentecostal.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28405/indicacao_capinacao_praca_juventude.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28406/indicacao_rua_40_cohab.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28407/praca_jose_dos_santos_limpeza_cohab_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28408/av._escritor_israel_felipe_placas_de_esgotovila_roca_assinado.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28409/rua_coqueirinho_coletores_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28410/rua_18_entulhos_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28411/rua_antonio_olivio_dos_santos_recapeamento_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28412/rua_quatro_entulhos_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28413/rua_sao_bento_do_una_entulhos_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28414/rua_praca_dos_milagres_entulhos_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28415/travessa_dois_da_rua_vinte_e_oito_limpeza_charnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28416/rua_divonete_barbosa_dos_santos_limpeza_jardim_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28417/9-manutencao_do_asfalto._travessa_da_merendiba._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28418/7-linha_dagua.rua_nossa_senhora_do_carmo._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28419/8-linha_dagua._rua_eduardo_lira._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28420/1-capinacao_rua_do_litoral_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28421/2-limpeza_da_linha_dagua.rua_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28422/3-limpeza_da_linha_dagua.rua_jose_costantino-pontezinha.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28423/4-linha_dagua._rua_da_juventude._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28424/5-linha_dagua._rua_da_batalha._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28425/6-linha_dagua._rua_central._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28426/rua_major_jose_paulo_-_centro_-_recolocacao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28427/av._dr._miguel_arraes_-ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28428/rua_das_violetas_-ponte_dos_carvalhos_-_limpeza_do_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28429/rua_estrada_do_cemiterio_novo_prox._a_escola_mun._douglas_menezes_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28430/rua_um_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28431/escola_jose_clarindo_gomes_-_ponte_dos_carvalhos_-_capinacao_e_coleta_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28432/rua_do_cemiterio-_ponte_dos_carvalhos_-_recolha_de_lixos_e_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28433/rua_do_cemiterio_prox._ao_espaco_ana_leticia_-_ponte_dos_carvalhos_-_recapeamento_de_buraco_assinado.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28434/rua_seis_prox._a_escola_mun._jose_clarindo_gomes_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28435/rua_vinte_e_um_-_ponte_dos_carvalhos_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28436/4a_travessa_do_cemiterio_prox._a_escola_mun._douglas_menezes_assinado.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28437/rua_doutor_jose_bezerra_filho_limpeza_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28438/rua_amaro_pereira_cavalcanteentulhos_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28439/rua_yanez_pinzon_recapeamento_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28440/rua_dezessete_coletores_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28441/rua_antonio_augusto_dos_santos_limpeza_e_capinacao_vila_santo_inacio_assinado.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28442/rua_teixeira_de_sa_tampa_de_esgoto_centro_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28443/rua_nove_recapeamento_alto_da_bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28444/rua_quarenta_e_um_entulhos_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28445/av._prefeito_diomendes_ferreira_de_melocoletores_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28446/av._governador_miguel_arraes_limpeza_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28447/implantacao_de_postes_com_iluminacao_em_tecnologia_de_led_da_br_101_sul_da_charneca_ao_bairro_de_pirapama_no_municipio_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28448/capinacao_e_limpeza_da_rua_40_no_bairro_da__charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28449/capinacao_e_limpeza_da_rua_da_praca_do_loteamento_nilton_carneiro_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28450/capinacao_e_limpeza_na_avenida_brasil_novo_horizonte_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28451/capinacao_e_limpeza__na_rua_da_alvorada_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28452/indicacao_canaletas_-_rua_manoel_maria_caetano_bom_-_sapucaia.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28453/indicacao_canaletas_-_vila_dos_pinheiros_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28454/indicacao_capinacao_-_3tv_joao_amaro_dos_santos_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28455/indicacao_capinacao_-_rua_manoel_maria_caetano_bom_-_sapucaia.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28456/indicacao_capinacao_-_vila_dos_pinheiros_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28457/indicacao_coletor_de_lixo_-_rua_27_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28458/indicacao_entulho_-_3tv_joao_amaro_dos_santos_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28459/indicacao_drenagem_canaletas_-_av_jose_fragoso_-_sapucaia.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28460/indicacao_entulho_-_av_prefeito_diomedes_ferreira_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28461/indicacao_meio-fio_-_av_prefeito_diomedes_ferreira_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28462/indicacao_entulho_-_rua_marques_do_herval_-_centro.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28463/indicacao_entulho_-_tv_da_esperanca_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28464/indicacao_recapeamento_-_av_jose_fragoso_-_sapucaia.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28465/requalificacao_tampa_de_boeiro_rua_a_ptz.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28466/requalificacao_tampa_de_boeiro_rua_macal__ptz.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28467/requalificacao_tampa_de_boeiro_rua_da_batalha__ptz.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28468/requalificacao_tampa_de_boeiro_rua_central_ptz.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28469/requalificacao_tampa_de_boeiro_rua_abaete_ptz.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28470/requalificacao_tampa_de_boeiro_rua_do_maestro_ptz.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28471/requalificacao_tampa_de_boeiro_rua_do_nilo_ptz.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28472/12-linha_dagua_rua_metripolitana._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28473/13-linha_dagua_rua_japi._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28474/14-linha_dagua_._rua_do_limite.pontezinha.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28475/10-linha_dagua_rua_clarin._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28476/11-limpeza_da_linha_dagua_rua_da_merendiba._pontezinha.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28477/rua_83_em_frente_ao_educandario_ilana_cavalcanti_-_cohab-_retirada_de_entulhos_de_residencia_solicitando_a_vigilancia_sanitaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28478/rua_travessa_do_caiongo_-_ponte_dos_carvalhos_-_recapeamento_asfaltico_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28479/rua_33_antiga_casa_de_farinha_-_ponte_dos_carvalhos_-_implantacao_de_escadaria_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28480/rua_da_paz_engenho_ilha_41-_ponte_dos_carvalhos_-_recapeamento_asfaltico_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28481/rua_da_paz_proximo_a_academia_nova_era_-_ponte_dos_carvalhos_-_pavimentacao_capinacao_e_drenagem_de_esgoto_a_ceu_aberto._assinado.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28482/indicacao_0002_assinado.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28483/indicacao_0001_assinado.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28484/indicacao_0003_assinado.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28485/indicacao_0004_assinado.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28486/indicacao_0005_assinado.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28487/indicacao_0003_assinado.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28488/r_jose_nunes_da_silva-_mangueirinha_-_gaibu_-coletor_assinado.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28489/av_um_pe28_-_gaibu_-_manut_de_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28490/r._santa_margarida_-_pte_dos_carvalhos_-_implantacao_de_corrimao_assinado.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28491/escola_wolney_da_costa_machado-_ens_dos_corais_-_manut_externa_assinado.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28497/rua_prefeito_jose_alberto_de_lima_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28498/rua_manoel_alfredo_carvalho_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28499/rua_doutor_jose_francisco_de_cavalcante_-santo_inacio_-_capinacao_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28500/rua_53_numero_39_-_bairro_sao_francisco-_capinacao_e_recolha_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28501/rua_luiz_emanuel_de_barros_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28502/rua_doutor_gabriel_dourado_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28503/rua_domingos_afonso_ferreira_paiva_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28504/rua_vicente_pinzon_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28505/rua_professora_raquel_de_morais_fraga_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28506/rua_22-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28507/rua_vereador_francisco_pessoa_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28508/rua_lagoa_grande_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28509/rua_severino_fortunato_dos_santos_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28510/indicacao_no_065_-_2026_-_capinacao_pavimento_calcada_e_galeria_assinado.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28511/indicacao_no_068_-_2026_-_capinacao_calcada_saneamento_basico_assinado.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28512/indicacao_no_066_-_2026_-_capinacao_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28513/indicacao_no_072_-_2025_-_capinacao_calcada_reforco_policial_assinado.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28514/indicacao_no_071_-_2026_-_capinacao_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28515/indicacao_no_067_-_2026_-_pavimento_drenagem_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28516/indicacao_no_069_-_2026_-_capinacao_pavimento_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28517/indicacao_no_070_-_2026_-_capinacao_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28518/indicacao_no_073_-_2025_-_capinacao_calcada_reforco_policial_assinado.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28519/indicacao_no_075_-_2026_-_capinacao_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28520/indicacao_no_074_-_2026_-_capinacao_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28521/indicacao_no_076_-_2026_-_parada_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28522/indicacao_2026-tampa_de_bueiro_e_capinacao_rua_miguel_reale_1.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28523/indicacao_2026-limpeza_e_capinacao_rua_almirante_paulo_moreira_1.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28524/indicacao_2026-limpeza_do_canal_rua_miguel_reale.docx_1.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28525/indicacao_2026-limpeza_das_margens_do_rio_1.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28526/indicacao_2026-_buraco_na_calcada_rua_miguel_reale.docx_1.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28527/indicacao_2026_-_pavimentacao_rua_radio_clube_1.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28528/indicacao_2026_-_pavimentacao_rua_do_sossego_1.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28529/indicacao_2026_-_pavimentacao_rua_carlos_drummond_1.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28530/indicacao_2026_-_pavimentacao_rua_almirante_paulo_moreira_1.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28531/18-.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28532/19.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28533/20.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28534/22.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28535/23.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28537/rua_maria_helena_lopes_-_santo_inacio_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28538/rua_escritor_israel_felipe_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28539/rua_professor_luiz_carlos_passos_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28540/rua_da_estacao_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28541/rua_ivonete_barbosa_dos_santos_-_santo_inacio-_recapeamento_asfaltico_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28542/av._jose_faustino_dos_santos_-_santo_inacio-_recapeamento_asfaltico_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28543/rua_agripino_xavier_-_santo_inacio-_recapeamento_asfaltico_limpeza_do_canal_podase_de_arvore_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28544/rua_julio_lira_de_melo_-_santo_inacio_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28546/3a_travessa_da_anibal_cardoso_recapeamento_bairro_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28547/unidade_de_saude_da_familia_retirada_de_entulho_charnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28548/rua_abdon_entulhos_e_capinacao_enseadas_dos_corais_assinado.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28549/rua_jaboatao_dos_guararapes_recapeamento_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28550/rua_13_limpeza_e_capinacao_itapuama_assinado.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28551/rua_07_limpeza_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28552/rua_jose_duarte_aguiar_sinalizacao_horizontal_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28553/rua_dr._manoel_clementinolimpeza_das_canaletas_bairro_sao_judas_tadeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28554/rua_washington_luiz_limpeza_das_canaletas_bairro_sao_judas_tadeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28555/rua_gov._miguel_arraes_entulhos_e_capinacao_vila_claudete_assinado.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28556/indicacao___jonh___2026_-3.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28558/indicacao__27_john_2026-4.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28559/indicacao__rua_55__jonh_2026-5.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28560/indicacao__john__2026-1.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28561/26.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28562/24.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28563/25.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28564/29.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28565/27.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28566/28.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28567/31.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28568/30.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28570/r_francisco_de_assis_teixeira_-vila_esperanca_-_cohab_-_coletor_assinado.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28571/r_j_doutor_inacio_de_barros_-_centro_-coletor_assinado.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28572/praca_na_rua_onildo_marinho_espindola_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28573/rua_um_loteamento_nova_era_limpezaponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28574/rua_ester_alves_dos_santoscapinacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28575/rua_luiz_gozaga_pavimentacao_cidade_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28576/rua_jose_bezerra_entulhos_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28577/rua_maria_da_conceicao_da_silva_capinacao_vila_claudete_assinado.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28578/rua_jose_lins_teles_entulhos_vila_social_conta_mucambo_assinado.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28579/indicacao__jonh___2026_-8.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28580/indicacao____jonh_20269.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28581/indicacao__john_2026-10.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28582/indicacao__jonh_2026-_12.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28583/indicacao_john__2026-13.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28584/rua_zelia_xavier_da_silva_-santo_inacio_-_recolocacao_tampa_de_bueiro_e_recolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28585/centro_social_urbano_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28586/rua_24_-santo_inacio_-_recolocacao_tampa_de_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28587/rua_antonio_augusto_dos_santos_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28588/rua_do_zumbi_-_santo_inacio-_desobstrucao_de_esgoto_assinado.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28589/rua_amaurilio_veloso_-santo_inacio-_capinacao_desobtrucao_de_esgoto_e_recolhimento_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28590/rua_florencio_de_albuquerque_-_santo_inacio_-_limpeza_de_canaleta_recolha_de_entulho_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28591/rua_manoel_francisco_do_nascimento_-_santo_inacio_-_limpeza_de_canaleta_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28592/rua_pedro_borba_-santo_inacio-_capinacao_desobstrucao_de_esgoto_e_recolhimento_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28593/rua_vereador_benedito_alves_dos_santos_-_santo_inacio_-_limpeza_de_canaleta_recolhimento_de_entulho_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28594/rua_sete_de_setembro-_santo_inacio_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28595/rua_joao_batista_de_araujo_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28596/rua_sebastiao_barreto_-_santo_inacio_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28597/rua_vereador_alderico_marques_da_silva_-_santo_inacio-_desobstrucao_de_esgoto_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28599/rua_do_acude-_garapu_-_rocolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28600/rua_enfermeira_dona_zefinha_-ponte_dos_carvalhos-_recapeamento_asfaltico_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28601/rua_jose_lins_teles_-_vila_social-_tampa_de_bueiro_capinacao_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28602/rua_trapiche_-_vila_social-_capinacao_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28603/rua_jose_rego_da_silva_-_vila_social_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28604/pracinha_comunitaria_rua_onildo_marinho_espindola_-santo_inacio_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28605/rua_firmo_barbosa_de_souza_-_vila_social_-_tampa_de_bueiro_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28606/rua_vereador_volney_da_costa_machado_-_vila_social-_capinacao_recolhimento_de_entulho_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28607/rua_alice_torres_da_silva_-_vila_social_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28608/rua_vereador_gilberto_fragoso_-vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28609/rua_jorge_gomes_de_oliveira_vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28610/rua_alarico_nunes_serra_-_vila_social_-_rocolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28611/rua_edwirges_gomes_de_melo_-_vila_social_-_capinacao_e_recolhimento_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28612/rua_amarina_cavalcante_torres_-_vila_social_-_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28613/rua_antonio_jose_lins_-_vila_social-_capinacao_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28614/copia_de__indicacao-_a_limpeza_e_capinacao_da_rua_dezessete_bairro_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28615/_copia_de_indicacao-_a_revitalizacao_da_escadaria_da_rua_dezessete_.sao_francisco_.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28616/_copia_de__indicacao-_a_limpeza_e_capinacao_e_recapeamento_do_asfalto_da_rua_dezessete.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28617/copia_de_a_pavimentacao_na_rua_abizai_jose_de_lima_garapu_.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28618/_copia_de_indicacao-a_implantacao_de_coletores_de_lixo_e_limpeza_na_rua_43sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28619/copia_de__indicacao-a_limpeza_e_capinacao_da_rua_jose_lins_teles__destilaria.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28620/copia_de__indicacao-a_limpeza_e_capinacao_da_rua_jose_bezerra_filho_centro_1.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28621/copia_de_indicacao-_a_capinador_pavimentacao_fica_na_rua_do_bueiro_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28622/indicacao_implantacao_de_led_roberto_basto_da_silva__rosario.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28623/indicacao_implantacao_de_coletores_de_lixo_rua_luis_caetano_gomes_rosario.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28624/indicacao_01_2026.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28625/indicacao_02_2026.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28626/indicacao_03_2026.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28627/indicacao_04_2026.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28628/indicacao_05_2026.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28629/indicacao_06_2026.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28630/indicacao_07_2026.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28631/indicacao_08_2026.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28632/indicacao_10_2026.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28633/indicacao_09_2026.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28637/indicacao_11_2026.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28638/indicacao_12_2026.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28639/indicacao_13_2026.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28640/indicacao_14_2026.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28642/indicacao_2026_-_reforma_escola_joaquim_nabuco.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28643/indicacao_2026_-_limpeza_do_pv_rua_vicente_pinzon.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28644/indicacao_2026_-_reforma_escola_ana_maria.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28645/indicacao_2026_-_reforma_posto_de_saude_engenho_novo.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28646/indicacao_15_2026.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28647/indicacao_16_2026.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28648/indicacao_17_2026.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28649/indicacao_18_2026.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28650/indicacao_19_2026.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28651/indicacao_20_2026.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28652/indicacao_21_2026.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28653/rua_20_limpeza_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28654/rua_21_de_abril_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28655/rua_alto_do_cruzeiro_capinacao_e_pintura_meio_fio_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28656/rua_teixeira_de_sa_requalificacao_calcada_torrinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28657/rua_jose_clarindo_de_albuquerque_capinacao_e_pintura_meio_fio_malaquias_assinado.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28658/rua_joao_marinho_espindola_requalificacao_da_calcada_malaquias_assinado.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28659/rua_olegario_alves_coletores_destilaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28660/rua_antonio_ferreira_dias_capinacao_e_pintura_de_meio_fio_destilaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28661/rua_antonio_marinho_requalificacao_das_calcadas_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28662/rua_antonio_alves_da_cunha_capinacao_e_pintura_meio_fio_ponte_dos_carvalhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28663/requalificacao_tampa_de_boeiro_rua_da_mocidade.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28664/requalificacao_tampa_de_boeiro_rua_do_litoral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28665/requalificacao_tampa_de_boeiro_rua_nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28666/requalificacao_tampa_de_boeiro_rua_central.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28667/requalificacao_tampa_de_boeiro_rua_constatino.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28668/rua_iris_barros_requalificacao_e_pintura_meio_fio_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28669/rua_antonio_jose_paiva_capinacao_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28670/rua_messias_coletores_charnequinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28671/av._gov._eraldo_gueiros_leite_capinacao_e_pintura_de_meio_fio_garapu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28672/rua_pesqueira_coletores_vila_claudete_assinado.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28673/rua_eunice_severina_da_silva_iluminacao_vila_claudete_assinado.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28674/rua_da_estacao_coletores_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28675/rua_um_coletores_pontezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28676/rua_01_limpeza_e_capinacao_engenho_massangana_assinado.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28677/rua_pedro_afonso_limpeza_de_canal_gaibu_assinado.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28678/rua_trapichesinalizacao_de_lombadas_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28679/rua_sofia_ramos_recapeamento_vila_dr._manoel_clementino_assinado.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28680/rua_inacio_manoel_limpeza_e_capinacao_rosario_assinado.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28681/rua_santa_cruz_pavimentacao_e_drenagem_garapu_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28682/indicacao_para_reconhecimento_facial_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28683/indicacao_para_bombeiro_civil_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28684/servico_de_poda_de_arvores_na_via_local_da_charneca.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28685/que_seja_realizado_servico_de_poda_de_arvores_na_praca_das_azeitonas_no_bairro_da_charneca__neste_municipio7.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28686/16-_indicacao-_multirao_de_limpeza_rua_da_maraba_em_pontezinha..pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28687/17-indicacao_-_1o_travessa_da_matriz_em_pontezinha..pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28688/18-indicacao-tampa_de_esgoto_rua_apojeu_ponte_dos_carvalhos..pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28689/19-_tampa_de_esgoto_rua_02_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28690/20-indicacao-limpeza_de_caneleta_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28691/21-indicacao-limpeza_de_canaletas_rua_do_apojeu_pontezinha.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28692/que_viabilize_a_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_dos_ferreiros_em_merces_no_cabo_de_santo_agostinho__pe..pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28693/que_viabilize_a_realizacao_da_obra_de_recapeamento_asfaltico_tapa_buracos_na_rua_barbara_andreia_no_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28694/que_viabilize_a_realizacao_do_servico_de_manutencao_da_estrada_principal_da_barragem_de_pirapama_no_cabo_de_santo_agostinho__pe..pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28697/que_viabilize_a_realizacao_do_servico_de_manutencao_e_pintura_da_passarela_no_bairro_da_charneca_no_cabo_de_santo_agostinho__pe..pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28698/ind_creche_tururu_-_pirapama_assinado.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28699/indicacao_0005_assinado.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28700/indicacao_0003_assinado.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28701/indicacao_0001_assinado.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28702/indicacao_0002_assinado.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28703/indicacao_0004_assinado.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28704/indicacao_canaletas_-_rua_olavo_bilac_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28705/indicacao_canaletas_-_rua_02_alto_dos_funcionarios_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28706/indicacao_canaletas_-_rua_da_aurora_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28707/indicacao_capinacao_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28708/indicacao_capinacao_-_loteamento_nova_era_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28709/indicacao_capinacao_-_engenho_tiriri.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28710/indicacao_capinacao_-_rua_02_alto_dos_funcionarios_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28711/indicacao_capinacao_-_rua_eunice_severina_da_silva_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28712/indicacao_capinacao_-_rua_governador_miguel_arraes_de_alencar_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28713/indicacao_capinacao_-_rua_projetada_a_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28714/indicacao_capinacao_-_tv_da_rua_34_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28715/indicacao_coletor_de_lixo_-_engenho_tiriri.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28716/indicacao_entulho_-_rua_do_acude_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28717/indicacao_entulho_-_rua_eunice_severina_da_silva_-_vila_claudete.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28718/indicacao_entulho_-_rua_governador_miguel_arraes_de_alencar_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28719/indicacao_esgoto_-_rua_04_alto_dos_funcionarios_-_pirapama.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28720/indicacao_entulho_-_rua_projetada_a_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28721/indicacao_esgoto_-_rua_50_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28722/indicacao_manutencao_de_praca_-_loteamento_nova_era_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28723/indicacao_manutencao_calcadas_-_av_nossa_senhora_do_bom_conselho_-_ponte_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28724/indicacao_meio-fio_-_rua_olavo_bilac_-_garapu.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28725/indicacao_recapeamento_-_rua_da_aurora_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28726/indicacao_recapeamento_-_tv_da_rua_34_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28727/indicacao_tampa_de_bueiro_-_3atv_av_jose_fragoso_-_charnequinha.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27458/projeto_de_lei_creche_professora_josefa_costa_santos_1.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27483/pl_-_parque_ayrton_cardoso.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27612/pl_politica_municipal_de_coleta_seletiva_de_residuos_solidos_assinado.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27633/projeto_de_lei_-_permuta_multa_pecuniaria_por_doacao_de_sangue_assinado.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27634/projeto_de_lei_dispa_e_sobre_a_concessa_o_de_prioridade_na_matra_cula_e_na_escolha_de_unidade_escolar_assinado.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27648/projeto_de_lei_-_flanelinhas_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27799/pl_empresa_amiga_do_esporte_atlz_assinado.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27801/pl_estatuto_municipal_de_protecao_defesa_e_bem-estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27800/pl_empresa_amiga_do_esporte_atlz_assinado.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27870/pl_acessibilidade_de_estabelecim_assinado.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27871/pl_semana_nacional_da_prevencao_da_grav_na_adolescencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27872/pl_m-chat_para_realizacao_do_rastreamento_de_sinais_precoces_do_transtorno_do_espectro_autista_assinado.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27873/projeto_de_lei_assistencia_ao_atleta_amador.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27956/projeto_de_lei_posto_medico_rejane_maria.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27981/pl_pneu_em_flor_assinado.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27982/pl_obrigatoriedade_anteced_criminais_assinado.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28052/institui_mecanismos_de_punicao_administrativa_para_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28109/dia_municipal_de_conscientizacao_e_combate_a_violacao_das_prerrogativas_do_advogado_assinado.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28111/institui_o_programa_comunidade_visivel_no_ambito_do_municipio_do_cabo.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28112/institui_a_politica_municipal_de_protecao_e_participacao_da_mulher_na_politica_no_ambito_do_municipio_do_cabo.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28113/criar_a_praca_do_autista_no_municipio_do_cabo.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28114/instituicao_do_programa_municipal_de_vacinacao_domiciliar_para_pessoas_com_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28145/pl_projeto_plenarinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28146/projeto_de_lei__abafadores_auriculares_.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28257/pl_incentivo_de_defesa_pessoal_mulheres_assinado.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28308/projeto_de_lei_dia_do_orgulho_autista_nvc.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28339/nucleo_de_acolhim_maria_efig_assinado.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28401/utilidade_publica_odeces.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28402/projeto_de_lei_saude_dos_jovens.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28403/projeto_de_lei_no__2026_-_denomina_vandete_pereira_da_silva_dona_vanda_praca_na_vila_social_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28492/pl_parques_multissensoriais_assinado.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28493/pl_luz_do_cabo_assinado.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28494/pl_semana_municipal_de_conscientizacao_sobre_desaparecimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28495/pl_ver_para_aprender_assinado.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28496/projeto_de_lei_informacao_no_bairro.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28536/projeto_de_lei_-_creche_engenho_serraria_1.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28545/projeto_de_lei_apoio_psicologico_ao_professores_e_alunos.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28569/projeto_de_lei___programa_municipal_cao_amigo_do_autista.assinado.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28695/pl_chegou_bem_-_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28696/pl_empresa_amiga_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27512/cidadao_joao_gomes.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28598/joao_goita_pdf.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28634/gildinha_enviar_sapl.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27474/requerimento_no_001_-_2026_-_audiencia_publica__transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27646/requerimento_-_voto_de_aplausos_-_caso_blaide_assinado.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27675/req_vila_social_contra_mocambo_-_limp_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27676/caso_sr._chico_-_charneca_assinado.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27711/mercadao_-_sds_assinado.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27744/implantacao_do_programa_gramadao_no_bairro_da_charneca_na_cidade_do_cabo_de_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27770/01_-_requerimento_no_001-2026_-_visita_fiscalizatoria_realizada_na_unidade_de_saude_da_familia_usf_usina_liberdade.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27781/requerimento_guardas_de_transito_nas_escolas_e_senai_assinado.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/27936/requerimento_-_uso_de_arma_de_fogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28110/requerimento_no_-2026_-_informacoes_dessa_secretaria_municipal_de_educacao_acerca_de_demandas_relevantes_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28200/sala_exclusiva_para_mulheres_vitimas_de_violencia_2026.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28233/informacoes_detalhadas_acerca_do_estudo_tecnico_que_embasou_a_implantacao_das_lombadas_eletronicas.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28246/limpeza_das_margens_da_lagoa_do_sesi_com_a_retirada_de_entulho_e_vegetacao_aquatica_e_a_urbanizacao_do_espaco_com_a_construcao_de_uma_orla_incluindo_plantio_de_mudas_de_ipetinho.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28256/poda_das_arvores_ernestina_batista_2026.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28231/apelo_-__-_conserto_de_canos_estourados_nas_ruas_21_de_abril_e_do_pinho_pontezinha..docx" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28557/indicacao__john__2026-2.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28635/requerimento_01_2026.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28636/requerimento_02_2026.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabodesantoagostinho.pe.leg.br/media/sapl/public/materialegislativa/2026/28641/requerimento_03_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H325"/>
+  <dimension ref="A1:H1272"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="17.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -12839,401 +25405,25023 @@
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
         <v>344</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="H311" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>1257</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>1258</v>
       </c>
       <c r="D312" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" t="s">
+        <v>12</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="E312" t="s">
+      <c r="H312" t="s">
         <v>1260</v>
-      </c>
-[...7 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D313" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" t="s">
+        <v>12</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H313" t="s">
         <v>1264</v>
-      </c>
-[...19 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" t="s">
+        <v>12</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H314" t="s">
         <v>1268</v>
-      </c>
-[...19 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" t="s">
+        <v>12</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H315" t="s">
         <v>1272</v>
-      </c>
-[...19 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
       <c r="D316" t="s">
-        <v>1259</v>
+        <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>1260</v>
+        <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>1274</v>
+        <v>1150</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1279</v>
+        <v>1275</v>
       </c>
       <c r="H316" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D317" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" t="s">
+        <v>12</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H317" t="s">
         <v>1280</v>
-      </c>
-[...19 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H318" t="s">
         <v>1284</v>
-      </c>
-[...19 lines deleted...]
-        <v>1288</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>10</v>
+        <v>1286</v>
       </c>
       <c r="D319" t="s">
-        <v>1290</v>
+        <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>1291</v>
+        <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>1292</v>
+        <v>1150</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1293</v>
+        <v>1287</v>
       </c>
       <c r="H319" t="s">
-        <v>1294</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1295</v>
+        <v>1289</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>17</v>
+        <v>1290</v>
       </c>
       <c r="D320" t="s">
-        <v>1290</v>
+        <v>11</v>
       </c>
       <c r="E320" t="s">
+        <v>12</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G320" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="F320" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H320" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>22</v>
+        <v>1294</v>
       </c>
       <c r="D321" t="s">
-        <v>1290</v>
+        <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>1291</v>
+        <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>223</v>
+        <v>1150</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="H321" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H322" t="s">
         <v>1301</v>
-      </c>
-[...19 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
+        <v>12</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="B323" t="s">
-[...14 lines deleted...]
-      <c r="G323" s="1" t="s">
+      <c r="H323" t="s">
         <v>1305</v>
-      </c>
-[...1 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
         <v>1307</v>
       </c>
-      <c r="B324" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D324" t="s">
-        <v>1290</v>
+        <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>1291</v>
+        <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>1085</v>
+        <v>1299</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="H324" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1310</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>12</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" t="s">
+        <v>12</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" t="s">
+        <v>12</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" t="s">
+        <v>12</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D329" t="s">
+        <v>11</v>
+      </c>
+      <c r="E329" t="s">
+        <v>12</v>
+      </c>
+      <c r="F329" t="s">
+        <v>18</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D330" t="s">
+        <v>11</v>
+      </c>
+      <c r="E330" t="s">
+        <v>12</v>
+      </c>
+      <c r="F330" t="s">
+        <v>18</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D331" t="s">
+        <v>11</v>
+      </c>
+      <c r="E331" t="s">
+        <v>12</v>
+      </c>
+      <c r="F331" t="s">
+        <v>18</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" t="s">
+        <v>12</v>
+      </c>
+      <c r="F332" t="s">
+        <v>18</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D333" t="s">
+        <v>11</v>
+      </c>
+      <c r="E333" t="s">
+        <v>12</v>
+      </c>
+      <c r="F333" t="s">
+        <v>18</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D334" t="s">
+        <v>11</v>
+      </c>
+      <c r="E334" t="s">
+        <v>12</v>
+      </c>
+      <c r="F334" t="s">
+        <v>344</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D335" t="s">
+        <v>11</v>
+      </c>
+      <c r="E335" t="s">
+        <v>12</v>
+      </c>
+      <c r="F335" t="s">
+        <v>344</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" t="s">
+        <v>12</v>
+      </c>
+      <c r="F336" t="s">
+        <v>344</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D337" t="s">
+        <v>11</v>
+      </c>
+      <c r="E337" t="s">
+        <v>12</v>
+      </c>
+      <c r="F337" t="s">
+        <v>344</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D338" t="s">
+        <v>11</v>
+      </c>
+      <c r="E338" t="s">
+        <v>12</v>
+      </c>
+      <c r="F338" t="s">
+        <v>344</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D339" t="s">
+        <v>11</v>
+      </c>
+      <c r="E339" t="s">
+        <v>12</v>
+      </c>
+      <c r="F339" t="s">
+        <v>344</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D340" t="s">
+        <v>11</v>
+      </c>
+      <c r="E340" t="s">
+        <v>12</v>
+      </c>
+      <c r="F340" t="s">
+        <v>344</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D341" t="s">
+        <v>11</v>
+      </c>
+      <c r="E341" t="s">
+        <v>12</v>
+      </c>
+      <c r="F341" t="s">
+        <v>344</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D342" t="s">
+        <v>11</v>
+      </c>
+      <c r="E342" t="s">
+        <v>12</v>
+      </c>
+      <c r="F342" t="s">
+        <v>344</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D343" t="s">
+        <v>11</v>
+      </c>
+      <c r="E343" t="s">
+        <v>12</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D344" t="s">
+        <v>11</v>
+      </c>
+      <c r="E344" t="s">
+        <v>12</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D345" t="s">
+        <v>11</v>
+      </c>
+      <c r="E345" t="s">
+        <v>12</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D346" t="s">
+        <v>11</v>
+      </c>
+      <c r="E346" t="s">
+        <v>12</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+      <c r="E347" t="s">
+        <v>12</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D348" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" t="s">
+        <v>12</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D349" t="s">
+        <v>11</v>
+      </c>
+      <c r="E349" t="s">
+        <v>12</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D350" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" t="s">
+        <v>12</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D351" t="s">
+        <v>11</v>
+      </c>
+      <c r="E351" t="s">
+        <v>12</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D352" t="s">
+        <v>11</v>
+      </c>
+      <c r="E352" t="s">
+        <v>12</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D353" t="s">
+        <v>11</v>
+      </c>
+      <c r="E353" t="s">
+        <v>12</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D354" t="s">
+        <v>11</v>
+      </c>
+      <c r="E354" t="s">
+        <v>12</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D355" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" t="s">
+        <v>12</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D356" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" t="s">
+        <v>12</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D357" t="s">
+        <v>11</v>
+      </c>
+      <c r="E357" t="s">
+        <v>12</v>
+      </c>
+      <c r="F357" t="s">
+        <v>79</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D358" t="s">
+        <v>11</v>
+      </c>
+      <c r="E358" t="s">
+        <v>12</v>
+      </c>
+      <c r="F358" t="s">
+        <v>79</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D359" t="s">
+        <v>11</v>
+      </c>
+      <c r="E359" t="s">
+        <v>12</v>
+      </c>
+      <c r="F359" t="s">
+        <v>79</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D360" t="s">
+        <v>11</v>
+      </c>
+      <c r="E360" t="s">
+        <v>12</v>
+      </c>
+      <c r="F360" t="s">
+        <v>79</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D361" t="s">
+        <v>11</v>
+      </c>
+      <c r="E361" t="s">
+        <v>12</v>
+      </c>
+      <c r="F361" t="s">
+        <v>79</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D362" t="s">
+        <v>11</v>
+      </c>
+      <c r="E362" t="s">
+        <v>12</v>
+      </c>
+      <c r="F362" t="s">
+        <v>79</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D363" t="s">
+        <v>11</v>
+      </c>
+      <c r="E363" t="s">
+        <v>12</v>
+      </c>
+      <c r="F363" t="s">
+        <v>79</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D364" t="s">
+        <v>11</v>
+      </c>
+      <c r="E364" t="s">
+        <v>12</v>
+      </c>
+      <c r="F364" t="s">
+        <v>79</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D365" t="s">
+        <v>11</v>
+      </c>
+      <c r="E365" t="s">
+        <v>12</v>
+      </c>
+      <c r="F365" t="s">
+        <v>79</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D366" t="s">
+        <v>11</v>
+      </c>
+      <c r="E366" t="s">
+        <v>12</v>
+      </c>
+      <c r="F366" t="s">
+        <v>79</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D367" t="s">
+        <v>11</v>
+      </c>
+      <c r="E367" t="s">
+        <v>12</v>
+      </c>
+      <c r="F367" t="s">
+        <v>79</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D368" t="s">
+        <v>11</v>
+      </c>
+      <c r="E368" t="s">
+        <v>12</v>
+      </c>
+      <c r="F368" t="s">
+        <v>79</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D369" t="s">
+        <v>11</v>
+      </c>
+      <c r="E369" t="s">
+        <v>12</v>
+      </c>
+      <c r="F369" t="s">
+        <v>79</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D370" t="s">
+        <v>11</v>
+      </c>
+      <c r="E370" t="s">
+        <v>12</v>
+      </c>
+      <c r="F370" t="s">
+        <v>79</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D371" t="s">
+        <v>11</v>
+      </c>
+      <c r="E371" t="s">
+        <v>12</v>
+      </c>
+      <c r="F371" t="s">
+        <v>79</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D372" t="s">
+        <v>11</v>
+      </c>
+      <c r="E372" t="s">
+        <v>12</v>
+      </c>
+      <c r="F372" t="s">
+        <v>79</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D373" t="s">
+        <v>11</v>
+      </c>
+      <c r="E373" t="s">
+        <v>12</v>
+      </c>
+      <c r="F373" t="s">
+        <v>79</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D374" t="s">
+        <v>11</v>
+      </c>
+      <c r="E374" t="s">
+        <v>12</v>
+      </c>
+      <c r="F374" t="s">
+        <v>79</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D375" t="s">
+        <v>11</v>
+      </c>
+      <c r="E375" t="s">
+        <v>12</v>
+      </c>
+      <c r="F375" t="s">
+        <v>79</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D376" t="s">
+        <v>11</v>
+      </c>
+      <c r="E376" t="s">
+        <v>12</v>
+      </c>
+      <c r="F376" t="s">
+        <v>79</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D377" t="s">
+        <v>11</v>
+      </c>
+      <c r="E377" t="s">
+        <v>12</v>
+      </c>
+      <c r="F377" t="s">
+        <v>79</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D378" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378" t="s">
+        <v>12</v>
+      </c>
+      <c r="F378" t="s">
+        <v>79</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D379" t="s">
+        <v>11</v>
+      </c>
+      <c r="E379" t="s">
+        <v>12</v>
+      </c>
+      <c r="F379" t="s">
+        <v>79</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D380" t="s">
+        <v>11</v>
+      </c>
+      <c r="E380" t="s">
+        <v>12</v>
+      </c>
+      <c r="F380" t="s">
+        <v>79</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D381" t="s">
+        <v>11</v>
+      </c>
+      <c r="E381" t="s">
+        <v>12</v>
+      </c>
+      <c r="F381" t="s">
+        <v>79</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D382" t="s">
+        <v>11</v>
+      </c>
+      <c r="E382" t="s">
+        <v>12</v>
+      </c>
+      <c r="F382" t="s">
+        <v>79</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D383" t="s">
+        <v>11</v>
+      </c>
+      <c r="E383" t="s">
+        <v>12</v>
+      </c>
+      <c r="F383" t="s">
+        <v>79</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D384" t="s">
+        <v>11</v>
+      </c>
+      <c r="E384" t="s">
+        <v>12</v>
+      </c>
+      <c r="F384" t="s">
+        <v>79</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D385" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" t="s">
+        <v>12</v>
+      </c>
+      <c r="F385" t="s">
+        <v>79</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D386" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" t="s">
+        <v>12</v>
+      </c>
+      <c r="F386" t="s">
+        <v>79</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D387" t="s">
+        <v>11</v>
+      </c>
+      <c r="E387" t="s">
+        <v>12</v>
+      </c>
+      <c r="F387" t="s">
+        <v>79</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D388" t="s">
+        <v>11</v>
+      </c>
+      <c r="E388" t="s">
+        <v>12</v>
+      </c>
+      <c r="F388" t="s">
+        <v>18</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D389" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" t="s">
+        <v>12</v>
+      </c>
+      <c r="F389" t="s">
+        <v>18</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D390" t="s">
+        <v>11</v>
+      </c>
+      <c r="E390" t="s">
+        <v>12</v>
+      </c>
+      <c r="F390" t="s">
+        <v>18</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D391" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" t="s">
+        <v>12</v>
+      </c>
+      <c r="F391" t="s">
+        <v>18</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D392" t="s">
+        <v>11</v>
+      </c>
+      <c r="E392" t="s">
+        <v>12</v>
+      </c>
+      <c r="F392" t="s">
+        <v>18</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D393" t="s">
+        <v>11</v>
+      </c>
+      <c r="E393" t="s">
+        <v>12</v>
+      </c>
+      <c r="F393" t="s">
+        <v>18</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D394" t="s">
+        <v>11</v>
+      </c>
+      <c r="E394" t="s">
+        <v>12</v>
+      </c>
+      <c r="F394" t="s">
+        <v>18</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D395" t="s">
+        <v>11</v>
+      </c>
+      <c r="E395" t="s">
+        <v>12</v>
+      </c>
+      <c r="F395" t="s">
+        <v>223</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D396" t="s">
+        <v>11</v>
+      </c>
+      <c r="E396" t="s">
+        <v>12</v>
+      </c>
+      <c r="F396" t="s">
+        <v>223</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D397" t="s">
+        <v>11</v>
+      </c>
+      <c r="E397" t="s">
+        <v>12</v>
+      </c>
+      <c r="F397" t="s">
+        <v>18</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D398" t="s">
+        <v>11</v>
+      </c>
+      <c r="E398" t="s">
+        <v>12</v>
+      </c>
+      <c r="F398" t="s">
+        <v>18</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D399" t="s">
+        <v>11</v>
+      </c>
+      <c r="E399" t="s">
+        <v>12</v>
+      </c>
+      <c r="F399" t="s">
+        <v>18</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D400" t="s">
+        <v>11</v>
+      </c>
+      <c r="E400" t="s">
+        <v>12</v>
+      </c>
+      <c r="F400" t="s">
+        <v>18</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D401" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" t="s">
+        <v>12</v>
+      </c>
+      <c r="F401" t="s">
+        <v>18</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D402" t="s">
+        <v>11</v>
+      </c>
+      <c r="E402" t="s">
+        <v>12</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D403" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" t="s">
+        <v>12</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D404" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" t="s">
+        <v>12</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D405" t="s">
+        <v>11</v>
+      </c>
+      <c r="E405" t="s">
+        <v>12</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D406" t="s">
+        <v>11</v>
+      </c>
+      <c r="E406" t="s">
+        <v>12</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D407" t="s">
+        <v>11</v>
+      </c>
+      <c r="E407" t="s">
+        <v>12</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D408" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" t="s">
+        <v>12</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D409" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" t="s">
+        <v>12</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D410" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" t="s">
+        <v>12</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D411" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" t="s">
+        <v>12</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D412" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="F412" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D413" t="s">
+        <v>11</v>
+      </c>
+      <c r="E413" t="s">
+        <v>12</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D414" t="s">
+        <v>11</v>
+      </c>
+      <c r="E414" t="s">
+        <v>12</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D415" t="s">
+        <v>11</v>
+      </c>
+      <c r="E415" t="s">
+        <v>12</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D416" t="s">
+        <v>11</v>
+      </c>
+      <c r="E416" t="s">
+        <v>12</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+      <c r="E417" t="s">
+        <v>12</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D418" t="s">
+        <v>11</v>
+      </c>
+      <c r="E418" t="s">
+        <v>12</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D419" t="s">
+        <v>11</v>
+      </c>
+      <c r="E419" t="s">
+        <v>12</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D420" t="s">
+        <v>11</v>
+      </c>
+      <c r="E420" t="s">
+        <v>12</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D421" t="s">
+        <v>11</v>
+      </c>
+      <c r="E421" t="s">
+        <v>12</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D422" t="s">
+        <v>11</v>
+      </c>
+      <c r="E422" t="s">
+        <v>12</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D423" t="s">
+        <v>11</v>
+      </c>
+      <c r="E423" t="s">
+        <v>12</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D424" t="s">
+        <v>11</v>
+      </c>
+      <c r="E424" t="s">
+        <v>12</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D425" t="s">
+        <v>11</v>
+      </c>
+      <c r="E425" t="s">
+        <v>12</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D426" t="s">
+        <v>11</v>
+      </c>
+      <c r="E426" t="s">
+        <v>12</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D427" t="s">
+        <v>11</v>
+      </c>
+      <c r="E427" t="s">
+        <v>12</v>
+      </c>
+      <c r="F427" t="s">
+        <v>344</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D428" t="s">
+        <v>11</v>
+      </c>
+      <c r="E428" t="s">
+        <v>12</v>
+      </c>
+      <c r="F428" t="s">
+        <v>344</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D429" t="s">
+        <v>11</v>
+      </c>
+      <c r="E429" t="s">
+        <v>12</v>
+      </c>
+      <c r="F429" t="s">
+        <v>344</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D430" t="s">
+        <v>11</v>
+      </c>
+      <c r="E430" t="s">
+        <v>12</v>
+      </c>
+      <c r="F430" t="s">
+        <v>344</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D431" t="s">
+        <v>11</v>
+      </c>
+      <c r="E431" t="s">
+        <v>12</v>
+      </c>
+      <c r="F431" t="s">
+        <v>344</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D432" t="s">
+        <v>11</v>
+      </c>
+      <c r="E432" t="s">
+        <v>12</v>
+      </c>
+      <c r="F432" t="s">
+        <v>344</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D433" t="s">
+        <v>11</v>
+      </c>
+      <c r="E433" t="s">
+        <v>12</v>
+      </c>
+      <c r="F433" t="s">
+        <v>344</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D434" t="s">
+        <v>11</v>
+      </c>
+      <c r="E434" t="s">
+        <v>12</v>
+      </c>
+      <c r="F434" t="s">
+        <v>344</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D435" t="s">
+        <v>11</v>
+      </c>
+      <c r="E435" t="s">
+        <v>12</v>
+      </c>
+      <c r="F435" t="s">
+        <v>344</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D436" t="s">
+        <v>11</v>
+      </c>
+      <c r="E436" t="s">
+        <v>12</v>
+      </c>
+      <c r="F436" t="s">
+        <v>344</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D437" t="s">
+        <v>11</v>
+      </c>
+      <c r="E437" t="s">
+        <v>12</v>
+      </c>
+      <c r="F437" t="s">
+        <v>344</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D438" t="s">
+        <v>11</v>
+      </c>
+      <c r="E438" t="s">
+        <v>12</v>
+      </c>
+      <c r="F438" t="s">
+        <v>344</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D439" t="s">
+        <v>11</v>
+      </c>
+      <c r="E439" t="s">
+        <v>12</v>
+      </c>
+      <c r="F439" t="s">
+        <v>344</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D440" t="s">
+        <v>11</v>
+      </c>
+      <c r="E440" t="s">
+        <v>12</v>
+      </c>
+      <c r="F440" t="s">
+        <v>344</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D441" t="s">
+        <v>11</v>
+      </c>
+      <c r="E441" t="s">
+        <v>12</v>
+      </c>
+      <c r="F441" t="s">
+        <v>344</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D442" t="s">
+        <v>11</v>
+      </c>
+      <c r="E442" t="s">
+        <v>12</v>
+      </c>
+      <c r="F442" t="s">
+        <v>344</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D443" t="s">
+        <v>11</v>
+      </c>
+      <c r="E443" t="s">
+        <v>12</v>
+      </c>
+      <c r="F443" t="s">
+        <v>344</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D444" t="s">
+        <v>11</v>
+      </c>
+      <c r="E444" t="s">
+        <v>12</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D445" t="s">
+        <v>11</v>
+      </c>
+      <c r="E445" t="s">
+        <v>12</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D446" t="s">
+        <v>11</v>
+      </c>
+      <c r="E446" t="s">
+        <v>12</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D447" t="s">
+        <v>11</v>
+      </c>
+      <c r="E447" t="s">
+        <v>12</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D448" t="s">
+        <v>11</v>
+      </c>
+      <c r="E448" t="s">
+        <v>12</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D449" t="s">
+        <v>11</v>
+      </c>
+      <c r="E449" t="s">
+        <v>12</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D450" t="s">
+        <v>11</v>
+      </c>
+      <c r="E450" t="s">
+        <v>12</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D451" t="s">
+        <v>11</v>
+      </c>
+      <c r="E451" t="s">
+        <v>12</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D452" t="s">
+        <v>11</v>
+      </c>
+      <c r="E452" t="s">
+        <v>12</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D453" t="s">
+        <v>11</v>
+      </c>
+      <c r="E453" t="s">
+        <v>12</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D454" t="s">
+        <v>11</v>
+      </c>
+      <c r="E454" t="s">
+        <v>12</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D455" t="s">
+        <v>11</v>
+      </c>
+      <c r="E455" t="s">
+        <v>12</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D456" t="s">
+        <v>11</v>
+      </c>
+      <c r="E456" t="s">
+        <v>12</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D457" t="s">
+        <v>11</v>
+      </c>
+      <c r="E457" t="s">
+        <v>12</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D458" t="s">
+        <v>11</v>
+      </c>
+      <c r="E458" t="s">
+        <v>12</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D459" t="s">
+        <v>11</v>
+      </c>
+      <c r="E459" t="s">
+        <v>12</v>
+      </c>
+      <c r="F459" t="s">
+        <v>344</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D460" t="s">
+        <v>11</v>
+      </c>
+      <c r="E460" t="s">
+        <v>12</v>
+      </c>
+      <c r="F460" t="s">
+        <v>344</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D461" t="s">
+        <v>11</v>
+      </c>
+      <c r="E461" t="s">
+        <v>12</v>
+      </c>
+      <c r="F461" t="s">
+        <v>344</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D462" t="s">
+        <v>11</v>
+      </c>
+      <c r="E462" t="s">
+        <v>12</v>
+      </c>
+      <c r="F462" t="s">
+        <v>344</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D463" t="s">
+        <v>11</v>
+      </c>
+      <c r="E463" t="s">
+        <v>12</v>
+      </c>
+      <c r="F463" t="s">
+        <v>344</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D464" t="s">
+        <v>11</v>
+      </c>
+      <c r="E464" t="s">
+        <v>12</v>
+      </c>
+      <c r="F464" t="s">
+        <v>344</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D465" t="s">
+        <v>11</v>
+      </c>
+      <c r="E465" t="s">
+        <v>12</v>
+      </c>
+      <c r="F465" t="s">
+        <v>344</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D466" t="s">
+        <v>11</v>
+      </c>
+      <c r="E466" t="s">
+        <v>12</v>
+      </c>
+      <c r="F466" t="s">
+        <v>344</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D467" t="s">
+        <v>11</v>
+      </c>
+      <c r="E467" t="s">
+        <v>12</v>
+      </c>
+      <c r="F467" t="s">
+        <v>344</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E468" t="s">
+        <v>12</v>
+      </c>
+      <c r="F468" t="s">
+        <v>344</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D469" t="s">
+        <v>11</v>
+      </c>
+      <c r="E469" t="s">
+        <v>12</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D470" t="s">
+        <v>11</v>
+      </c>
+      <c r="E470" t="s">
+        <v>12</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D471" t="s">
+        <v>11</v>
+      </c>
+      <c r="E471" t="s">
+        <v>12</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D472" t="s">
+        <v>11</v>
+      </c>
+      <c r="E472" t="s">
+        <v>12</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D473" t="s">
+        <v>11</v>
+      </c>
+      <c r="E473" t="s">
+        <v>12</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D474" t="s">
+        <v>11</v>
+      </c>
+      <c r="E474" t="s">
+        <v>12</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D475" t="s">
+        <v>11</v>
+      </c>
+      <c r="E475" t="s">
+        <v>12</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D476" t="s">
+        <v>11</v>
+      </c>
+      <c r="E476" t="s">
+        <v>12</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D477" t="s">
+        <v>11</v>
+      </c>
+      <c r="E477" t="s">
+        <v>12</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D478" t="s">
+        <v>11</v>
+      </c>
+      <c r="E478" t="s">
+        <v>12</v>
+      </c>
+      <c r="F478" t="s">
+        <v>79</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D479" t="s">
+        <v>11</v>
+      </c>
+      <c r="E479" t="s">
+        <v>12</v>
+      </c>
+      <c r="F479" t="s">
+        <v>79</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D480" t="s">
+        <v>11</v>
+      </c>
+      <c r="E480" t="s">
+        <v>12</v>
+      </c>
+      <c r="F480" t="s">
+        <v>79</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D481" t="s">
+        <v>11</v>
+      </c>
+      <c r="E481" t="s">
+        <v>12</v>
+      </c>
+      <c r="F481" t="s">
+        <v>79</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D482" t="s">
+        <v>11</v>
+      </c>
+      <c r="E482" t="s">
+        <v>12</v>
+      </c>
+      <c r="F482" t="s">
+        <v>79</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D483" t="s">
+        <v>11</v>
+      </c>
+      <c r="E483" t="s">
+        <v>12</v>
+      </c>
+      <c r="F483" t="s">
+        <v>79</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D484" t="s">
+        <v>11</v>
+      </c>
+      <c r="E484" t="s">
+        <v>12</v>
+      </c>
+      <c r="F484" t="s">
+        <v>79</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D485" t="s">
+        <v>11</v>
+      </c>
+      <c r="E485" t="s">
+        <v>12</v>
+      </c>
+      <c r="F485" t="s">
+        <v>79</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D486" t="s">
+        <v>11</v>
+      </c>
+      <c r="E486" t="s">
+        <v>12</v>
+      </c>
+      <c r="F486" t="s">
+        <v>79</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D487" t="s">
+        <v>11</v>
+      </c>
+      <c r="E487" t="s">
+        <v>12</v>
+      </c>
+      <c r="F487" t="s">
+        <v>79</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D488" t="s">
+        <v>11</v>
+      </c>
+      <c r="E488" t="s">
+        <v>12</v>
+      </c>
+      <c r="F488" t="s">
+        <v>79</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D489" t="s">
+        <v>11</v>
+      </c>
+      <c r="E489" t="s">
+        <v>12</v>
+      </c>
+      <c r="F489" t="s">
+        <v>79</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D490" t="s">
+        <v>11</v>
+      </c>
+      <c r="E490" t="s">
+        <v>12</v>
+      </c>
+      <c r="F490" t="s">
+        <v>79</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D491" t="s">
+        <v>11</v>
+      </c>
+      <c r="E491" t="s">
+        <v>12</v>
+      </c>
+      <c r="F491" t="s">
+        <v>79</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D492" t="s">
+        <v>11</v>
+      </c>
+      <c r="E492" t="s">
+        <v>12</v>
+      </c>
+      <c r="F492" t="s">
+        <v>79</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D493" t="s">
+        <v>11</v>
+      </c>
+      <c r="E493" t="s">
+        <v>12</v>
+      </c>
+      <c r="F493" t="s">
+        <v>79</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D494" t="s">
+        <v>11</v>
+      </c>
+      <c r="E494" t="s">
+        <v>12</v>
+      </c>
+      <c r="F494" t="s">
+        <v>79</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D495" t="s">
+        <v>11</v>
+      </c>
+      <c r="E495" t="s">
+        <v>12</v>
+      </c>
+      <c r="F495" t="s">
+        <v>79</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D496" t="s">
+        <v>11</v>
+      </c>
+      <c r="E496" t="s">
+        <v>12</v>
+      </c>
+      <c r="F496" t="s">
+        <v>79</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D497" t="s">
+        <v>11</v>
+      </c>
+      <c r="E497" t="s">
+        <v>12</v>
+      </c>
+      <c r="F497" t="s">
+        <v>79</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H497" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D498" t="s">
+        <v>11</v>
+      </c>
+      <c r="E498" t="s">
+        <v>12</v>
+      </c>
+      <c r="F498" t="s">
+        <v>18</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H498" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D499" t="s">
+        <v>11</v>
+      </c>
+      <c r="E499" t="s">
+        <v>12</v>
+      </c>
+      <c r="F499" t="s">
+        <v>18</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H499" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D500" t="s">
+        <v>11</v>
+      </c>
+      <c r="E500" t="s">
+        <v>12</v>
+      </c>
+      <c r="F500" t="s">
+        <v>18</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H500" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D501" t="s">
+        <v>11</v>
+      </c>
+      <c r="E501" t="s">
+        <v>12</v>
+      </c>
+      <c r="F501" t="s">
+        <v>18</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H501" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D502" t="s">
+        <v>11</v>
+      </c>
+      <c r="E502" t="s">
+        <v>12</v>
+      </c>
+      <c r="F502" t="s">
+        <v>223</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H502" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D503" t="s">
+        <v>11</v>
+      </c>
+      <c r="E503" t="s">
+        <v>12</v>
+      </c>
+      <c r="F503" t="s">
+        <v>223</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H503" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D504" t="s">
+        <v>11</v>
+      </c>
+      <c r="E504" t="s">
+        <v>12</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H504" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D505" t="s">
+        <v>11</v>
+      </c>
+      <c r="E505" t="s">
+        <v>12</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H505" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D506" t="s">
+        <v>11</v>
+      </c>
+      <c r="E506" t="s">
+        <v>12</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H506" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D507" t="s">
+        <v>11</v>
+      </c>
+      <c r="E507" t="s">
+        <v>12</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H507" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D508" t="s">
+        <v>11</v>
+      </c>
+      <c r="E508" t="s">
+        <v>12</v>
+      </c>
+      <c r="F508" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H508" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D509" t="s">
+        <v>11</v>
+      </c>
+      <c r="E509" t="s">
+        <v>12</v>
+      </c>
+      <c r="F509" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H509" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D510" t="s">
+        <v>11</v>
+      </c>
+      <c r="E510" t="s">
+        <v>12</v>
+      </c>
+      <c r="F510" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H510" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D511" t="s">
+        <v>11</v>
+      </c>
+      <c r="E511" t="s">
+        <v>12</v>
+      </c>
+      <c r="F511" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H511" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D512" t="s">
+        <v>11</v>
+      </c>
+      <c r="E512" t="s">
+        <v>12</v>
+      </c>
+      <c r="F512" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H512" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D513" t="s">
+        <v>11</v>
+      </c>
+      <c r="E513" t="s">
+        <v>12</v>
+      </c>
+      <c r="F513" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H513" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D514" t="s">
+        <v>11</v>
+      </c>
+      <c r="E514" t="s">
+        <v>12</v>
+      </c>
+      <c r="F514" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H514" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D515" t="s">
+        <v>11</v>
+      </c>
+      <c r="E515" t="s">
+        <v>12</v>
+      </c>
+      <c r="F515" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H515" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D516" t="s">
+        <v>11</v>
+      </c>
+      <c r="E516" t="s">
+        <v>12</v>
+      </c>
+      <c r="F516" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H516" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D517" t="s">
+        <v>11</v>
+      </c>
+      <c r="E517" t="s">
+        <v>12</v>
+      </c>
+      <c r="F517" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H517" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D518" t="s">
+        <v>11</v>
+      </c>
+      <c r="E518" t="s">
+        <v>12</v>
+      </c>
+      <c r="F518" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H518" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D519" t="s">
+        <v>11</v>
+      </c>
+      <c r="E519" t="s">
+        <v>12</v>
+      </c>
+      <c r="F519" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H519" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D520" t="s">
+        <v>11</v>
+      </c>
+      <c r="E520" t="s">
+        <v>12</v>
+      </c>
+      <c r="F520" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H520" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D521" t="s">
+        <v>11</v>
+      </c>
+      <c r="E521" t="s">
+        <v>12</v>
+      </c>
+      <c r="F521" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H521" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D522" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" t="s">
+        <v>12</v>
+      </c>
+      <c r="F522" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H522" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D523" t="s">
+        <v>11</v>
+      </c>
+      <c r="E523" t="s">
+        <v>12</v>
+      </c>
+      <c r="F523" t="s">
+        <v>344</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H523" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D524" t="s">
+        <v>11</v>
+      </c>
+      <c r="E524" t="s">
+        <v>12</v>
+      </c>
+      <c r="F524" t="s">
+        <v>344</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H524" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D525" t="s">
+        <v>11</v>
+      </c>
+      <c r="E525" t="s">
+        <v>12</v>
+      </c>
+      <c r="F525" t="s">
+        <v>344</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H525" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D526" t="s">
+        <v>11</v>
+      </c>
+      <c r="E526" t="s">
+        <v>12</v>
+      </c>
+      <c r="F526" t="s">
+        <v>18</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H526" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D527" t="s">
+        <v>11</v>
+      </c>
+      <c r="E527" t="s">
+        <v>12</v>
+      </c>
+      <c r="F527" t="s">
+        <v>18</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="H527" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D528" t="s">
+        <v>11</v>
+      </c>
+      <c r="E528" t="s">
+        <v>12</v>
+      </c>
+      <c r="F528" t="s">
+        <v>18</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H528" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D529" t="s">
+        <v>11</v>
+      </c>
+      <c r="E529" t="s">
+        <v>12</v>
+      </c>
+      <c r="F529" t="s">
+        <v>18</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H529" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D530" t="s">
+        <v>11</v>
+      </c>
+      <c r="E530" t="s">
+        <v>12</v>
+      </c>
+      <c r="F530" t="s">
+        <v>344</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H530" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D531" t="s">
+        <v>11</v>
+      </c>
+      <c r="E531" t="s">
+        <v>12</v>
+      </c>
+      <c r="F531" t="s">
+        <v>18</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H531" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D532" t="s">
+        <v>11</v>
+      </c>
+      <c r="E532" t="s">
+        <v>12</v>
+      </c>
+      <c r="F532" t="s">
+        <v>18</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H532" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D533" t="s">
+        <v>11</v>
+      </c>
+      <c r="E533" t="s">
+        <v>12</v>
+      </c>
+      <c r="F533" t="s">
+        <v>18</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H533" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D534" t="s">
+        <v>11</v>
+      </c>
+      <c r="E534" t="s">
+        <v>12</v>
+      </c>
+      <c r="F534" t="s">
+        <v>344</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H534" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D535" t="s">
+        <v>11</v>
+      </c>
+      <c r="E535" t="s">
+        <v>12</v>
+      </c>
+      <c r="F535" t="s">
+        <v>344</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H535" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D536" t="s">
+        <v>11</v>
+      </c>
+      <c r="E536" t="s">
+        <v>12</v>
+      </c>
+      <c r="F536" t="s">
+        <v>79</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D537" t="s">
+        <v>11</v>
+      </c>
+      <c r="E537" t="s">
+        <v>12</v>
+      </c>
+      <c r="F537" t="s">
+        <v>79</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D538" t="s">
+        <v>11</v>
+      </c>
+      <c r="E538" t="s">
+        <v>12</v>
+      </c>
+      <c r="F538" t="s">
+        <v>79</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D539" t="s">
+        <v>11</v>
+      </c>
+      <c r="E539" t="s">
+        <v>12</v>
+      </c>
+      <c r="F539" t="s">
+        <v>79</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D540" t="s">
+        <v>11</v>
+      </c>
+      <c r="E540" t="s">
+        <v>12</v>
+      </c>
+      <c r="F540" t="s">
+        <v>79</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D541" t="s">
+        <v>11</v>
+      </c>
+      <c r="E541" t="s">
+        <v>12</v>
+      </c>
+      <c r="F541" t="s">
+        <v>79</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D542" t="s">
+        <v>11</v>
+      </c>
+      <c r="E542" t="s">
+        <v>12</v>
+      </c>
+      <c r="F542" t="s">
+        <v>79</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D543" t="s">
+        <v>11</v>
+      </c>
+      <c r="E543" t="s">
+        <v>12</v>
+      </c>
+      <c r="F543" t="s">
+        <v>79</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D544" t="s">
+        <v>11</v>
+      </c>
+      <c r="E544" t="s">
+        <v>12</v>
+      </c>
+      <c r="F544" t="s">
+        <v>79</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D545" t="s">
+        <v>11</v>
+      </c>
+      <c r="E545" t="s">
+        <v>12</v>
+      </c>
+      <c r="F545" t="s">
+        <v>79</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D546" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" t="s">
+        <v>12</v>
+      </c>
+      <c r="F546" t="s">
+        <v>79</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D547" t="s">
+        <v>11</v>
+      </c>
+      <c r="E547" t="s">
+        <v>12</v>
+      </c>
+      <c r="F547" t="s">
+        <v>79</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D548" t="s">
+        <v>11</v>
+      </c>
+      <c r="E548" t="s">
+        <v>12</v>
+      </c>
+      <c r="F548" t="s">
+        <v>79</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H548" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D549" t="s">
+        <v>11</v>
+      </c>
+      <c r="E549" t="s">
+        <v>12</v>
+      </c>
+      <c r="F549" t="s">
+        <v>79</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H549" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D550" t="s">
+        <v>11</v>
+      </c>
+      <c r="E550" t="s">
+        <v>12</v>
+      </c>
+      <c r="F550" t="s">
+        <v>79</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D551" t="s">
+        <v>11</v>
+      </c>
+      <c r="E551" t="s">
+        <v>12</v>
+      </c>
+      <c r="F551" t="s">
+        <v>79</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H551" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D552" t="s">
+        <v>11</v>
+      </c>
+      <c r="E552" t="s">
+        <v>12</v>
+      </c>
+      <c r="F552" t="s">
+        <v>79</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H552" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D553" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" t="s">
+        <v>12</v>
+      </c>
+      <c r="F553" t="s">
+        <v>79</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D554" t="s">
+        <v>11</v>
+      </c>
+      <c r="E554" t="s">
+        <v>12</v>
+      </c>
+      <c r="F554" t="s">
+        <v>79</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="H554" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
+        <v>12</v>
+      </c>
+      <c r="F555" t="s">
+        <v>79</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D556" t="s">
+        <v>11</v>
+      </c>
+      <c r="E556" t="s">
+        <v>12</v>
+      </c>
+      <c r="F556" t="s">
+        <v>79</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D557" t="s">
+        <v>11</v>
+      </c>
+      <c r="E557" t="s">
+        <v>12</v>
+      </c>
+      <c r="F557" t="s">
+        <v>79</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D558" t="s">
+        <v>11</v>
+      </c>
+      <c r="E558" t="s">
+        <v>12</v>
+      </c>
+      <c r="F558" t="s">
+        <v>79</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D559" t="s">
+        <v>11</v>
+      </c>
+      <c r="E559" t="s">
+        <v>12</v>
+      </c>
+      <c r="F559" t="s">
+        <v>79</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D560" t="s">
+        <v>11</v>
+      </c>
+      <c r="E560" t="s">
+        <v>12</v>
+      </c>
+      <c r="F560" t="s">
+        <v>79</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D561" t="s">
+        <v>11</v>
+      </c>
+      <c r="E561" t="s">
+        <v>12</v>
+      </c>
+      <c r="F561" t="s">
+        <v>79</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D562" t="s">
+        <v>11</v>
+      </c>
+      <c r="E562" t="s">
+        <v>12</v>
+      </c>
+      <c r="F562" t="s">
+        <v>79</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D563" t="s">
+        <v>11</v>
+      </c>
+      <c r="E563" t="s">
+        <v>12</v>
+      </c>
+      <c r="F563" t="s">
+        <v>344</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D564" t="s">
+        <v>11</v>
+      </c>
+      <c r="E564" t="s">
+        <v>12</v>
+      </c>
+      <c r="F564" t="s">
+        <v>344</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D565" t="s">
+        <v>11</v>
+      </c>
+      <c r="E565" t="s">
+        <v>12</v>
+      </c>
+      <c r="F565" t="s">
+        <v>344</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D566" t="s">
+        <v>11</v>
+      </c>
+      <c r="E566" t="s">
+        <v>12</v>
+      </c>
+      <c r="F566" t="s">
+        <v>344</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D567" t="s">
+        <v>11</v>
+      </c>
+      <c r="E567" t="s">
+        <v>12</v>
+      </c>
+      <c r="F567" t="s">
+        <v>344</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D568" t="s">
+        <v>11</v>
+      </c>
+      <c r="E568" t="s">
+        <v>12</v>
+      </c>
+      <c r="F568" t="s">
+        <v>344</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D569" t="s">
+        <v>11</v>
+      </c>
+      <c r="E569" t="s">
+        <v>12</v>
+      </c>
+      <c r="F569" t="s">
+        <v>344</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D570" t="s">
+        <v>11</v>
+      </c>
+      <c r="E570" t="s">
+        <v>12</v>
+      </c>
+      <c r="F570" t="s">
+        <v>344</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D571" t="s">
+        <v>11</v>
+      </c>
+      <c r="E571" t="s">
+        <v>12</v>
+      </c>
+      <c r="F571" t="s">
+        <v>79</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D572" t="s">
+        <v>11</v>
+      </c>
+      <c r="E572" t="s">
+        <v>12</v>
+      </c>
+      <c r="F572" t="s">
+        <v>79</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D573" t="s">
+        <v>11</v>
+      </c>
+      <c r="E573" t="s">
+        <v>12</v>
+      </c>
+      <c r="F573" t="s">
+        <v>79</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D574" t="s">
+        <v>11</v>
+      </c>
+      <c r="E574" t="s">
+        <v>12</v>
+      </c>
+      <c r="F574" t="s">
+        <v>79</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D575" t="s">
+        <v>11</v>
+      </c>
+      <c r="E575" t="s">
+        <v>12</v>
+      </c>
+      <c r="F575" t="s">
+        <v>79</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D576" t="s">
+        <v>11</v>
+      </c>
+      <c r="E576" t="s">
+        <v>12</v>
+      </c>
+      <c r="F576" t="s">
+        <v>79</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D577" t="s">
+        <v>11</v>
+      </c>
+      <c r="E577" t="s">
+        <v>12</v>
+      </c>
+      <c r="F577" t="s">
+        <v>79</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D578" t="s">
+        <v>11</v>
+      </c>
+      <c r="E578" t="s">
+        <v>12</v>
+      </c>
+      <c r="F578" t="s">
+        <v>79</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D579" t="s">
+        <v>11</v>
+      </c>
+      <c r="E579" t="s">
+        <v>12</v>
+      </c>
+      <c r="F579" t="s">
+        <v>79</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D580" t="s">
+        <v>11</v>
+      </c>
+      <c r="E580" t="s">
+        <v>12</v>
+      </c>
+      <c r="F580" t="s">
+        <v>79</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D581" t="s">
+        <v>11</v>
+      </c>
+      <c r="E581" t="s">
+        <v>12</v>
+      </c>
+      <c r="F581" t="s">
+        <v>79</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D582" t="s">
+        <v>11</v>
+      </c>
+      <c r="E582" t="s">
+        <v>12</v>
+      </c>
+      <c r="F582" t="s">
+        <v>18</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2346</v>
+      </c>
+      <c r="D583" t="s">
+        <v>11</v>
+      </c>
+      <c r="E583" t="s">
+        <v>12</v>
+      </c>
+      <c r="F583" t="s">
+        <v>18</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2350</v>
+      </c>
+      <c r="D584" t="s">
+        <v>11</v>
+      </c>
+      <c r="E584" t="s">
+        <v>12</v>
+      </c>
+      <c r="F584" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2354</v>
+      </c>
+      <c r="D585" t="s">
+        <v>11</v>
+      </c>
+      <c r="E585" t="s">
+        <v>12</v>
+      </c>
+      <c r="F585" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D586" t="s">
+        <v>11</v>
+      </c>
+      <c r="E586" t="s">
+        <v>12</v>
+      </c>
+      <c r="F586" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D587" t="s">
+        <v>11</v>
+      </c>
+      <c r="E587" t="s">
+        <v>12</v>
+      </c>
+      <c r="F587" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D588" t="s">
+        <v>11</v>
+      </c>
+      <c r="E588" t="s">
+        <v>12</v>
+      </c>
+      <c r="F588" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D589" t="s">
+        <v>11</v>
+      </c>
+      <c r="E589" t="s">
+        <v>12</v>
+      </c>
+      <c r="F589" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D590" t="s">
+        <v>11</v>
+      </c>
+      <c r="E590" t="s">
+        <v>12</v>
+      </c>
+      <c r="F590" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D591" t="s">
+        <v>11</v>
+      </c>
+      <c r="E591" t="s">
+        <v>12</v>
+      </c>
+      <c r="F591" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D592" t="s">
+        <v>11</v>
+      </c>
+      <c r="E592" t="s">
+        <v>12</v>
+      </c>
+      <c r="F592" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D593" t="s">
+        <v>11</v>
+      </c>
+      <c r="E593" t="s">
+        <v>12</v>
+      </c>
+      <c r="F593" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D594" t="s">
+        <v>11</v>
+      </c>
+      <c r="E594" t="s">
+        <v>12</v>
+      </c>
+      <c r="F594" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2394</v>
+      </c>
+      <c r="D595" t="s">
+        <v>11</v>
+      </c>
+      <c r="E595" t="s">
+        <v>12</v>
+      </c>
+      <c r="F595" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D596" t="s">
+        <v>11</v>
+      </c>
+      <c r="E596" t="s">
+        <v>12</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D597" t="s">
+        <v>11</v>
+      </c>
+      <c r="E597" t="s">
+        <v>12</v>
+      </c>
+      <c r="F597" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D598" t="s">
+        <v>11</v>
+      </c>
+      <c r="E598" t="s">
+        <v>12</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D599" t="s">
+        <v>11</v>
+      </c>
+      <c r="E599" t="s">
+        <v>12</v>
+      </c>
+      <c r="F599" t="s">
+        <v>344</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D600" t="s">
+        <v>11</v>
+      </c>
+      <c r="E600" t="s">
+        <v>12</v>
+      </c>
+      <c r="F600" t="s">
+        <v>344</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D601" t="s">
+        <v>11</v>
+      </c>
+      <c r="E601" t="s">
+        <v>12</v>
+      </c>
+      <c r="F601" t="s">
+        <v>344</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D602" t="s">
+        <v>11</v>
+      </c>
+      <c r="E602" t="s">
+        <v>12</v>
+      </c>
+      <c r="F602" t="s">
+        <v>344</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D603" t="s">
+        <v>11</v>
+      </c>
+      <c r="E603" t="s">
+        <v>12</v>
+      </c>
+      <c r="F603" t="s">
+        <v>344</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D604" t="s">
+        <v>11</v>
+      </c>
+      <c r="E604" t="s">
+        <v>12</v>
+      </c>
+      <c r="F604" t="s">
+        <v>344</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D605" t="s">
+        <v>11</v>
+      </c>
+      <c r="E605" t="s">
+        <v>12</v>
+      </c>
+      <c r="F605" t="s">
+        <v>344</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D606" t="s">
+        <v>11</v>
+      </c>
+      <c r="E606" t="s">
+        <v>12</v>
+      </c>
+      <c r="F606" t="s">
+        <v>344</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D607" t="s">
+        <v>11</v>
+      </c>
+      <c r="E607" t="s">
+        <v>12</v>
+      </c>
+      <c r="F607" t="s">
+        <v>344</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D608" t="s">
+        <v>11</v>
+      </c>
+      <c r="E608" t="s">
+        <v>12</v>
+      </c>
+      <c r="F608" t="s">
+        <v>18</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D609" t="s">
+        <v>11</v>
+      </c>
+      <c r="E609" t="s">
+        <v>12</v>
+      </c>
+      <c r="F609" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D610" t="s">
+        <v>11</v>
+      </c>
+      <c r="E610" t="s">
+        <v>12</v>
+      </c>
+      <c r="F610" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D611" t="s">
+        <v>11</v>
+      </c>
+      <c r="E611" t="s">
+        <v>12</v>
+      </c>
+      <c r="F611" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D612" t="s">
+        <v>11</v>
+      </c>
+      <c r="E612" t="s">
+        <v>12</v>
+      </c>
+      <c r="F612" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D613" t="s">
+        <v>11</v>
+      </c>
+      <c r="E613" t="s">
+        <v>12</v>
+      </c>
+      <c r="F613" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D614" t="s">
+        <v>11</v>
+      </c>
+      <c r="E614" t="s">
+        <v>12</v>
+      </c>
+      <c r="F614" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D615" t="s">
+        <v>11</v>
+      </c>
+      <c r="E615" t="s">
+        <v>12</v>
+      </c>
+      <c r="F615" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D616" t="s">
+        <v>11</v>
+      </c>
+      <c r="E616" t="s">
+        <v>12</v>
+      </c>
+      <c r="F616" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D617" t="s">
+        <v>11</v>
+      </c>
+      <c r="E617" t="s">
+        <v>12</v>
+      </c>
+      <c r="F617" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D618" t="s">
+        <v>11</v>
+      </c>
+      <c r="E618" t="s">
+        <v>12</v>
+      </c>
+      <c r="F618" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D619" t="s">
+        <v>11</v>
+      </c>
+      <c r="E619" t="s">
+        <v>12</v>
+      </c>
+      <c r="F619" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D620" t="s">
+        <v>11</v>
+      </c>
+      <c r="E620" t="s">
+        <v>12</v>
+      </c>
+      <c r="F620" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D621" t="s">
+        <v>11</v>
+      </c>
+      <c r="E621" t="s">
+        <v>12</v>
+      </c>
+      <c r="F621" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D622" t="s">
+        <v>11</v>
+      </c>
+      <c r="E622" t="s">
+        <v>12</v>
+      </c>
+      <c r="F622" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D623" t="s">
+        <v>11</v>
+      </c>
+      <c r="E623" t="s">
+        <v>12</v>
+      </c>
+      <c r="F623" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D624" t="s">
+        <v>11</v>
+      </c>
+      <c r="E624" t="s">
+        <v>12</v>
+      </c>
+      <c r="F624" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D625" t="s">
+        <v>11</v>
+      </c>
+      <c r="E625" t="s">
+        <v>12</v>
+      </c>
+      <c r="F625" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D626" t="s">
+        <v>11</v>
+      </c>
+      <c r="E626" t="s">
+        <v>12</v>
+      </c>
+      <c r="F626" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D627" t="s">
+        <v>11</v>
+      </c>
+      <c r="E627" t="s">
+        <v>12</v>
+      </c>
+      <c r="F627" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D628" t="s">
+        <v>11</v>
+      </c>
+      <c r="E628" t="s">
+        <v>12</v>
+      </c>
+      <c r="F628" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D629" t="s">
+        <v>11</v>
+      </c>
+      <c r="E629" t="s">
+        <v>12</v>
+      </c>
+      <c r="F629" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D630" t="s">
+        <v>11</v>
+      </c>
+      <c r="E630" t="s">
+        <v>12</v>
+      </c>
+      <c r="F630" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D631" t="s">
+        <v>11</v>
+      </c>
+      <c r="E631" t="s">
+        <v>12</v>
+      </c>
+      <c r="F631" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D632" t="s">
+        <v>11</v>
+      </c>
+      <c r="E632" t="s">
+        <v>12</v>
+      </c>
+      <c r="F632" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D633" t="s">
+        <v>11</v>
+      </c>
+      <c r="E633" t="s">
+        <v>12</v>
+      </c>
+      <c r="F633" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D634" t="s">
+        <v>11</v>
+      </c>
+      <c r="E634" t="s">
+        <v>12</v>
+      </c>
+      <c r="F634" t="s">
+        <v>18</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2555</v>
+      </c>
+      <c r="D635" t="s">
+        <v>11</v>
+      </c>
+      <c r="E635" t="s">
+        <v>12</v>
+      </c>
+      <c r="F635" t="s">
+        <v>18</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D636" t="s">
+        <v>11</v>
+      </c>
+      <c r="E636" t="s">
+        <v>12</v>
+      </c>
+      <c r="F636" t="s">
+        <v>18</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D637" t="s">
+        <v>11</v>
+      </c>
+      <c r="E637" t="s">
+        <v>12</v>
+      </c>
+      <c r="F637" t="s">
+        <v>18</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2565</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D638" t="s">
+        <v>11</v>
+      </c>
+      <c r="E638" t="s">
+        <v>12</v>
+      </c>
+      <c r="F638" t="s">
+        <v>18</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D639" t="s">
+        <v>11</v>
+      </c>
+      <c r="E639" t="s">
+        <v>12</v>
+      </c>
+      <c r="F639" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D640" t="s">
+        <v>11</v>
+      </c>
+      <c r="E640" t="s">
+        <v>12</v>
+      </c>
+      <c r="F640" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D641" t="s">
+        <v>11</v>
+      </c>
+      <c r="E641" t="s">
+        <v>12</v>
+      </c>
+      <c r="F641" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D642" t="s">
+        <v>11</v>
+      </c>
+      <c r="E642" t="s">
+        <v>12</v>
+      </c>
+      <c r="F642" t="s">
+        <v>18</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D643" t="s">
+        <v>11</v>
+      </c>
+      <c r="E643" t="s">
+        <v>12</v>
+      </c>
+      <c r="F643" t="s">
+        <v>18</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D644" t="s">
+        <v>11</v>
+      </c>
+      <c r="E644" t="s">
+        <v>12</v>
+      </c>
+      <c r="F644" t="s">
+        <v>18</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D645" t="s">
+        <v>11</v>
+      </c>
+      <c r="E645" t="s">
+        <v>12</v>
+      </c>
+      <c r="F645" t="s">
+        <v>18</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D646" t="s">
+        <v>11</v>
+      </c>
+      <c r="E646" t="s">
+        <v>12</v>
+      </c>
+      <c r="F646" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D647" t="s">
+        <v>11</v>
+      </c>
+      <c r="E647" t="s">
+        <v>12</v>
+      </c>
+      <c r="F647" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D648" t="s">
+        <v>11</v>
+      </c>
+      <c r="E648" t="s">
+        <v>12</v>
+      </c>
+      <c r="F648" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D649" t="s">
+        <v>11</v>
+      </c>
+      <c r="E649" t="s">
+        <v>12</v>
+      </c>
+      <c r="F649" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D650" t="s">
+        <v>11</v>
+      </c>
+      <c r="E650" t="s">
+        <v>12</v>
+      </c>
+      <c r="F650" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D651" t="s">
+        <v>11</v>
+      </c>
+      <c r="E651" t="s">
+        <v>12</v>
+      </c>
+      <c r="F651" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D652" t="s">
+        <v>11</v>
+      </c>
+      <c r="E652" t="s">
+        <v>12</v>
+      </c>
+      <c r="F652" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2624</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D653" t="s">
+        <v>11</v>
+      </c>
+      <c r="E653" t="s">
+        <v>12</v>
+      </c>
+      <c r="F653" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D654" t="s">
+        <v>11</v>
+      </c>
+      <c r="E654" t="s">
+        <v>12</v>
+      </c>
+      <c r="F654" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D655" t="s">
+        <v>11</v>
+      </c>
+      <c r="E655" t="s">
+        <v>12</v>
+      </c>
+      <c r="F655" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D656" t="s">
+        <v>11</v>
+      </c>
+      <c r="E656" t="s">
+        <v>12</v>
+      </c>
+      <c r="F656" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D657" t="s">
+        <v>11</v>
+      </c>
+      <c r="E657" t="s">
+        <v>12</v>
+      </c>
+      <c r="F657" t="s">
+        <v>18</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D658" t="s">
+        <v>11</v>
+      </c>
+      <c r="E658" t="s">
+        <v>12</v>
+      </c>
+      <c r="F658" t="s">
+        <v>13</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D659" t="s">
+        <v>11</v>
+      </c>
+      <c r="E659" t="s">
+        <v>12</v>
+      </c>
+      <c r="F659" t="s">
+        <v>13</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D660" t="s">
+        <v>11</v>
+      </c>
+      <c r="E660" t="s">
+        <v>12</v>
+      </c>
+      <c r="F660" t="s">
+        <v>13</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D661" t="s">
+        <v>11</v>
+      </c>
+      <c r="E661" t="s">
+        <v>12</v>
+      </c>
+      <c r="F661" t="s">
+        <v>13</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D662" t="s">
+        <v>11</v>
+      </c>
+      <c r="E662" t="s">
+        <v>12</v>
+      </c>
+      <c r="F662" t="s">
+        <v>13</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D663" t="s">
+        <v>11</v>
+      </c>
+      <c r="E663" t="s">
+        <v>12</v>
+      </c>
+      <c r="F663" t="s">
+        <v>13</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D664" t="s">
+        <v>11</v>
+      </c>
+      <c r="E664" t="s">
+        <v>12</v>
+      </c>
+      <c r="F664" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D665" t="s">
+        <v>11</v>
+      </c>
+      <c r="E665" t="s">
+        <v>12</v>
+      </c>
+      <c r="F665" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D666" t="s">
+        <v>11</v>
+      </c>
+      <c r="E666" t="s">
+        <v>12</v>
+      </c>
+      <c r="F666" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2681</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D667" t="s">
+        <v>11</v>
+      </c>
+      <c r="E667" t="s">
+        <v>12</v>
+      </c>
+      <c r="F667" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D668" t="s">
+        <v>11</v>
+      </c>
+      <c r="E668" t="s">
+        <v>12</v>
+      </c>
+      <c r="F668" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D669" t="s">
+        <v>11</v>
+      </c>
+      <c r="E669" t="s">
+        <v>12</v>
+      </c>
+      <c r="F669" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D670" t="s">
+        <v>11</v>
+      </c>
+      <c r="E670" t="s">
+        <v>12</v>
+      </c>
+      <c r="F670" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2699</v>
+      </c>
+      <c r="D671" t="s">
+        <v>11</v>
+      </c>
+      <c r="E671" t="s">
+        <v>12</v>
+      </c>
+      <c r="F671" t="s">
+        <v>79</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D672" t="s">
+        <v>11</v>
+      </c>
+      <c r="E672" t="s">
+        <v>12</v>
+      </c>
+      <c r="F672" t="s">
+        <v>79</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D673" t="s">
+        <v>11</v>
+      </c>
+      <c r="E673" t="s">
+        <v>12</v>
+      </c>
+      <c r="F673" t="s">
+        <v>79</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D674" t="s">
+        <v>11</v>
+      </c>
+      <c r="E674" t="s">
+        <v>12</v>
+      </c>
+      <c r="F674" t="s">
+        <v>79</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H674" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D675" t="s">
+        <v>11</v>
+      </c>
+      <c r="E675" t="s">
+        <v>12</v>
+      </c>
+      <c r="F675" t="s">
+        <v>79</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D676" t="s">
+        <v>11</v>
+      </c>
+      <c r="E676" t="s">
+        <v>12</v>
+      </c>
+      <c r="F676" t="s">
+        <v>79</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D677" t="s">
+        <v>11</v>
+      </c>
+      <c r="E677" t="s">
+        <v>12</v>
+      </c>
+      <c r="F677" t="s">
+        <v>79</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H677" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D678" t="s">
+        <v>11</v>
+      </c>
+      <c r="E678" t="s">
+        <v>12</v>
+      </c>
+      <c r="F678" t="s">
+        <v>79</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H678" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D679" t="s">
+        <v>11</v>
+      </c>
+      <c r="E679" t="s">
+        <v>12</v>
+      </c>
+      <c r="F679" t="s">
+        <v>79</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H679" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D680" t="s">
+        <v>11</v>
+      </c>
+      <c r="E680" t="s">
+        <v>12</v>
+      </c>
+      <c r="F680" t="s">
+        <v>79</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H680" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D681" t="s">
+        <v>11</v>
+      </c>
+      <c r="E681" t="s">
+        <v>12</v>
+      </c>
+      <c r="F681" t="s">
+        <v>79</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="H681" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D682" t="s">
+        <v>11</v>
+      </c>
+      <c r="E682" t="s">
+        <v>12</v>
+      </c>
+      <c r="F682" t="s">
+        <v>79</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H682" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D683" t="s">
+        <v>11</v>
+      </c>
+      <c r="E683" t="s">
+        <v>12</v>
+      </c>
+      <c r="F683" t="s">
+        <v>79</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H683" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D684" t="s">
+        <v>11</v>
+      </c>
+      <c r="E684" t="s">
+        <v>12</v>
+      </c>
+      <c r="F684" t="s">
+        <v>79</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H684" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D685" t="s">
+        <v>11</v>
+      </c>
+      <c r="E685" t="s">
+        <v>12</v>
+      </c>
+      <c r="F685" t="s">
+        <v>79</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H685" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D686" t="s">
+        <v>11</v>
+      </c>
+      <c r="E686" t="s">
+        <v>12</v>
+      </c>
+      <c r="F686" t="s">
+        <v>79</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H686" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D687" t="s">
+        <v>11</v>
+      </c>
+      <c r="E687" t="s">
+        <v>12</v>
+      </c>
+      <c r="F687" t="s">
+        <v>79</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H687" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D688" t="s">
+        <v>11</v>
+      </c>
+      <c r="E688" t="s">
+        <v>12</v>
+      </c>
+      <c r="F688" t="s">
+        <v>79</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="H688" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2771</v>
+      </c>
+      <c r="D689" t="s">
+        <v>11</v>
+      </c>
+      <c r="E689" t="s">
+        <v>12</v>
+      </c>
+      <c r="F689" t="s">
+        <v>79</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="H689" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D690" t="s">
+        <v>11</v>
+      </c>
+      <c r="E690" t="s">
+        <v>12</v>
+      </c>
+      <c r="F690" t="s">
+        <v>79</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H690" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>2779</v>
+      </c>
+      <c r="D691" t="s">
+        <v>11</v>
+      </c>
+      <c r="E691" t="s">
+        <v>12</v>
+      </c>
+      <c r="F691" t="s">
+        <v>79</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H691" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D692" t="s">
+        <v>11</v>
+      </c>
+      <c r="E692" t="s">
+        <v>12</v>
+      </c>
+      <c r="F692" t="s">
+        <v>79</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="H692" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D693" t="s">
+        <v>11</v>
+      </c>
+      <c r="E693" t="s">
+        <v>12</v>
+      </c>
+      <c r="F693" t="s">
+        <v>18</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H693" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2791</v>
+      </c>
+      <c r="D694" t="s">
+        <v>11</v>
+      </c>
+      <c r="E694" t="s">
+        <v>12</v>
+      </c>
+      <c r="F694" t="s">
+        <v>18</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H694" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D695" t="s">
+        <v>11</v>
+      </c>
+      <c r="E695" t="s">
+        <v>12</v>
+      </c>
+      <c r="F695" t="s">
+        <v>344</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H695" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2799</v>
+      </c>
+      <c r="D696" t="s">
+        <v>11</v>
+      </c>
+      <c r="E696" t="s">
+        <v>12</v>
+      </c>
+      <c r="F696" t="s">
+        <v>344</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H696" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D697" t="s">
+        <v>11</v>
+      </c>
+      <c r="E697" t="s">
+        <v>12</v>
+      </c>
+      <c r="F697" t="s">
+        <v>344</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="H697" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D698" t="s">
+        <v>11</v>
+      </c>
+      <c r="E698" t="s">
+        <v>12</v>
+      </c>
+      <c r="F698" t="s">
+        <v>344</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H698" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D699" t="s">
+        <v>11</v>
+      </c>
+      <c r="E699" t="s">
+        <v>12</v>
+      </c>
+      <c r="F699" t="s">
+        <v>344</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H699" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D700" t="s">
+        <v>11</v>
+      </c>
+      <c r="E700" t="s">
+        <v>12</v>
+      </c>
+      <c r="F700" t="s">
+        <v>344</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2816</v>
+      </c>
+      <c r="H700" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D701" t="s">
+        <v>11</v>
+      </c>
+      <c r="E701" t="s">
+        <v>12</v>
+      </c>
+      <c r="F701" t="s">
+        <v>344</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H701" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D702" t="s">
+        <v>11</v>
+      </c>
+      <c r="E702" t="s">
+        <v>12</v>
+      </c>
+      <c r="F702" t="s">
+        <v>344</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H702" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D703" t="s">
+        <v>11</v>
+      </c>
+      <c r="E703" t="s">
+        <v>12</v>
+      </c>
+      <c r="F703" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H703" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D704" t="s">
+        <v>11</v>
+      </c>
+      <c r="E704" t="s">
+        <v>12</v>
+      </c>
+      <c r="F704" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="H704" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D705" t="s">
+        <v>11</v>
+      </c>
+      <c r="E705" t="s">
+        <v>12</v>
+      </c>
+      <c r="F705" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H705" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D706" t="s">
+        <v>11</v>
+      </c>
+      <c r="E706" t="s">
+        <v>12</v>
+      </c>
+      <c r="F706" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H706" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D707" t="s">
+        <v>11</v>
+      </c>
+      <c r="E707" t="s">
+        <v>12</v>
+      </c>
+      <c r="F707" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H707" t="s">
+        <v>2845</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D708" t="s">
+        <v>11</v>
+      </c>
+      <c r="E708" t="s">
+        <v>12</v>
+      </c>
+      <c r="F708" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H708" t="s">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D709" t="s">
+        <v>11</v>
+      </c>
+      <c r="E709" t="s">
+        <v>12</v>
+      </c>
+      <c r="F709" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H709" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D710" t="s">
+        <v>11</v>
+      </c>
+      <c r="E710" t="s">
+        <v>12</v>
+      </c>
+      <c r="F710" t="s">
+        <v>18</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H710" t="s">
+        <v>2857</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D711" t="s">
+        <v>11</v>
+      </c>
+      <c r="E711" t="s">
+        <v>12</v>
+      </c>
+      <c r="F711" t="s">
+        <v>18</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="H711" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D712" t="s">
+        <v>11</v>
+      </c>
+      <c r="E712" t="s">
+        <v>12</v>
+      </c>
+      <c r="F712" t="s">
+        <v>18</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D713" t="s">
+        <v>11</v>
+      </c>
+      <c r="E713" t="s">
+        <v>12</v>
+      </c>
+      <c r="F713" t="s">
+        <v>18</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D714" t="s">
+        <v>11</v>
+      </c>
+      <c r="E714" t="s">
+        <v>12</v>
+      </c>
+      <c r="F714" t="s">
+        <v>18</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D715" t="s">
+        <v>11</v>
+      </c>
+      <c r="E715" t="s">
+        <v>12</v>
+      </c>
+      <c r="F715" t="s">
+        <v>18</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D716" t="s">
+        <v>11</v>
+      </c>
+      <c r="E716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F716" t="s">
+        <v>18</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2883</v>
+      </c>
+      <c r="D717" t="s">
+        <v>11</v>
+      </c>
+      <c r="E717" t="s">
+        <v>12</v>
+      </c>
+      <c r="F717" t="s">
+        <v>18</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D718" t="s">
+        <v>11</v>
+      </c>
+      <c r="E718" t="s">
+        <v>12</v>
+      </c>
+      <c r="F718" t="s">
+        <v>18</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D719" t="s">
+        <v>11</v>
+      </c>
+      <c r="E719" t="s">
+        <v>12</v>
+      </c>
+      <c r="F719" t="s">
+        <v>18</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D720" t="s">
+        <v>11</v>
+      </c>
+      <c r="E720" t="s">
+        <v>12</v>
+      </c>
+      <c r="F720" t="s">
+        <v>18</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D721" t="s">
+        <v>11</v>
+      </c>
+      <c r="E721" t="s">
+        <v>12</v>
+      </c>
+      <c r="F721" t="s">
+        <v>18</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D722" t="s">
+        <v>11</v>
+      </c>
+      <c r="E722" t="s">
+        <v>12</v>
+      </c>
+      <c r="F722" t="s">
+        <v>18</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D723" t="s">
+        <v>11</v>
+      </c>
+      <c r="E723" t="s">
+        <v>12</v>
+      </c>
+      <c r="F723" t="s">
+        <v>18</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>2911</v>
+      </c>
+      <c r="D724" t="s">
+        <v>11</v>
+      </c>
+      <c r="E724" t="s">
+        <v>12</v>
+      </c>
+      <c r="F724" t="s">
+        <v>344</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D725" t="s">
+        <v>11</v>
+      </c>
+      <c r="E725" t="s">
+        <v>12</v>
+      </c>
+      <c r="F725" t="s">
+        <v>344</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D726" t="s">
+        <v>11</v>
+      </c>
+      <c r="E726" t="s">
+        <v>12</v>
+      </c>
+      <c r="F726" t="s">
+        <v>344</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D727" t="s">
+        <v>11</v>
+      </c>
+      <c r="E727" t="s">
+        <v>12</v>
+      </c>
+      <c r="F727" t="s">
+        <v>344</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D728" t="s">
+        <v>11</v>
+      </c>
+      <c r="E728" t="s">
+        <v>12</v>
+      </c>
+      <c r="F728" t="s">
+        <v>344</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D729" t="s">
+        <v>11</v>
+      </c>
+      <c r="E729" t="s">
+        <v>12</v>
+      </c>
+      <c r="F729" t="s">
+        <v>344</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2934</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D730" t="s">
+        <v>11</v>
+      </c>
+      <c r="E730" t="s">
+        <v>12</v>
+      </c>
+      <c r="F730" t="s">
+        <v>344</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D731" t="s">
+        <v>11</v>
+      </c>
+      <c r="E731" t="s">
+        <v>12</v>
+      </c>
+      <c r="F731" t="s">
+        <v>344</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D732" t="s">
+        <v>11</v>
+      </c>
+      <c r="E732" t="s">
+        <v>12</v>
+      </c>
+      <c r="F732" t="s">
+        <v>344</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D733" t="s">
+        <v>11</v>
+      </c>
+      <c r="E733" t="s">
+        <v>12</v>
+      </c>
+      <c r="F733" t="s">
+        <v>344</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>2951</v>
+      </c>
+      <c r="D734" t="s">
+        <v>11</v>
+      </c>
+      <c r="E734" t="s">
+        <v>12</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D735" t="s">
+        <v>11</v>
+      </c>
+      <c r="E735" t="s">
+        <v>12</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2956</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2959</v>
+      </c>
+      <c r="D736" t="s">
+        <v>11</v>
+      </c>
+      <c r="E736" t="s">
+        <v>12</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D737" t="s">
+        <v>11</v>
+      </c>
+      <c r="E737" t="s">
+        <v>12</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D738" t="s">
+        <v>11</v>
+      </c>
+      <c r="E738" t="s">
+        <v>12</v>
+      </c>
+      <c r="F738" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D739" t="s">
+        <v>11</v>
+      </c>
+      <c r="E739" t="s">
+        <v>12</v>
+      </c>
+      <c r="F739" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2973</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D740" t="s">
+        <v>11</v>
+      </c>
+      <c r="E740" t="s">
+        <v>12</v>
+      </c>
+      <c r="F740" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2979</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2980</v>
+      </c>
+      <c r="D741" t="s">
+        <v>11</v>
+      </c>
+      <c r="E741" t="s">
+        <v>12</v>
+      </c>
+      <c r="F741" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D742" t="s">
+        <v>11</v>
+      </c>
+      <c r="E742" t="s">
+        <v>12</v>
+      </c>
+      <c r="F742" t="s">
+        <v>79</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D743" t="s">
+        <v>11</v>
+      </c>
+      <c r="E743" t="s">
+        <v>12</v>
+      </c>
+      <c r="F743" t="s">
+        <v>79</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D744" t="s">
+        <v>11</v>
+      </c>
+      <c r="E744" t="s">
+        <v>12</v>
+      </c>
+      <c r="F744" t="s">
+        <v>79</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2995</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>2996</v>
+      </c>
+      <c r="D745" t="s">
+        <v>11</v>
+      </c>
+      <c r="E745" t="s">
+        <v>12</v>
+      </c>
+      <c r="F745" t="s">
+        <v>79</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2997</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D746" t="s">
+        <v>11</v>
+      </c>
+      <c r="E746" t="s">
+        <v>12</v>
+      </c>
+      <c r="F746" t="s">
+        <v>79</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H746" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>3004</v>
+      </c>
+      <c r="D747" t="s">
+        <v>11</v>
+      </c>
+      <c r="E747" t="s">
+        <v>12</v>
+      </c>
+      <c r="F747" t="s">
+        <v>79</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H747" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D748" t="s">
+        <v>11</v>
+      </c>
+      <c r="E748" t="s">
+        <v>12</v>
+      </c>
+      <c r="F748" t="s">
+        <v>79</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H748" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>3012</v>
+      </c>
+      <c r="D749" t="s">
+        <v>11</v>
+      </c>
+      <c r="E749" t="s">
+        <v>12</v>
+      </c>
+      <c r="F749" t="s">
+        <v>79</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H749" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>3016</v>
+      </c>
+      <c r="D750" t="s">
+        <v>11</v>
+      </c>
+      <c r="E750" t="s">
+        <v>12</v>
+      </c>
+      <c r="F750" t="s">
+        <v>79</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H750" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D751" t="s">
+        <v>11</v>
+      </c>
+      <c r="E751" t="s">
+        <v>12</v>
+      </c>
+      <c r="F751" t="s">
+        <v>79</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H751" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D752" t="s">
+        <v>11</v>
+      </c>
+      <c r="E752" t="s">
+        <v>12</v>
+      </c>
+      <c r="F752" t="s">
+        <v>79</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H752" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>3028</v>
+      </c>
+      <c r="D753" t="s">
+        <v>11</v>
+      </c>
+      <c r="E753" t="s">
+        <v>12</v>
+      </c>
+      <c r="F753" t="s">
+        <v>79</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>3029</v>
+      </c>
+      <c r="H753" t="s">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>3032</v>
+      </c>
+      <c r="D754" t="s">
+        <v>11</v>
+      </c>
+      <c r="E754" t="s">
+        <v>12</v>
+      </c>
+      <c r="F754" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H754" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D755" t="s">
+        <v>11</v>
+      </c>
+      <c r="E755" t="s">
+        <v>12</v>
+      </c>
+      <c r="F755" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H755" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>3039</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>3040</v>
+      </c>
+      <c r="D756" t="s">
+        <v>11</v>
+      </c>
+      <c r="E756" t="s">
+        <v>12</v>
+      </c>
+      <c r="F756" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H756" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>3044</v>
+      </c>
+      <c r="D757" t="s">
+        <v>11</v>
+      </c>
+      <c r="E757" t="s">
+        <v>12</v>
+      </c>
+      <c r="F757" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H757" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D758" t="s">
+        <v>11</v>
+      </c>
+      <c r="E758" t="s">
+        <v>12</v>
+      </c>
+      <c r="F758" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H758" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>3051</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>3052</v>
+      </c>
+      <c r="D759" t="s">
+        <v>11</v>
+      </c>
+      <c r="E759" t="s">
+        <v>12</v>
+      </c>
+      <c r="F759" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H759" t="s">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>3056</v>
+      </c>
+      <c r="D760" t="s">
+        <v>11</v>
+      </c>
+      <c r="E760" t="s">
+        <v>12</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="H760" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D761" t="s">
+        <v>11</v>
+      </c>
+      <c r="E761" t="s">
+        <v>12</v>
+      </c>
+      <c r="F761" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H761" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D762" t="s">
+        <v>11</v>
+      </c>
+      <c r="E762" t="s">
+        <v>12</v>
+      </c>
+      <c r="F762" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H762" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D763" t="s">
+        <v>11</v>
+      </c>
+      <c r="E763" t="s">
+        <v>12</v>
+      </c>
+      <c r="F763" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H763" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D764" t="s">
+        <v>11</v>
+      </c>
+      <c r="E764" t="s">
+        <v>12</v>
+      </c>
+      <c r="F764" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="H764" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D765" t="s">
+        <v>11</v>
+      </c>
+      <c r="E765" t="s">
+        <v>12</v>
+      </c>
+      <c r="F765" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H765" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D766" t="s">
+        <v>11</v>
+      </c>
+      <c r="E766" t="s">
+        <v>12</v>
+      </c>
+      <c r="F766" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H766" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>3084</v>
+      </c>
+      <c r="D767" t="s">
+        <v>11</v>
+      </c>
+      <c r="E767" t="s">
+        <v>12</v>
+      </c>
+      <c r="F767" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>3085</v>
+      </c>
+      <c r="H767" t="s">
+        <v>3086</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>3088</v>
+      </c>
+      <c r="D768" t="s">
+        <v>11</v>
+      </c>
+      <c r="E768" t="s">
+        <v>12</v>
+      </c>
+      <c r="F768" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="H768" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>3092</v>
+      </c>
+      <c r="D769" t="s">
+        <v>11</v>
+      </c>
+      <c r="E769" t="s">
+        <v>12</v>
+      </c>
+      <c r="F769" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="H769" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D770" t="s">
+        <v>11</v>
+      </c>
+      <c r="E770" t="s">
+        <v>12</v>
+      </c>
+      <c r="F770" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H770" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>3100</v>
+      </c>
+      <c r="D771" t="s">
+        <v>11</v>
+      </c>
+      <c r="E771" t="s">
+        <v>12</v>
+      </c>
+      <c r="F771" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="H771" t="s">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>3104</v>
+      </c>
+      <c r="D772" t="s">
+        <v>11</v>
+      </c>
+      <c r="E772" t="s">
+        <v>12</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H772" t="s">
+        <v>3106</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D773" t="s">
+        <v>11</v>
+      </c>
+      <c r="E773" t="s">
+        <v>12</v>
+      </c>
+      <c r="F773" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>3109</v>
+      </c>
+      <c r="H773" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>3111</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>3112</v>
+      </c>
+      <c r="D774" t="s">
+        <v>11</v>
+      </c>
+      <c r="E774" t="s">
+        <v>12</v>
+      </c>
+      <c r="F774" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="H774" t="s">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>3115</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D775" t="s">
+        <v>11</v>
+      </c>
+      <c r="E775" t="s">
+        <v>12</v>
+      </c>
+      <c r="F775" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H775" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D776" t="s">
+        <v>11</v>
+      </c>
+      <c r="E776" t="s">
+        <v>12</v>
+      </c>
+      <c r="F776" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H776" t="s">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>3124</v>
+      </c>
+      <c r="D777" t="s">
+        <v>11</v>
+      </c>
+      <c r="E777" t="s">
+        <v>12</v>
+      </c>
+      <c r="F777" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="H777" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>3128</v>
+      </c>
+      <c r="D778" t="s">
+        <v>11</v>
+      </c>
+      <c r="E778" t="s">
+        <v>12</v>
+      </c>
+      <c r="F778" t="s">
+        <v>79</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H778" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D779" t="s">
+        <v>11</v>
+      </c>
+      <c r="E779" t="s">
+        <v>12</v>
+      </c>
+      <c r="F779" t="s">
+        <v>344</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>3133</v>
+      </c>
+      <c r="H779" t="s">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D780" t="s">
+        <v>11</v>
+      </c>
+      <c r="E780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F780" t="s">
+        <v>344</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="H780" t="s">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D781" t="s">
+        <v>11</v>
+      </c>
+      <c r="E781" t="s">
+        <v>12</v>
+      </c>
+      <c r="F781" t="s">
+        <v>344</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>3141</v>
+      </c>
+      <c r="H781" t="s">
+        <v>3142</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D782" t="s">
+        <v>11</v>
+      </c>
+      <c r="E782" t="s">
+        <v>12</v>
+      </c>
+      <c r="F782" t="s">
+        <v>344</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>3145</v>
+      </c>
+      <c r="H782" t="s">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>3148</v>
+      </c>
+      <c r="D783" t="s">
+        <v>11</v>
+      </c>
+      <c r="E783" t="s">
+        <v>12</v>
+      </c>
+      <c r="F783" t="s">
+        <v>344</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="H783" t="s">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>3152</v>
+      </c>
+      <c r="D784" t="s">
+        <v>11</v>
+      </c>
+      <c r="E784" t="s">
+        <v>12</v>
+      </c>
+      <c r="F784" t="s">
+        <v>344</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H784" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D785" t="s">
+        <v>11</v>
+      </c>
+      <c r="E785" t="s">
+        <v>12</v>
+      </c>
+      <c r="F785" t="s">
+        <v>344</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>3157</v>
+      </c>
+      <c r="H785" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>3159</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>3160</v>
+      </c>
+      <c r="D786" t="s">
+        <v>11</v>
+      </c>
+      <c r="E786" t="s">
+        <v>12</v>
+      </c>
+      <c r="F786" t="s">
+        <v>344</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>3161</v>
+      </c>
+      <c r="H786" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>3163</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>3164</v>
+      </c>
+      <c r="D787" t="s">
+        <v>11</v>
+      </c>
+      <c r="E787" t="s">
+        <v>12</v>
+      </c>
+      <c r="F787" t="s">
+        <v>344</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>3165</v>
+      </c>
+      <c r="H787" t="s">
+        <v>3166</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D788" t="s">
+        <v>11</v>
+      </c>
+      <c r="E788" t="s">
+        <v>12</v>
+      </c>
+      <c r="F788" t="s">
+        <v>344</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>3169</v>
+      </c>
+      <c r="H788" t="s">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>3171</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>3172</v>
+      </c>
+      <c r="D789" t="s">
+        <v>11</v>
+      </c>
+      <c r="E789" t="s">
+        <v>12</v>
+      </c>
+      <c r="F789" t="s">
+        <v>344</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H789" t="s">
+        <v>3174</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D790" t="s">
+        <v>11</v>
+      </c>
+      <c r="E790" t="s">
+        <v>12</v>
+      </c>
+      <c r="F790" t="s">
+        <v>344</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>3177</v>
+      </c>
+      <c r="H790" t="s">
+        <v>3178</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>3180</v>
+      </c>
+      <c r="D791" t="s">
+        <v>11</v>
+      </c>
+      <c r="E791" t="s">
+        <v>12</v>
+      </c>
+      <c r="F791" t="s">
+        <v>344</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>3181</v>
+      </c>
+      <c r="H791" t="s">
+        <v>3182</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>3183</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>3184</v>
+      </c>
+      <c r="D792" t="s">
+        <v>11</v>
+      </c>
+      <c r="E792" t="s">
+        <v>12</v>
+      </c>
+      <c r="F792" t="s">
+        <v>344</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>3185</v>
+      </c>
+      <c r="H792" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>3188</v>
+      </c>
+      <c r="D793" t="s">
+        <v>11</v>
+      </c>
+      <c r="E793" t="s">
+        <v>12</v>
+      </c>
+      <c r="F793" t="s">
+        <v>344</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>3189</v>
+      </c>
+      <c r="H793" t="s">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>3192</v>
+      </c>
+      <c r="D794" t="s">
+        <v>11</v>
+      </c>
+      <c r="E794" t="s">
+        <v>12</v>
+      </c>
+      <c r="F794" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H794" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D795" t="s">
+        <v>11</v>
+      </c>
+      <c r="E795" t="s">
+        <v>12</v>
+      </c>
+      <c r="F795" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="H795" t="s">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>3200</v>
+      </c>
+      <c r="D796" t="s">
+        <v>11</v>
+      </c>
+      <c r="E796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F796" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>3201</v>
+      </c>
+      <c r="H796" t="s">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>3203</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D797" t="s">
+        <v>11</v>
+      </c>
+      <c r="E797" t="s">
+        <v>12</v>
+      </c>
+      <c r="F797" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>3205</v>
+      </c>
+      <c r="H797" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D798" t="s">
+        <v>11</v>
+      </c>
+      <c r="E798" t="s">
+        <v>12</v>
+      </c>
+      <c r="F798" t="s">
+        <v>344</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H798" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D799" t="s">
+        <v>11</v>
+      </c>
+      <c r="E799" t="s">
+        <v>12</v>
+      </c>
+      <c r="F799" t="s">
+        <v>344</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>3213</v>
+      </c>
+      <c r="H799" t="s">
+        <v>3214</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D800" t="s">
+        <v>11</v>
+      </c>
+      <c r="E800" t="s">
+        <v>12</v>
+      </c>
+      <c r="F800" t="s">
+        <v>344</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="H800" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D801" t="s">
+        <v>11</v>
+      </c>
+      <c r="E801" t="s">
+        <v>12</v>
+      </c>
+      <c r="F801" t="s">
+        <v>344</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>3221</v>
+      </c>
+      <c r="H801" t="s">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D802" t="s">
+        <v>11</v>
+      </c>
+      <c r="E802" t="s">
+        <v>12</v>
+      </c>
+      <c r="F802" t="s">
+        <v>344</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="H802" t="s">
+        <v>3226</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D803" t="s">
+        <v>11</v>
+      </c>
+      <c r="E803" t="s">
+        <v>12</v>
+      </c>
+      <c r="F803" t="s">
+        <v>344</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="H803" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>3232</v>
+      </c>
+      <c r="D804" t="s">
+        <v>11</v>
+      </c>
+      <c r="E804" t="s">
+        <v>12</v>
+      </c>
+      <c r="F804" t="s">
+        <v>344</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="H804" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D805" t="s">
+        <v>11</v>
+      </c>
+      <c r="E805" t="s">
+        <v>12</v>
+      </c>
+      <c r="F805" t="s">
+        <v>344</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H805" t="s">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D806" t="s">
+        <v>11</v>
+      </c>
+      <c r="E806" t="s">
+        <v>12</v>
+      </c>
+      <c r="F806" t="s">
+        <v>344</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="H806" t="s">
+        <v>3241</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>3243</v>
+      </c>
+      <c r="D807" t="s">
+        <v>11</v>
+      </c>
+      <c r="E807" t="s">
+        <v>12</v>
+      </c>
+      <c r="F807" t="s">
+        <v>344</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="H807" t="s">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D808" t="s">
+        <v>11</v>
+      </c>
+      <c r="E808" t="s">
+        <v>12</v>
+      </c>
+      <c r="F808" t="s">
+        <v>344</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="H808" t="s">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>3251</v>
+      </c>
+      <c r="D809" t="s">
+        <v>11</v>
+      </c>
+      <c r="E809" t="s">
+        <v>12</v>
+      </c>
+      <c r="F809" t="s">
+        <v>344</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H809" t="s">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>3255</v>
+      </c>
+      <c r="D810" t="s">
+        <v>11</v>
+      </c>
+      <c r="E810" t="s">
+        <v>12</v>
+      </c>
+      <c r="F810" t="s">
+        <v>344</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H810" t="s">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D811" t="s">
+        <v>11</v>
+      </c>
+      <c r="E811" t="s">
+        <v>12</v>
+      </c>
+      <c r="F811" t="s">
+        <v>344</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="H811" t="s">
+        <v>3261</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>3263</v>
+      </c>
+      <c r="D812" t="s">
+        <v>11</v>
+      </c>
+      <c r="E812" t="s">
+        <v>12</v>
+      </c>
+      <c r="F812" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="H812" t="s">
+        <v>3265</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D813" t="s">
+        <v>11</v>
+      </c>
+      <c r="E813" t="s">
+        <v>12</v>
+      </c>
+      <c r="F813" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="H813" t="s">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>3271</v>
+      </c>
+      <c r="D814" t="s">
+        <v>11</v>
+      </c>
+      <c r="E814" t="s">
+        <v>12</v>
+      </c>
+      <c r="F814" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="H814" t="s">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D815" t="s">
+        <v>11</v>
+      </c>
+      <c r="E815" t="s">
+        <v>12</v>
+      </c>
+      <c r="F815" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>3276</v>
+      </c>
+      <c r="H815" t="s">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D816" t="s">
+        <v>11</v>
+      </c>
+      <c r="E816" t="s">
+        <v>12</v>
+      </c>
+      <c r="F816" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="H816" t="s">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D817" t="s">
+        <v>11</v>
+      </c>
+      <c r="E817" t="s">
+        <v>12</v>
+      </c>
+      <c r="F817" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="H817" t="s">
+        <v>3285</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D818" t="s">
+        <v>11</v>
+      </c>
+      <c r="E818" t="s">
+        <v>12</v>
+      </c>
+      <c r="F818" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H818" t="s">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D819" t="s">
+        <v>11</v>
+      </c>
+      <c r="E819" t="s">
+        <v>12</v>
+      </c>
+      <c r="F819" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H819" t="s">
+        <v>3293</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D820" t="s">
+        <v>11</v>
+      </c>
+      <c r="E820" t="s">
+        <v>12</v>
+      </c>
+      <c r="F820" t="s">
+        <v>18</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="H820" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>3299</v>
+      </c>
+      <c r="D821" t="s">
+        <v>11</v>
+      </c>
+      <c r="E821" t="s">
+        <v>12</v>
+      </c>
+      <c r="F821" t="s">
+        <v>18</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H821" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D822" t="s">
+        <v>11</v>
+      </c>
+      <c r="E822" t="s">
+        <v>12</v>
+      </c>
+      <c r="F822" t="s">
+        <v>18</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="H822" t="s">
+        <v>3305</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D823" t="s">
+        <v>11</v>
+      </c>
+      <c r="E823" t="s">
+        <v>12</v>
+      </c>
+      <c r="F823" t="s">
+        <v>18</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>3308</v>
+      </c>
+      <c r="H823" t="s">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D824" t="s">
+        <v>11</v>
+      </c>
+      <c r="E824" t="s">
+        <v>12</v>
+      </c>
+      <c r="F824" t="s">
+        <v>18</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="H824" t="s">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D825" t="s">
+        <v>11</v>
+      </c>
+      <c r="E825" t="s">
+        <v>12</v>
+      </c>
+      <c r="F825" t="s">
+        <v>18</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="H825" t="s">
+        <v>3317</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>3319</v>
+      </c>
+      <c r="D826" t="s">
+        <v>11</v>
+      </c>
+      <c r="E826" t="s">
+        <v>12</v>
+      </c>
+      <c r="F826" t="s">
+        <v>18</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="H826" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>3323</v>
+      </c>
+      <c r="D827" t="s">
+        <v>11</v>
+      </c>
+      <c r="E827" t="s">
+        <v>12</v>
+      </c>
+      <c r="F827" t="s">
+        <v>18</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H827" t="s">
+        <v>3325</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D828" t="s">
+        <v>11</v>
+      </c>
+      <c r="E828" t="s">
+        <v>12</v>
+      </c>
+      <c r="F828" t="s">
+        <v>18</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>3328</v>
+      </c>
+      <c r="H828" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>3330</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>3331</v>
+      </c>
+      <c r="D829" t="s">
+        <v>11</v>
+      </c>
+      <c r="E829" t="s">
+        <v>12</v>
+      </c>
+      <c r="F829" t="s">
+        <v>18</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="H829" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D830" t="s">
+        <v>11</v>
+      </c>
+      <c r="E830" t="s">
+        <v>12</v>
+      </c>
+      <c r="F830" t="s">
+        <v>18</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="H830" t="s">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D831" t="s">
+        <v>11</v>
+      </c>
+      <c r="E831" t="s">
+        <v>12</v>
+      </c>
+      <c r="F831" t="s">
+        <v>18</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="H831" t="s">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>3343</v>
+      </c>
+      <c r="D832" t="s">
+        <v>11</v>
+      </c>
+      <c r="E832" t="s">
+        <v>12</v>
+      </c>
+      <c r="F832" t="s">
+        <v>18</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="H832" t="s">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>3346</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>3347</v>
+      </c>
+      <c r="D833" t="s">
+        <v>11</v>
+      </c>
+      <c r="E833" t="s">
+        <v>12</v>
+      </c>
+      <c r="F833" t="s">
+        <v>18</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="H833" t="s">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>3351</v>
+      </c>
+      <c r="D834" t="s">
+        <v>11</v>
+      </c>
+      <c r="E834" t="s">
+        <v>12</v>
+      </c>
+      <c r="F834" t="s">
+        <v>18</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="H834" t="s">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D835" t="s">
+        <v>11</v>
+      </c>
+      <c r="E835" t="s">
+        <v>12</v>
+      </c>
+      <c r="F835" t="s">
+        <v>18</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="H835" t="s">
+        <v>3357</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>3359</v>
+      </c>
+      <c r="D836" t="s">
+        <v>11</v>
+      </c>
+      <c r="E836" t="s">
+        <v>12</v>
+      </c>
+      <c r="F836" t="s">
+        <v>18</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="H836" t="s">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>3363</v>
+      </c>
+      <c r="D837" t="s">
+        <v>11</v>
+      </c>
+      <c r="E837" t="s">
+        <v>12</v>
+      </c>
+      <c r="F837" t="s">
+        <v>18</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="H837" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D838" t="s">
+        <v>11</v>
+      </c>
+      <c r="E838" t="s">
+        <v>12</v>
+      </c>
+      <c r="F838" t="s">
+        <v>18</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="H838" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>3371</v>
+      </c>
+      <c r="D839" t="s">
+        <v>11</v>
+      </c>
+      <c r="E839" t="s">
+        <v>12</v>
+      </c>
+      <c r="F839" t="s">
+        <v>18</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>3372</v>
+      </c>
+      <c r="H839" t="s">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D840" t="s">
+        <v>11</v>
+      </c>
+      <c r="E840" t="s">
+        <v>12</v>
+      </c>
+      <c r="F840" t="s">
+        <v>18</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="H840" t="s">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D841" t="s">
+        <v>11</v>
+      </c>
+      <c r="E841" t="s">
+        <v>12</v>
+      </c>
+      <c r="F841" t="s">
+        <v>18</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="H841" t="s">
+        <v>3381</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D842" t="s">
+        <v>11</v>
+      </c>
+      <c r="E842" t="s">
+        <v>12</v>
+      </c>
+      <c r="F842" t="s">
+        <v>18</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="H842" t="s">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D843" t="s">
+        <v>11</v>
+      </c>
+      <c r="E843" t="s">
+        <v>12</v>
+      </c>
+      <c r="F843" t="s">
+        <v>18</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H843" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D844" t="s">
+        <v>11</v>
+      </c>
+      <c r="E844" t="s">
+        <v>12</v>
+      </c>
+      <c r="F844" t="s">
+        <v>18</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="H844" t="s">
+        <v>3393</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>3395</v>
+      </c>
+      <c r="D845" t="s">
+        <v>11</v>
+      </c>
+      <c r="E845" t="s">
+        <v>12</v>
+      </c>
+      <c r="F845" t="s">
+        <v>18</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="H845" t="s">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D846" t="s">
+        <v>11</v>
+      </c>
+      <c r="E846" t="s">
+        <v>12</v>
+      </c>
+      <c r="F846" t="s">
+        <v>18</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="H846" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D847" t="s">
+        <v>11</v>
+      </c>
+      <c r="E847" t="s">
+        <v>12</v>
+      </c>
+      <c r="F847" t="s">
+        <v>18</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="H847" t="s">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>3407</v>
+      </c>
+      <c r="D848" t="s">
+        <v>11</v>
+      </c>
+      <c r="E848" t="s">
+        <v>12</v>
+      </c>
+      <c r="F848" t="s">
+        <v>18</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="H848" t="s">
+        <v>3409</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D849" t="s">
+        <v>11</v>
+      </c>
+      <c r="E849" t="s">
+        <v>12</v>
+      </c>
+      <c r="F849" t="s">
+        <v>18</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="H849" t="s">
+        <v>3413</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D850" t="s">
+        <v>11</v>
+      </c>
+      <c r="E850" t="s">
+        <v>12</v>
+      </c>
+      <c r="F850" t="s">
+        <v>18</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="H850" t="s">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D851" t="s">
+        <v>11</v>
+      </c>
+      <c r="E851" t="s">
+        <v>12</v>
+      </c>
+      <c r="F851" t="s">
+        <v>18</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="H851" t="s">
+        <v>3421</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D852" t="s">
+        <v>11</v>
+      </c>
+      <c r="E852" t="s">
+        <v>12</v>
+      </c>
+      <c r="F852" t="s">
+        <v>18</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="H852" t="s">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>3427</v>
+      </c>
+      <c r="D853" t="s">
+        <v>11</v>
+      </c>
+      <c r="E853" t="s">
+        <v>12</v>
+      </c>
+      <c r="F853" t="s">
+        <v>18</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="H853" t="s">
+        <v>3429</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D854" t="s">
+        <v>11</v>
+      </c>
+      <c r="E854" t="s">
+        <v>12</v>
+      </c>
+      <c r="F854" t="s">
+        <v>18</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="H854" t="s">
+        <v>3433</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D855" t="s">
+        <v>11</v>
+      </c>
+      <c r="E855" t="s">
+        <v>12</v>
+      </c>
+      <c r="F855" t="s">
+        <v>18</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="H855" t="s">
+        <v>3437</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D856" t="s">
+        <v>11</v>
+      </c>
+      <c r="E856" t="s">
+        <v>12</v>
+      </c>
+      <c r="F856" t="s">
+        <v>525</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>3440</v>
+      </c>
+      <c r="H856" t="s">
+        <v>3441</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D857" t="s">
+        <v>11</v>
+      </c>
+      <c r="E857" t="s">
+        <v>12</v>
+      </c>
+      <c r="F857" t="s">
+        <v>525</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="H857" t="s">
+        <v>3445</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>3447</v>
+      </c>
+      <c r="D858" t="s">
+        <v>11</v>
+      </c>
+      <c r="E858" t="s">
+        <v>12</v>
+      </c>
+      <c r="F858" t="s">
+        <v>525</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="H858" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D859" t="s">
+        <v>11</v>
+      </c>
+      <c r="E859" t="s">
+        <v>12</v>
+      </c>
+      <c r="F859" t="s">
+        <v>525</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>3452</v>
+      </c>
+      <c r="H859" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>3455</v>
+      </c>
+      <c r="D860" t="s">
+        <v>11</v>
+      </c>
+      <c r="E860" t="s">
+        <v>12</v>
+      </c>
+      <c r="F860" t="s">
+        <v>525</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H860" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D861" t="s">
+        <v>11</v>
+      </c>
+      <c r="E861" t="s">
+        <v>12</v>
+      </c>
+      <c r="F861" t="s">
+        <v>525</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="H861" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D862" t="s">
+        <v>11</v>
+      </c>
+      <c r="E862" t="s">
+        <v>12</v>
+      </c>
+      <c r="F862" t="s">
+        <v>525</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="H862" t="s">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D863" t="s">
+        <v>11</v>
+      </c>
+      <c r="E863" t="s">
+        <v>12</v>
+      </c>
+      <c r="F863" t="s">
+        <v>525</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="H863" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>3471</v>
+      </c>
+      <c r="D864" t="s">
+        <v>11</v>
+      </c>
+      <c r="E864" t="s">
+        <v>12</v>
+      </c>
+      <c r="F864" t="s">
+        <v>525</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="H864" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D865" t="s">
+        <v>11</v>
+      </c>
+      <c r="E865" t="s">
+        <v>12</v>
+      </c>
+      <c r="F865" t="s">
+        <v>525</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="H865" t="s">
+        <v>3477</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D866" t="s">
+        <v>11</v>
+      </c>
+      <c r="E866" t="s">
+        <v>12</v>
+      </c>
+      <c r="F866" t="s">
+        <v>525</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="H866" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D867" t="s">
+        <v>11</v>
+      </c>
+      <c r="E867" t="s">
+        <v>12</v>
+      </c>
+      <c r="F867" t="s">
+        <v>525</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="H867" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D868" t="s">
+        <v>11</v>
+      </c>
+      <c r="E868" t="s">
+        <v>12</v>
+      </c>
+      <c r="F868" t="s">
+        <v>525</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="H868" t="s">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D869" t="s">
+        <v>11</v>
+      </c>
+      <c r="E869" t="s">
+        <v>12</v>
+      </c>
+      <c r="F869" t="s">
+        <v>525</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="H869" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D870" t="s">
+        <v>11</v>
+      </c>
+      <c r="E870" t="s">
+        <v>12</v>
+      </c>
+      <c r="F870" t="s">
+        <v>525</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="H870" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D871" t="s">
+        <v>11</v>
+      </c>
+      <c r="E871" t="s">
+        <v>12</v>
+      </c>
+      <c r="F871" t="s">
+        <v>525</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>3500</v>
+      </c>
+      <c r="H871" t="s">
+        <v>3501</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D872" t="s">
+        <v>11</v>
+      </c>
+      <c r="E872" t="s">
+        <v>12</v>
+      </c>
+      <c r="F872" t="s">
+        <v>525</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="H872" t="s">
+        <v>3505</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D873" t="s">
+        <v>11</v>
+      </c>
+      <c r="E873" t="s">
+        <v>12</v>
+      </c>
+      <c r="F873" t="s">
+        <v>525</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="H873" t="s">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D874" t="s">
+        <v>11</v>
+      </c>
+      <c r="E874" t="s">
+        <v>12</v>
+      </c>
+      <c r="F874" t="s">
+        <v>525</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="H874" t="s">
+        <v>3513</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D875" t="s">
+        <v>11</v>
+      </c>
+      <c r="E875" t="s">
+        <v>12</v>
+      </c>
+      <c r="F875" t="s">
+        <v>525</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="H875" t="s">
+        <v>3517</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D876" t="s">
+        <v>11</v>
+      </c>
+      <c r="E876" t="s">
+        <v>12</v>
+      </c>
+      <c r="F876" t="s">
+        <v>525</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H876" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D877" t="s">
+        <v>11</v>
+      </c>
+      <c r="E877" t="s">
+        <v>12</v>
+      </c>
+      <c r="F877" t="s">
+        <v>525</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="H877" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D878" t="s">
+        <v>11</v>
+      </c>
+      <c r="E878" t="s">
+        <v>12</v>
+      </c>
+      <c r="F878" t="s">
+        <v>525</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="H878" t="s">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D879" t="s">
+        <v>11</v>
+      </c>
+      <c r="E879" t="s">
+        <v>12</v>
+      </c>
+      <c r="F879" t="s">
+        <v>525</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="H879" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D880" t="s">
+        <v>11</v>
+      </c>
+      <c r="E880" t="s">
+        <v>12</v>
+      </c>
+      <c r="F880" t="s">
+        <v>525</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>3536</v>
+      </c>
+      <c r="H880" t="s">
+        <v>3537</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>3538</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D881" t="s">
+        <v>11</v>
+      </c>
+      <c r="E881" t="s">
+        <v>12</v>
+      </c>
+      <c r="F881" t="s">
+        <v>525</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="H881" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D882" t="s">
+        <v>11</v>
+      </c>
+      <c r="E882" t="s">
+        <v>12</v>
+      </c>
+      <c r="F882" t="s">
+        <v>525</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="H882" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
+        <v>3547</v>
+      </c>
+      <c r="D883" t="s">
+        <v>11</v>
+      </c>
+      <c r="E883" t="s">
+        <v>12</v>
+      </c>
+      <c r="F883" t="s">
+        <v>525</v>
+      </c>
+      <c r="G883" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="H883" t="s">
+        <v>3549</v>
+      </c>
+    </row>
+    <row r="884" spans="1:8">
+      <c r="A884" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>3551</v>
+      </c>
+      <c r="D884" t="s">
+        <v>11</v>
+      </c>
+      <c r="E884" t="s">
+        <v>12</v>
+      </c>
+      <c r="F884" t="s">
+        <v>525</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>3552</v>
+      </c>
+      <c r="H884" t="s">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="885" spans="1:8">
+      <c r="A885" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>3555</v>
+      </c>
+      <c r="D885" t="s">
+        <v>11</v>
+      </c>
+      <c r="E885" t="s">
+        <v>12</v>
+      </c>
+      <c r="F885" t="s">
+        <v>525</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="H885" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="886" spans="1:8">
+      <c r="A886" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D886" t="s">
+        <v>11</v>
+      </c>
+      <c r="E886" t="s">
+        <v>12</v>
+      </c>
+      <c r="F886" t="s">
+        <v>525</v>
+      </c>
+      <c r="G886" s="1" t="s">
+        <v>3560</v>
+      </c>
+      <c r="H886" t="s">
+        <v>3561</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>3562</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>3563</v>
+      </c>
+      <c r="D887" t="s">
+        <v>11</v>
+      </c>
+      <c r="E887" t="s">
+        <v>12</v>
+      </c>
+      <c r="F887" t="s">
+        <v>525</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="H887" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D888" t="s">
+        <v>11</v>
+      </c>
+      <c r="E888" t="s">
+        <v>12</v>
+      </c>
+      <c r="F888" t="s">
+        <v>525</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>3568</v>
+      </c>
+      <c r="H888" t="s">
+        <v>3569</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>3570</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D889" t="s">
+        <v>11</v>
+      </c>
+      <c r="E889" t="s">
+        <v>12</v>
+      </c>
+      <c r="F889" t="s">
+        <v>525</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>3572</v>
+      </c>
+      <c r="H889" t="s">
+        <v>3573</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>3574</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D890" t="s">
+        <v>11</v>
+      </c>
+      <c r="E890" t="s">
+        <v>12</v>
+      </c>
+      <c r="F890" t="s">
+        <v>525</v>
+      </c>
+      <c r="G890" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="H890" t="s">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D891" t="s">
+        <v>11</v>
+      </c>
+      <c r="E891" t="s">
+        <v>12</v>
+      </c>
+      <c r="F891" t="s">
+        <v>525</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H891" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>3583</v>
+      </c>
+      <c r="D892" t="s">
+        <v>11</v>
+      </c>
+      <c r="E892" t="s">
+        <v>12</v>
+      </c>
+      <c r="F892" t="s">
+        <v>525</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="H892" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D893" t="s">
+        <v>11</v>
+      </c>
+      <c r="E893" t="s">
+        <v>12</v>
+      </c>
+      <c r="F893" t="s">
+        <v>525</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="H893" t="s">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D894" t="s">
+        <v>11</v>
+      </c>
+      <c r="E894" t="s">
+        <v>12</v>
+      </c>
+      <c r="F894" t="s">
+        <v>525</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="H894" t="s">
+        <v>3593</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>3594</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D895" t="s">
+        <v>11</v>
+      </c>
+      <c r="E895" t="s">
+        <v>12</v>
+      </c>
+      <c r="F895" t="s">
+        <v>525</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="H895" t="s">
+        <v>3597</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D896" t="s">
+        <v>11</v>
+      </c>
+      <c r="E896" t="s">
+        <v>12</v>
+      </c>
+      <c r="F896" t="s">
+        <v>525</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H896" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D897" t="s">
+        <v>11</v>
+      </c>
+      <c r="E897" t="s">
+        <v>12</v>
+      </c>
+      <c r="F897" t="s">
+        <v>525</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="H897" t="s">
+        <v>3605</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>3606</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D898" t="s">
+        <v>11</v>
+      </c>
+      <c r="E898" t="s">
+        <v>12</v>
+      </c>
+      <c r="F898" t="s">
+        <v>525</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="H898" t="s">
+        <v>3609</v>
+      </c>
+    </row>
+    <row r="899" spans="1:8">
+      <c r="A899" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B899" t="s">
+        <v>9</v>
+      </c>
+      <c r="C899" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D899" t="s">
+        <v>11</v>
+      </c>
+      <c r="E899" t="s">
+        <v>12</v>
+      </c>
+      <c r="F899" t="s">
+        <v>525</v>
+      </c>
+      <c r="G899" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="H899" t="s">
+        <v>3613</v>
+      </c>
+    </row>
+    <row r="900" spans="1:8">
+      <c r="A900" t="s">
+        <v>3614</v>
+      </c>
+      <c r="B900" t="s">
+        <v>9</v>
+      </c>
+      <c r="C900" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D900" t="s">
+        <v>11</v>
+      </c>
+      <c r="E900" t="s">
+        <v>12</v>
+      </c>
+      <c r="F900" t="s">
+        <v>525</v>
+      </c>
+      <c r="G900" s="1" t="s">
+        <v>3616</v>
+      </c>
+      <c r="H900" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="901" spans="1:8">
+      <c r="A901" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B901" t="s">
+        <v>9</v>
+      </c>
+      <c r="C901" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D901" t="s">
+        <v>11</v>
+      </c>
+      <c r="E901" t="s">
+        <v>12</v>
+      </c>
+      <c r="F901" t="s">
+        <v>525</v>
+      </c>
+      <c r="G901" s="1" t="s">
+        <v>3620</v>
+      </c>
+      <c r="H901" t="s">
+        <v>3621</v>
+      </c>
+    </row>
+    <row r="902" spans="1:8">
+      <c r="A902" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B902" t="s">
+        <v>9</v>
+      </c>
+      <c r="C902" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D902" t="s">
+        <v>11</v>
+      </c>
+      <c r="E902" t="s">
+        <v>12</v>
+      </c>
+      <c r="F902" t="s">
+        <v>525</v>
+      </c>
+      <c r="G902" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="H902" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="903" spans="1:8">
+      <c r="A903" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B903" t="s">
+        <v>9</v>
+      </c>
+      <c r="C903" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D903" t="s">
+        <v>11</v>
+      </c>
+      <c r="E903" t="s">
+        <v>12</v>
+      </c>
+      <c r="F903" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G903" s="1" t="s">
+        <v>3628</v>
+      </c>
+      <c r="H903" t="s">
+        <v>3629</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>3631</v>
+      </c>
+      <c r="D904" t="s">
+        <v>11</v>
+      </c>
+      <c r="E904" t="s">
+        <v>12</v>
+      </c>
+      <c r="F904" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="H904" t="s">
+        <v>3633</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D905" t="s">
+        <v>11</v>
+      </c>
+      <c r="E905" t="s">
+        <v>12</v>
+      </c>
+      <c r="F905" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H905" t="s">
+        <v>3637</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>3639</v>
+      </c>
+      <c r="D906" t="s">
+        <v>11</v>
+      </c>
+      <c r="E906" t="s">
+        <v>12</v>
+      </c>
+      <c r="F906" t="s">
+        <v>344</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="H906" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>3642</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>3643</v>
+      </c>
+      <c r="D907" t="s">
+        <v>11</v>
+      </c>
+      <c r="E907" t="s">
+        <v>12</v>
+      </c>
+      <c r="F907" t="s">
+        <v>344</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H907" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D908" t="s">
+        <v>11</v>
+      </c>
+      <c r="E908" t="s">
+        <v>12</v>
+      </c>
+      <c r="F908" t="s">
+        <v>344</v>
+      </c>
+      <c r="G908" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="H908" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>3650</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>3651</v>
+      </c>
+      <c r="D909" t="s">
+        <v>11</v>
+      </c>
+      <c r="E909" t="s">
+        <v>12</v>
+      </c>
+      <c r="F909" t="s">
+        <v>344</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="H909" t="s">
+        <v>3653</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>3655</v>
+      </c>
+      <c r="D910" t="s">
+        <v>11</v>
+      </c>
+      <c r="E910" t="s">
+        <v>12</v>
+      </c>
+      <c r="F910" t="s">
+        <v>344</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="H910" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D911" t="s">
+        <v>11</v>
+      </c>
+      <c r="E911" t="s">
+        <v>12</v>
+      </c>
+      <c r="F911" t="s">
+        <v>344</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>3660</v>
+      </c>
+      <c r="H911" t="s">
+        <v>3661</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>3662</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>3663</v>
+      </c>
+      <c r="D912" t="s">
+        <v>11</v>
+      </c>
+      <c r="E912" t="s">
+        <v>12</v>
+      </c>
+      <c r="F912" t="s">
+        <v>344</v>
+      </c>
+      <c r="G912" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="H912" t="s">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="913" spans="1:8">
+      <c r="A913" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B913" t="s">
+        <v>9</v>
+      </c>
+      <c r="C913" t="s">
+        <v>3667</v>
+      </c>
+      <c r="D913" t="s">
+        <v>11</v>
+      </c>
+      <c r="E913" t="s">
+        <v>12</v>
+      </c>
+      <c r="F913" t="s">
+        <v>344</v>
+      </c>
+      <c r="G913" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H913" t="s">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="914" spans="1:8">
+      <c r="A914" t="s">
+        <v>3670</v>
+      </c>
+      <c r="B914" t="s">
+        <v>9</v>
+      </c>
+      <c r="C914" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D914" t="s">
+        <v>11</v>
+      </c>
+      <c r="E914" t="s">
+        <v>12</v>
+      </c>
+      <c r="F914" t="s">
+        <v>344</v>
+      </c>
+      <c r="G914" s="1" t="s">
+        <v>3672</v>
+      </c>
+      <c r="H914" t="s">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="915" spans="1:8">
+      <c r="A915" t="s">
+        <v>3674</v>
+      </c>
+      <c r="B915" t="s">
+        <v>9</v>
+      </c>
+      <c r="C915" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D915" t="s">
+        <v>11</v>
+      </c>
+      <c r="E915" t="s">
+        <v>12</v>
+      </c>
+      <c r="F915" t="s">
+        <v>344</v>
+      </c>
+      <c r="G915" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="H915" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="916" spans="1:8">
+      <c r="A916" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B916" t="s">
+        <v>9</v>
+      </c>
+      <c r="C916" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D916" t="s">
+        <v>11</v>
+      </c>
+      <c r="E916" t="s">
+        <v>12</v>
+      </c>
+      <c r="F916" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G916" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H916" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="917" spans="1:8">
+      <c r="A917" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B917" t="s">
+        <v>9</v>
+      </c>
+      <c r="C917" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D917" t="s">
+        <v>11</v>
+      </c>
+      <c r="E917" t="s">
+        <v>12</v>
+      </c>
+      <c r="F917" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G917" s="1" t="s">
+        <v>3684</v>
+      </c>
+      <c r="H917" t="s">
+        <v>3685</v>
+      </c>
+    </row>
+    <row r="918" spans="1:8">
+      <c r="A918" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>3687</v>
+      </c>
+      <c r="D918" t="s">
+        <v>11</v>
+      </c>
+      <c r="E918" t="s">
+        <v>12</v>
+      </c>
+      <c r="F918" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G918" s="1" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H918" t="s">
+        <v>3689</v>
+      </c>
+    </row>
+    <row r="919" spans="1:8">
+      <c r="A919" t="s">
+        <v>3690</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>3691</v>
+      </c>
+      <c r="D919" t="s">
+        <v>11</v>
+      </c>
+      <c r="E919" t="s">
+        <v>12</v>
+      </c>
+      <c r="F919" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G919" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H919" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="920" spans="1:8">
+      <c r="A920" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D920" t="s">
+        <v>11</v>
+      </c>
+      <c r="E920" t="s">
+        <v>12</v>
+      </c>
+      <c r="F920" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G920" s="1" t="s">
+        <v>3696</v>
+      </c>
+      <c r="H920" t="s">
+        <v>3697</v>
+      </c>
+    </row>
+    <row r="921" spans="1:8">
+      <c r="A921" t="s">
+        <v>3698</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D921" t="s">
+        <v>11</v>
+      </c>
+      <c r="E921" t="s">
+        <v>12</v>
+      </c>
+      <c r="F921" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G921" s="1" t="s">
+        <v>3700</v>
+      </c>
+      <c r="H921" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="922" spans="1:8">
+      <c r="A922" t="s">
+        <v>3702</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>3703</v>
+      </c>
+      <c r="D922" t="s">
+        <v>11</v>
+      </c>
+      <c r="E922" t="s">
+        <v>12</v>
+      </c>
+      <c r="F922" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G922" s="1" t="s">
+        <v>3704</v>
+      </c>
+      <c r="H922" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="923" spans="1:8">
+      <c r="A923" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>3707</v>
+      </c>
+      <c r="D923" t="s">
+        <v>11</v>
+      </c>
+      <c r="E923" t="s">
+        <v>12</v>
+      </c>
+      <c r="F923" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G923" s="1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="H923" t="s">
+        <v>3709</v>
+      </c>
+    </row>
+    <row r="924" spans="1:8">
+      <c r="A924" t="s">
+        <v>3710</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D924" t="s">
+        <v>11</v>
+      </c>
+      <c r="E924" t="s">
+        <v>12</v>
+      </c>
+      <c r="F924" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G924" s="1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="H924" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="925" spans="1:8">
+      <c r="A925" t="s">
+        <v>3714</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>3715</v>
+      </c>
+      <c r="D925" t="s">
+        <v>11</v>
+      </c>
+      <c r="E925" t="s">
+        <v>12</v>
+      </c>
+      <c r="F925" t="s">
+        <v>18</v>
+      </c>
+      <c r="G925" s="1" t="s">
+        <v>3716</v>
+      </c>
+      <c r="H925" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="926" spans="1:8">
+      <c r="A926" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D926" t="s">
+        <v>11</v>
+      </c>
+      <c r="E926" t="s">
+        <v>12</v>
+      </c>
+      <c r="F926" t="s">
+        <v>18</v>
+      </c>
+      <c r="G926" s="1" t="s">
+        <v>3720</v>
+      </c>
+      <c r="H926" t="s">
+        <v>3721</v>
+      </c>
+    </row>
+    <row r="927" spans="1:8">
+      <c r="A927" t="s">
+        <v>3722</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>3723</v>
+      </c>
+      <c r="D927" t="s">
+        <v>11</v>
+      </c>
+      <c r="E927" t="s">
+        <v>12</v>
+      </c>
+      <c r="F927" t="s">
+        <v>18</v>
+      </c>
+      <c r="G927" s="1" t="s">
+        <v>3724</v>
+      </c>
+      <c r="H927" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="928" spans="1:8">
+      <c r="A928" t="s">
+        <v>3726</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>3727</v>
+      </c>
+      <c r="D928" t="s">
+        <v>11</v>
+      </c>
+      <c r="E928" t="s">
+        <v>12</v>
+      </c>
+      <c r="F928" t="s">
+        <v>18</v>
+      </c>
+      <c r="G928" s="1" t="s">
+        <v>3728</v>
+      </c>
+      <c r="H928" t="s">
+        <v>3729</v>
+      </c>
+    </row>
+    <row r="929" spans="1:8">
+      <c r="A929" t="s">
+        <v>3730</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>3731</v>
+      </c>
+      <c r="D929" t="s">
+        <v>11</v>
+      </c>
+      <c r="E929" t="s">
+        <v>12</v>
+      </c>
+      <c r="F929" t="s">
+        <v>18</v>
+      </c>
+      <c r="G929" s="1" t="s">
+        <v>3732</v>
+      </c>
+      <c r="H929" t="s">
+        <v>3733</v>
+      </c>
+    </row>
+    <row r="930" spans="1:8">
+      <c r="A930" t="s">
+        <v>3734</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>3735</v>
+      </c>
+      <c r="D930" t="s">
+        <v>11</v>
+      </c>
+      <c r="E930" t="s">
+        <v>12</v>
+      </c>
+      <c r="F930" t="s">
+        <v>18</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="H930" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="931" spans="1:8">
+      <c r="A931" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B931" t="s">
+        <v>9</v>
+      </c>
+      <c r="C931" t="s">
+        <v>3739</v>
+      </c>
+      <c r="D931" t="s">
+        <v>11</v>
+      </c>
+      <c r="E931" t="s">
+        <v>12</v>
+      </c>
+      <c r="F931" t="s">
+        <v>18</v>
+      </c>
+      <c r="G931" s="1" t="s">
+        <v>3740</v>
+      </c>
+      <c r="H931" t="s">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="932" spans="1:8">
+      <c r="A932" t="s">
+        <v>3742</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>3743</v>
+      </c>
+      <c r="D932" t="s">
+        <v>11</v>
+      </c>
+      <c r="E932" t="s">
+        <v>12</v>
+      </c>
+      <c r="F932" t="s">
+        <v>18</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>3744</v>
+      </c>
+      <c r="H932" t="s">
+        <v>3745</v>
+      </c>
+    </row>
+    <row r="933" spans="1:8">
+      <c r="A933" t="s">
+        <v>3746</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>3747</v>
+      </c>
+      <c r="D933" t="s">
+        <v>11</v>
+      </c>
+      <c r="E933" t="s">
+        <v>12</v>
+      </c>
+      <c r="F933" t="s">
+        <v>18</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H933" t="s">
+        <v>3749</v>
+      </c>
+    </row>
+    <row r="934" spans="1:8">
+      <c r="A934" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>3751</v>
+      </c>
+      <c r="D934" t="s">
+        <v>11</v>
+      </c>
+      <c r="E934" t="s">
+        <v>12</v>
+      </c>
+      <c r="F934" t="s">
+        <v>18</v>
+      </c>
+      <c r="G934" s="1" t="s">
+        <v>3752</v>
+      </c>
+      <c r="H934" t="s">
+        <v>3753</v>
+      </c>
+    </row>
+    <row r="935" spans="1:8">
+      <c r="A935" t="s">
+        <v>3754</v>
+      </c>
+      <c r="B935" t="s">
+        <v>9</v>
+      </c>
+      <c r="C935" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D935" t="s">
+        <v>11</v>
+      </c>
+      <c r="E935" t="s">
+        <v>12</v>
+      </c>
+      <c r="F935" t="s">
+        <v>18</v>
+      </c>
+      <c r="G935" s="1" t="s">
+        <v>3756</v>
+      </c>
+      <c r="H935" t="s">
+        <v>3757</v>
+      </c>
+    </row>
+    <row r="936" spans="1:8">
+      <c r="A936" t="s">
+        <v>3758</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>3759</v>
+      </c>
+      <c r="D936" t="s">
+        <v>11</v>
+      </c>
+      <c r="E936" t="s">
+        <v>12</v>
+      </c>
+      <c r="F936" t="s">
+        <v>344</v>
+      </c>
+      <c r="G936" s="1" t="s">
+        <v>3760</v>
+      </c>
+      <c r="H936" t="s">
+        <v>3761</v>
+      </c>
+    </row>
+    <row r="937" spans="1:8">
+      <c r="A937" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D937" t="s">
+        <v>11</v>
+      </c>
+      <c r="E937" t="s">
+        <v>12</v>
+      </c>
+      <c r="F937" t="s">
+        <v>344</v>
+      </c>
+      <c r="G937" s="1" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H937" t="s">
+        <v>3765</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>3766</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D938" t="s">
+        <v>11</v>
+      </c>
+      <c r="E938" t="s">
+        <v>12</v>
+      </c>
+      <c r="F938" t="s">
+        <v>344</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H938" t="s">
+        <v>3769</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>3771</v>
+      </c>
+      <c r="D939" t="s">
+        <v>11</v>
+      </c>
+      <c r="E939" t="s">
+        <v>12</v>
+      </c>
+      <c r="F939" t="s">
+        <v>344</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>3772</v>
+      </c>
+      <c r="H939" t="s">
+        <v>3773</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>3774</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>3775</v>
+      </c>
+      <c r="D940" t="s">
+        <v>11</v>
+      </c>
+      <c r="E940" t="s">
+        <v>12</v>
+      </c>
+      <c r="F940" t="s">
+        <v>344</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="H940" t="s">
+        <v>3777</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>3779</v>
+      </c>
+      <c r="D941" t="s">
+        <v>11</v>
+      </c>
+      <c r="E941" t="s">
+        <v>12</v>
+      </c>
+      <c r="F941" t="s">
+        <v>344</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>3780</v>
+      </c>
+      <c r="H941" t="s">
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>3782</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>3783</v>
+      </c>
+      <c r="D942" t="s">
+        <v>11</v>
+      </c>
+      <c r="E942" t="s">
+        <v>12</v>
+      </c>
+      <c r="F942" t="s">
+        <v>344</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="H942" t="s">
+        <v>3785</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>3787</v>
+      </c>
+      <c r="D943" t="s">
+        <v>11</v>
+      </c>
+      <c r="E943" t="s">
+        <v>12</v>
+      </c>
+      <c r="F943" t="s">
+        <v>344</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>3788</v>
+      </c>
+      <c r="H943" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>3791</v>
+      </c>
+      <c r="D944" t="s">
+        <v>11</v>
+      </c>
+      <c r="E944" t="s">
+        <v>12</v>
+      </c>
+      <c r="F944" t="s">
+        <v>344</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>3792</v>
+      </c>
+      <c r="H944" t="s">
+        <v>3793</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>3794</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>3795</v>
+      </c>
+      <c r="D945" t="s">
+        <v>11</v>
+      </c>
+      <c r="E945" t="s">
+        <v>12</v>
+      </c>
+      <c r="F945" t="s">
+        <v>344</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="H945" t="s">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>3798</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>3799</v>
+      </c>
+      <c r="D946" t="s">
+        <v>11</v>
+      </c>
+      <c r="E946" t="s">
+        <v>12</v>
+      </c>
+      <c r="F946" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>3800</v>
+      </c>
+      <c r="H946" t="s">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>3803</v>
+      </c>
+      <c r="D947" t="s">
+        <v>11</v>
+      </c>
+      <c r="E947" t="s">
+        <v>12</v>
+      </c>
+      <c r="F947" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>3804</v>
+      </c>
+      <c r="H947" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>3807</v>
+      </c>
+      <c r="D948" t="s">
+        <v>11</v>
+      </c>
+      <c r="E948" t="s">
+        <v>12</v>
+      </c>
+      <c r="F948" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="H948" t="s">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>3811</v>
+      </c>
+      <c r="D949" t="s">
+        <v>11</v>
+      </c>
+      <c r="E949" t="s">
+        <v>12</v>
+      </c>
+      <c r="F949" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>3812</v>
+      </c>
+      <c r="H949" t="s">
+        <v>3813</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D950" t="s">
+        <v>11</v>
+      </c>
+      <c r="E950" t="s">
+        <v>12</v>
+      </c>
+      <c r="F950" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>3816</v>
+      </c>
+      <c r="H950" t="s">
+        <v>3817</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>3819</v>
+      </c>
+      <c r="D951" t="s">
+        <v>11</v>
+      </c>
+      <c r="E951" t="s">
+        <v>12</v>
+      </c>
+      <c r="F951" t="s">
+        <v>79</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="H951" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>3823</v>
+      </c>
+      <c r="D952" t="s">
+        <v>11</v>
+      </c>
+      <c r="E952" t="s">
+        <v>12</v>
+      </c>
+      <c r="F952" t="s">
+        <v>79</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>3824</v>
+      </c>
+      <c r="H952" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>3827</v>
+      </c>
+      <c r="D953" t="s">
+        <v>11</v>
+      </c>
+      <c r="E953" t="s">
+        <v>12</v>
+      </c>
+      <c r="F953" t="s">
+        <v>79</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="H953" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>3831</v>
+      </c>
+      <c r="D954" t="s">
+        <v>11</v>
+      </c>
+      <c r="E954" t="s">
+        <v>12</v>
+      </c>
+      <c r="F954" t="s">
+        <v>79</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H954" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>3835</v>
+      </c>
+      <c r="D955" t="s">
+        <v>11</v>
+      </c>
+      <c r="E955" t="s">
+        <v>12</v>
+      </c>
+      <c r="F955" t="s">
+        <v>79</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>3836</v>
+      </c>
+      <c r="H955" t="s">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>3839</v>
+      </c>
+      <c r="D956" t="s">
+        <v>11</v>
+      </c>
+      <c r="E956" t="s">
+        <v>12</v>
+      </c>
+      <c r="F956" t="s">
+        <v>79</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>3840</v>
+      </c>
+      <c r="H956" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>3843</v>
+      </c>
+      <c r="D957" t="s">
+        <v>11</v>
+      </c>
+      <c r="E957" t="s">
+        <v>12</v>
+      </c>
+      <c r="F957" t="s">
+        <v>79</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H957" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>3847</v>
+      </c>
+      <c r="D958" t="s">
+        <v>11</v>
+      </c>
+      <c r="E958" t="s">
+        <v>12</v>
+      </c>
+      <c r="F958" t="s">
+        <v>79</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>3848</v>
+      </c>
+      <c r="H958" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>3851</v>
+      </c>
+      <c r="D959" t="s">
+        <v>11</v>
+      </c>
+      <c r="E959" t="s">
+        <v>12</v>
+      </c>
+      <c r="F959" t="s">
+        <v>79</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="H959" t="s">
+        <v>3853</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>3854</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D960" t="s">
+        <v>11</v>
+      </c>
+      <c r="E960" t="s">
+        <v>12</v>
+      </c>
+      <c r="F960" t="s">
+        <v>79</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>3856</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>3859</v>
+      </c>
+      <c r="D961" t="s">
+        <v>11</v>
+      </c>
+      <c r="E961" t="s">
+        <v>12</v>
+      </c>
+      <c r="F961" t="s">
+        <v>79</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>3860</v>
+      </c>
+      <c r="H961" t="s">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>3863</v>
+      </c>
+      <c r="D962" t="s">
+        <v>11</v>
+      </c>
+      <c r="E962" t="s">
+        <v>12</v>
+      </c>
+      <c r="F962" t="s">
+        <v>79</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>3864</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3865</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>3866</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>3867</v>
+      </c>
+      <c r="D963" t="s">
+        <v>11</v>
+      </c>
+      <c r="E963" t="s">
+        <v>12</v>
+      </c>
+      <c r="F963" t="s">
+        <v>79</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>3868</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3869</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>3870</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>3871</v>
+      </c>
+      <c r="D964" t="s">
+        <v>11</v>
+      </c>
+      <c r="E964" t="s">
+        <v>12</v>
+      </c>
+      <c r="F964" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="H964" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>3874</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>3875</v>
+      </c>
+      <c r="D965" t="s">
+        <v>11</v>
+      </c>
+      <c r="E965" t="s">
+        <v>12</v>
+      </c>
+      <c r="F965" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>3876</v>
+      </c>
+      <c r="H965" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>3878</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>3879</v>
+      </c>
+      <c r="D966" t="s">
+        <v>11</v>
+      </c>
+      <c r="E966" t="s">
+        <v>12</v>
+      </c>
+      <c r="F966" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="H966" t="s">
+        <v>3881</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>3882</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>3883</v>
+      </c>
+      <c r="D967" t="s">
+        <v>11</v>
+      </c>
+      <c r="E967" t="s">
+        <v>12</v>
+      </c>
+      <c r="F967" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>3884</v>
+      </c>
+      <c r="H967" t="s">
+        <v>3885</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>3886</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>3887</v>
+      </c>
+      <c r="D968" t="s">
+        <v>11</v>
+      </c>
+      <c r="E968" t="s">
+        <v>12</v>
+      </c>
+      <c r="F968" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>3888</v>
+      </c>
+      <c r="H968" t="s">
+        <v>3889</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>3890</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
+        <v>3891</v>
+      </c>
+      <c r="D969" t="s">
+        <v>11</v>
+      </c>
+      <c r="E969" t="s">
+        <v>12</v>
+      </c>
+      <c r="F969" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>3892</v>
+      </c>
+      <c r="H969" t="s">
+        <v>3893</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>3894</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>3895</v>
+      </c>
+      <c r="D970" t="s">
+        <v>11</v>
+      </c>
+      <c r="E970" t="s">
+        <v>12</v>
+      </c>
+      <c r="F970" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>3896</v>
+      </c>
+      <c r="H970" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>3898</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>3899</v>
+      </c>
+      <c r="D971" t="s">
+        <v>11</v>
+      </c>
+      <c r="E971" t="s">
+        <v>12</v>
+      </c>
+      <c r="F971" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H971" t="s">
+        <v>3901</v>
+      </c>
+    </row>
+    <row r="972" spans="1:8">
+      <c r="A972" t="s">
+        <v>3902</v>
+      </c>
+      <c r="B972" t="s">
+        <v>9</v>
+      </c>
+      <c r="C972" t="s">
+        <v>3903</v>
+      </c>
+      <c r="D972" t="s">
+        <v>11</v>
+      </c>
+      <c r="E972" t="s">
+        <v>12</v>
+      </c>
+      <c r="F972" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>3904</v>
+      </c>
+      <c r="H972" t="s">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="973" spans="1:8">
+      <c r="A973" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B973" t="s">
+        <v>9</v>
+      </c>
+      <c r="C973" t="s">
+        <v>3907</v>
+      </c>
+      <c r="D973" t="s">
+        <v>11</v>
+      </c>
+      <c r="E973" t="s">
+        <v>12</v>
+      </c>
+      <c r="F973" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>3908</v>
+      </c>
+      <c r="H973" t="s">
+        <v>3909</v>
+      </c>
+    </row>
+    <row r="974" spans="1:8">
+      <c r="A974" t="s">
+        <v>3910</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>3911</v>
+      </c>
+      <c r="D974" t="s">
+        <v>11</v>
+      </c>
+      <c r="E974" t="s">
+        <v>12</v>
+      </c>
+      <c r="F974" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G974" s="1" t="s">
+        <v>3912</v>
+      </c>
+      <c r="H974" t="s">
+        <v>3913</v>
+      </c>
+    </row>
+    <row r="975" spans="1:8">
+      <c r="A975" t="s">
+        <v>3914</v>
+      </c>
+      <c r="B975" t="s">
+        <v>9</v>
+      </c>
+      <c r="C975" t="s">
+        <v>3915</v>
+      </c>
+      <c r="D975" t="s">
+        <v>11</v>
+      </c>
+      <c r="E975" t="s">
+        <v>12</v>
+      </c>
+      <c r="F975" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>3916</v>
+      </c>
+      <c r="H975" t="s">
+        <v>3917</v>
+      </c>
+    </row>
+    <row r="976" spans="1:8">
+      <c r="A976" t="s">
+        <v>3918</v>
+      </c>
+      <c r="B976" t="s">
+        <v>9</v>
+      </c>
+      <c r="C976" t="s">
+        <v>3919</v>
+      </c>
+      <c r="D976" t="s">
+        <v>11</v>
+      </c>
+      <c r="E976" t="s">
+        <v>12</v>
+      </c>
+      <c r="F976" t="s">
+        <v>18</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>3920</v>
+      </c>
+      <c r="H976" t="s">
+        <v>3921</v>
+      </c>
+    </row>
+    <row r="977" spans="1:8">
+      <c r="A977" t="s">
+        <v>3922</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>3923</v>
+      </c>
+      <c r="D977" t="s">
+        <v>11</v>
+      </c>
+      <c r="E977" t="s">
+        <v>12</v>
+      </c>
+      <c r="F977" t="s">
+        <v>18</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>3924</v>
+      </c>
+      <c r="H977" t="s">
+        <v>3925</v>
+      </c>
+    </row>
+    <row r="978" spans="1:8">
+      <c r="A978" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B978" t="s">
+        <v>9</v>
+      </c>
+      <c r="C978" t="s">
+        <v>3927</v>
+      </c>
+      <c r="D978" t="s">
+        <v>11</v>
+      </c>
+      <c r="E978" t="s">
+        <v>12</v>
+      </c>
+      <c r="F978" t="s">
+        <v>18</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>3928</v>
+      </c>
+      <c r="H978" t="s">
+        <v>3929</v>
+      </c>
+    </row>
+    <row r="979" spans="1:8">
+      <c r="A979" t="s">
+        <v>3930</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D979" t="s">
+        <v>11</v>
+      </c>
+      <c r="E979" t="s">
+        <v>12</v>
+      </c>
+      <c r="F979" t="s">
+        <v>18</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>3932</v>
+      </c>
+      <c r="H979" t="s">
+        <v>3933</v>
+      </c>
+    </row>
+    <row r="980" spans="1:8">
+      <c r="A980" t="s">
+        <v>3934</v>
+      </c>
+      <c r="B980" t="s">
+        <v>9</v>
+      </c>
+      <c r="C980" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D980" t="s">
+        <v>11</v>
+      </c>
+      <c r="E980" t="s">
+        <v>12</v>
+      </c>
+      <c r="F980" t="s">
+        <v>18</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>3936</v>
+      </c>
+      <c r="H980" t="s">
+        <v>3937</v>
+      </c>
+    </row>
+    <row r="981" spans="1:8">
+      <c r="A981" t="s">
+        <v>3938</v>
+      </c>
+      <c r="B981" t="s">
+        <v>9</v>
+      </c>
+      <c r="C981" t="s">
+        <v>3939</v>
+      </c>
+      <c r="D981" t="s">
+        <v>11</v>
+      </c>
+      <c r="E981" t="s">
+        <v>12</v>
+      </c>
+      <c r="F981" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="H981" t="s">
+        <v>3941</v>
+      </c>
+    </row>
+    <row r="982" spans="1:8">
+      <c r="A982" t="s">
+        <v>3942</v>
+      </c>
+      <c r="B982" t="s">
+        <v>9</v>
+      </c>
+      <c r="C982" t="s">
+        <v>3943</v>
+      </c>
+      <c r="D982" t="s">
+        <v>11</v>
+      </c>
+      <c r="E982" t="s">
+        <v>12</v>
+      </c>
+      <c r="F982" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>3944</v>
+      </c>
+      <c r="H982" t="s">
+        <v>3945</v>
+      </c>
+    </row>
+    <row r="983" spans="1:8">
+      <c r="A983" t="s">
+        <v>3946</v>
+      </c>
+      <c r="B983" t="s">
+        <v>9</v>
+      </c>
+      <c r="C983" t="s">
+        <v>3947</v>
+      </c>
+      <c r="D983" t="s">
+        <v>11</v>
+      </c>
+      <c r="E983" t="s">
+        <v>12</v>
+      </c>
+      <c r="F983" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="H983" t="s">
+        <v>3949</v>
+      </c>
+    </row>
+    <row r="984" spans="1:8">
+      <c r="A984" t="s">
+        <v>3950</v>
+      </c>
+      <c r="B984" t="s">
+        <v>9</v>
+      </c>
+      <c r="C984" t="s">
+        <v>3951</v>
+      </c>
+      <c r="D984" t="s">
+        <v>11</v>
+      </c>
+      <c r="E984" t="s">
+        <v>12</v>
+      </c>
+      <c r="F984" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>3952</v>
+      </c>
+      <c r="H984" t="s">
+        <v>3953</v>
+      </c>
+    </row>
+    <row r="985" spans="1:8">
+      <c r="A985" t="s">
+        <v>3954</v>
+      </c>
+      <c r="B985" t="s">
+        <v>9</v>
+      </c>
+      <c r="C985" t="s">
+        <v>3955</v>
+      </c>
+      <c r="D985" t="s">
+        <v>11</v>
+      </c>
+      <c r="E985" t="s">
+        <v>12</v>
+      </c>
+      <c r="F985" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>3956</v>
+      </c>
+      <c r="H985" t="s">
+        <v>3957</v>
+      </c>
+    </row>
+    <row r="986" spans="1:8">
+      <c r="A986" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B986" t="s">
+        <v>9</v>
+      </c>
+      <c r="C986" t="s">
+        <v>3959</v>
+      </c>
+      <c r="D986" t="s">
+        <v>11</v>
+      </c>
+      <c r="E986" t="s">
+        <v>12</v>
+      </c>
+      <c r="F986" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H986" t="s">
+        <v>3961</v>
+      </c>
+    </row>
+    <row r="987" spans="1:8">
+      <c r="A987" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B987" t="s">
+        <v>9</v>
+      </c>
+      <c r="C987" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D987" t="s">
+        <v>11</v>
+      </c>
+      <c r="E987" t="s">
+        <v>12</v>
+      </c>
+      <c r="F987" t="s">
+        <v>223</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="H987" t="s">
+        <v>3965</v>
+      </c>
+    </row>
+    <row r="988" spans="1:8">
+      <c r="A988" t="s">
+        <v>3966</v>
+      </c>
+      <c r="B988" t="s">
+        <v>9</v>
+      </c>
+      <c r="C988" t="s">
+        <v>3967</v>
+      </c>
+      <c r="D988" t="s">
+        <v>11</v>
+      </c>
+      <c r="E988" t="s">
+        <v>12</v>
+      </c>
+      <c r="F988" t="s">
+        <v>223</v>
+      </c>
+      <c r="G988" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="H988" t="s">
+        <v>3969</v>
+      </c>
+    </row>
+    <row r="989" spans="1:8">
+      <c r="A989" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B989" t="s">
+        <v>9</v>
+      </c>
+      <c r="C989" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D989" t="s">
+        <v>11</v>
+      </c>
+      <c r="E989" t="s">
+        <v>12</v>
+      </c>
+      <c r="F989" t="s">
+        <v>223</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>3972</v>
+      </c>
+      <c r="H989" t="s">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="990" spans="1:8">
+      <c r="A990" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B990" t="s">
+        <v>9</v>
+      </c>
+      <c r="C990" t="s">
+        <v>3975</v>
+      </c>
+      <c r="D990" t="s">
+        <v>11</v>
+      </c>
+      <c r="E990" t="s">
+        <v>12</v>
+      </c>
+      <c r="F990" t="s">
+        <v>223</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="H990" t="s">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="991" spans="1:8">
+      <c r="A991" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B991" t="s">
+        <v>9</v>
+      </c>
+      <c r="C991" t="s">
+        <v>3979</v>
+      </c>
+      <c r="D991" t="s">
+        <v>11</v>
+      </c>
+      <c r="E991" t="s">
+        <v>12</v>
+      </c>
+      <c r="F991" t="s">
+        <v>18</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="H991" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="992" spans="1:8">
+      <c r="A992" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B992" t="s">
+        <v>9</v>
+      </c>
+      <c r="C992" t="s">
+        <v>3983</v>
+      </c>
+      <c r="D992" t="s">
+        <v>11</v>
+      </c>
+      <c r="E992" t="s">
+        <v>12</v>
+      </c>
+      <c r="F992" t="s">
+        <v>18</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="H992" t="s">
+        <v>3985</v>
+      </c>
+    </row>
+    <row r="993" spans="1:8">
+      <c r="A993" t="s">
+        <v>3986</v>
+      </c>
+      <c r="B993" t="s">
+        <v>9</v>
+      </c>
+      <c r="C993" t="s">
+        <v>3987</v>
+      </c>
+      <c r="D993" t="s">
+        <v>11</v>
+      </c>
+      <c r="E993" t="s">
+        <v>12</v>
+      </c>
+      <c r="F993" t="s">
+        <v>18</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="H993" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="994" spans="1:8">
+      <c r="A994" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B994" t="s">
+        <v>9</v>
+      </c>
+      <c r="C994" t="s">
+        <v>3991</v>
+      </c>
+      <c r="D994" t="s">
+        <v>11</v>
+      </c>
+      <c r="E994" t="s">
+        <v>12</v>
+      </c>
+      <c r="F994" t="s">
+        <v>18</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="H994" t="s">
+        <v>3993</v>
+      </c>
+    </row>
+    <row r="995" spans="1:8">
+      <c r="A995" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B995" t="s">
+        <v>9</v>
+      </c>
+      <c r="C995" t="s">
+        <v>3995</v>
+      </c>
+      <c r="D995" t="s">
+        <v>11</v>
+      </c>
+      <c r="E995" t="s">
+        <v>12</v>
+      </c>
+      <c r="F995" t="s">
+        <v>18</v>
+      </c>
+      <c r="G995" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="H995" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="996" spans="1:8">
+      <c r="A996" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B996" t="s">
+        <v>9</v>
+      </c>
+      <c r="C996" t="s">
+        <v>3999</v>
+      </c>
+      <c r="D996" t="s">
+        <v>11</v>
+      </c>
+      <c r="E996" t="s">
+        <v>12</v>
+      </c>
+      <c r="F996" t="s">
+        <v>18</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="H996" t="s">
+        <v>4001</v>
+      </c>
+    </row>
+    <row r="997" spans="1:8">
+      <c r="A997" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B997" t="s">
+        <v>9</v>
+      </c>
+      <c r="C997" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D997" t="s">
+        <v>11</v>
+      </c>
+      <c r="E997" t="s">
+        <v>12</v>
+      </c>
+      <c r="F997" t="s">
+        <v>18</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="H997" t="s">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="998" spans="1:8">
+      <c r="A998" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B998" t="s">
+        <v>9</v>
+      </c>
+      <c r="C998" t="s">
+        <v>4007</v>
+      </c>
+      <c r="D998" t="s">
+        <v>11</v>
+      </c>
+      <c r="E998" t="s">
+        <v>12</v>
+      </c>
+      <c r="F998" t="s">
+        <v>18</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="H998" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="999" spans="1:8">
+      <c r="A999" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B999" t="s">
+        <v>9</v>
+      </c>
+      <c r="C999" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D999" t="s">
+        <v>11</v>
+      </c>
+      <c r="E999" t="s">
+        <v>12</v>
+      </c>
+      <c r="F999" t="s">
+        <v>18</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="H999" t="s">
+        <v>4013</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:8">
+      <c r="A1000" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>4015</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="H1000" t="s">
+        <v>4017</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:8">
+      <c r="A1001" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>4019</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1001" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>4021</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="H1002" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>4027</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>4029</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>4031</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="H1004" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="H1005" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="H1006" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>4043</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>4047</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="H1009" t="s">
+        <v>4053</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1010" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H1010" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="H1011" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" t="s">
+        <v>4066</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>4067</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="H1013" t="s">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" t="s">
+        <v>4070</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>4071</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="H1014" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1015" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>4077</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:8">
+      <c r="A1016" t="s">
+        <v>4078</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>4079</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1016" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:8">
+      <c r="A1017" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>4083</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1017" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="H1017" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:8">
+      <c r="A1018" t="s">
+        <v>4086</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>4087</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1018" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H1018" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:8">
+      <c r="A1019" t="s">
+        <v>4090</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>4091</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1019" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="H1019" t="s">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:8">
+      <c r="A1020" t="s">
+        <v>4094</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>4095</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1020" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:8">
+      <c r="A1021" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1021" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:8">
+      <c r="A1022" t="s">
+        <v>4102</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>4103</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1022" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:8">
+      <c r="A1023" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>4107</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1023" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:8">
+      <c r="A1024" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>4111</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1024" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:8">
+      <c r="A1025" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1025" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:8">
+      <c r="A1026" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1026" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>4121</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:8">
+      <c r="A1027" t="s">
+        <v>4122</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>4123</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:8">
+      <c r="A1028" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1028" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:8">
+      <c r="A1029" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1029" s="1" t="s">
+        <v>4132</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:8">
+      <c r="A1030" t="s">
+        <v>4134</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>4135</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1030" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:8">
+      <c r="A1031" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1031" s="1" t="s">
+        <v>4140</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>4141</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:8">
+      <c r="A1032" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>4143</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1032" s="1" t="s">
+        <v>4144</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>4145</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:8">
+      <c r="A1033" t="s">
+        <v>4146</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>4147</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1033" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:8">
+      <c r="A1034" t="s">
+        <v>4150</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1034" s="1" t="s">
+        <v>4152</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:8">
+      <c r="A1035" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>4155</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1035" s="1" t="s">
+        <v>4156</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>4157</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:8">
+      <c r="A1036" t="s">
+        <v>4158</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>4159</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1036" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:8">
+      <c r="A1037" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>4163</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1037" s="1" t="s">
+        <v>4164</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:8">
+      <c r="A1038" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>4167</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1038" s="1" t="s">
+        <v>4168</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:8">
+      <c r="A1039" t="s">
+        <v>4170</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1039" s="1" t="s">
+        <v>4172</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:8">
+      <c r="A1040" t="s">
+        <v>4174</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1040" s="1" t="s">
+        <v>4176</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>4177</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:8">
+      <c r="A1041" t="s">
+        <v>4178</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>4179</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1041" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:8">
+      <c r="A1042" t="s">
+        <v>4182</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>4183</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1042" s="1" t="s">
+        <v>4184</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:8">
+      <c r="A1043" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1043" s="1" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H1043" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:8">
+      <c r="A1044" t="s">
+        <v>4190</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>4191</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1044" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1044" s="1" t="s">
+        <v>4192</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:8">
+      <c r="A1045" t="s">
+        <v>4194</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>4195</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1045" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1045" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>4197</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:8">
+      <c r="A1046" t="s">
+        <v>4198</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>4199</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1046" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1046" s="1" t="s">
+        <v>4200</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>4201</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:8">
+      <c r="A1047" t="s">
+        <v>4202</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>4203</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1047" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1047" s="1" t="s">
+        <v>4204</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:8">
+      <c r="A1048" t="s">
+        <v>4206</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1048" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1048" s="1" t="s">
+        <v>4209</v>
+      </c>
+      <c r="H1048" t="s">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:8">
+      <c r="A1049" t="s">
+        <v>4211</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>4212</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1049" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1049" s="1" t="s">
+        <v>4213</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:8">
+      <c r="A1050" t="s">
+        <v>4215</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>4216</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1050" s="1" t="s">
+        <v>4217</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>4218</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:8">
+      <c r="A1051" t="s">
+        <v>4219</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>4220</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1051" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1051" s="1" t="s">
+        <v>4221</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>4222</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:8">
+      <c r="A1052" t="s">
+        <v>4223</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>4224</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1052" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1052" s="1" t="s">
+        <v>4225</v>
+      </c>
+      <c r="H1052" t="s">
+        <v>4226</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:8">
+      <c r="A1053" t="s">
+        <v>4227</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>4228</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1053" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1053" s="1" t="s">
+        <v>4229</v>
+      </c>
+      <c r="H1053" t="s">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:8">
+      <c r="A1054" t="s">
+        <v>4231</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>4232</v>
+      </c>
+      <c r="D1054" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1054" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1054" s="1" t="s">
+        <v>4233</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>4234</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:8">
+      <c r="A1055" t="s">
+        <v>4235</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1055" t="s">
+        <v>4236</v>
+      </c>
+      <c r="D1055" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1055" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1055" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1055" s="1" t="s">
+        <v>4237</v>
+      </c>
+      <c r="H1055" t="s">
+        <v>4238</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:8">
+      <c r="A1056" t="s">
+        <v>4239</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1056" t="s">
+        <v>4240</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1056" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1056" s="1" t="s">
+        <v>4241</v>
+      </c>
+      <c r="H1056" t="s">
+        <v>4242</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:8">
+      <c r="A1057" t="s">
+        <v>4243</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1057" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D1057" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1057" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1057" s="1" t="s">
+        <v>4245</v>
+      </c>
+      <c r="H1057" t="s">
+        <v>4246</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:8">
+      <c r="A1058" t="s">
+        <v>4247</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1058" t="s">
+        <v>4248</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1058" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1058" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1058" s="1" t="s">
+        <v>4249</v>
+      </c>
+      <c r="H1058" t="s">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:8">
+      <c r="A1059" t="s">
+        <v>4251</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>4252</v>
+      </c>
+      <c r="D1059" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1059" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1059" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G1059" s="1" t="s">
+        <v>4253</v>
+      </c>
+      <c r="H1059" t="s">
+        <v>4254</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:8">
+      <c r="A1060" t="s">
+        <v>4255</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1060" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1060" s="1" t="s">
+        <v>4257</v>
+      </c>
+      <c r="H1060" t="s">
+        <v>4258</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:8">
+      <c r="A1061" t="s">
+        <v>4259</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>4260</v>
+      </c>
+      <c r="D1061" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1061" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1061" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1061" s="1" t="s">
+        <v>4261</v>
+      </c>
+      <c r="H1061" t="s">
+        <v>4262</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:8">
+      <c r="A1062" t="s">
+        <v>4263</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>4264</v>
+      </c>
+      <c r="D1062" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1062" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1062" s="1" t="s">
+        <v>4265</v>
+      </c>
+      <c r="H1062" t="s">
+        <v>4266</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:8">
+      <c r="A1063" t="s">
+        <v>4267</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1063" t="s">
+        <v>4268</v>
+      </c>
+      <c r="D1063" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1063" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1063" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1063" s="1" t="s">
+        <v>4269</v>
+      </c>
+      <c r="H1063" t="s">
+        <v>4270</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:8">
+      <c r="A1064" t="s">
+        <v>4271</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>4272</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1064" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1064" s="1" t="s">
+        <v>4273</v>
+      </c>
+      <c r="H1064" t="s">
+        <v>4274</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:8">
+      <c r="A1065" t="s">
+        <v>4275</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1065" t="s">
+        <v>4276</v>
+      </c>
+      <c r="D1065" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1065" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1065" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1065" s="1" t="s">
+        <v>4277</v>
+      </c>
+      <c r="H1065" t="s">
+        <v>4278</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:8">
+      <c r="A1066" t="s">
+        <v>4279</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>4280</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1066" s="1" t="s">
+        <v>4281</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>4282</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:8">
+      <c r="A1067" t="s">
+        <v>4283</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>4284</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1067" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1067" s="1" t="s">
+        <v>4285</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>4286</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:8">
+      <c r="A1068" t="s">
+        <v>4287</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>4288</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1068" s="1" t="s">
+        <v>4289</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>4290</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:8">
+      <c r="A1069" t="s">
+        <v>4291</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>4292</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1069" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1069" s="1" t="s">
+        <v>4293</v>
+      </c>
+      <c r="H1069" t="s">
+        <v>4294</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:8">
+      <c r="A1070" t="s">
+        <v>4295</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>4296</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1070" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1070" s="1" t="s">
+        <v>4297</v>
+      </c>
+      <c r="H1070" t="s">
+        <v>4298</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:8">
+      <c r="A1071" t="s">
+        <v>4299</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>4300</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1071" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1071" s="1" t="s">
+        <v>4301</v>
+      </c>
+      <c r="H1071" t="s">
+        <v>4302</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:8">
+      <c r="A1072" t="s">
+        <v>4303</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>4304</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1072" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1072" s="1" t="s">
+        <v>4305</v>
+      </c>
+      <c r="H1072" t="s">
+        <v>4306</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:8">
+      <c r="A1073" t="s">
+        <v>4307</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>4308</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1073" s="1" t="s">
+        <v>4309</v>
+      </c>
+      <c r="H1073" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:8">
+      <c r="A1074" t="s">
+        <v>4311</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>4312</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1074" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1074" s="1" t="s">
+        <v>4313</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>4314</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:8">
+      <c r="A1075" t="s">
+        <v>4315</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>4316</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1075" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1075" s="1" t="s">
+        <v>4317</v>
+      </c>
+      <c r="H1075" t="s">
+        <v>4318</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:8">
+      <c r="A1076" t="s">
+        <v>4319</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>4320</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1076" s="1" t="s">
+        <v>4321</v>
+      </c>
+      <c r="H1076" t="s">
+        <v>4322</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:8">
+      <c r="A1077" t="s">
+        <v>4323</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>4324</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1077" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1077" s="1" t="s">
+        <v>4325</v>
+      </c>
+      <c r="H1077" t="s">
+        <v>4326</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:8">
+      <c r="A1078" t="s">
+        <v>4327</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>4328</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1078" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1078" s="1" t="s">
+        <v>4329</v>
+      </c>
+      <c r="H1078" t="s">
+        <v>4330</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:8">
+      <c r="A1079" t="s">
+        <v>4331</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1079" t="s">
+        <v>4332</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1079" s="1" t="s">
+        <v>4333</v>
+      </c>
+      <c r="H1079" t="s">
+        <v>4334</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:8">
+      <c r="A1080" t="s">
+        <v>4335</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>4336</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1080" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1080" s="1" t="s">
+        <v>4337</v>
+      </c>
+      <c r="H1080" t="s">
+        <v>4338</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:8">
+      <c r="A1081" t="s">
+        <v>4339</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1081" t="s">
+        <v>4340</v>
+      </c>
+      <c r="D1081" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1081" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1081" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1081" s="1" t="s">
+        <v>4341</v>
+      </c>
+      <c r="H1081" t="s">
+        <v>4342</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:8">
+      <c r="A1082" t="s">
+        <v>4343</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>4344</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1082" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1082" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1082" s="1" t="s">
+        <v>4345</v>
+      </c>
+      <c r="H1082" t="s">
+        <v>4346</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:8">
+      <c r="A1083" t="s">
+        <v>4347</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>4348</v>
+      </c>
+      <c r="D1083" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1083" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1083" s="1" t="s">
+        <v>4349</v>
+      </c>
+      <c r="H1083" t="s">
+        <v>4350</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:8">
+      <c r="A1084" t="s">
+        <v>4351</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1084" t="s">
+        <v>4352</v>
+      </c>
+      <c r="D1084" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1084" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1084" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1084" s="1" t="s">
+        <v>4353</v>
+      </c>
+      <c r="H1084" t="s">
+        <v>4354</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:8">
+      <c r="A1085" t="s">
+        <v>4355</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>4356</v>
+      </c>
+      <c r="D1085" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1085" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1085" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1085" s="1" t="s">
+        <v>4357</v>
+      </c>
+      <c r="H1085" t="s">
+        <v>4358</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:8">
+      <c r="A1086" t="s">
+        <v>4359</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>4360</v>
+      </c>
+      <c r="D1086" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1086" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1086" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1086" s="1" t="s">
+        <v>4361</v>
+      </c>
+      <c r="H1086" t="s">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:8">
+      <c r="A1087" t="s">
+        <v>4363</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>4364</v>
+      </c>
+      <c r="D1087" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1087" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1087" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1087" s="1" t="s">
+        <v>4365</v>
+      </c>
+      <c r="H1087" t="s">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:8">
+      <c r="A1088" t="s">
+        <v>4367</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1088" t="s">
+        <v>4368</v>
+      </c>
+      <c r="D1088" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1088" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1088" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1088" s="1" t="s">
+        <v>4369</v>
+      </c>
+      <c r="H1088" t="s">
+        <v>4370</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:8">
+      <c r="A1089" t="s">
+        <v>4371</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D1089" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1089" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1089" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1089" s="1" t="s">
+        <v>4373</v>
+      </c>
+      <c r="H1089" t="s">
+        <v>4374</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:8">
+      <c r="A1090" t="s">
+        <v>4375</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>4376</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1090" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1090" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1090" s="1" t="s">
+        <v>4377</v>
+      </c>
+      <c r="H1090" t="s">
+        <v>4378</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:8">
+      <c r="A1091" t="s">
+        <v>4379</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>4380</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1091" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1091" s="1" t="s">
+        <v>4381</v>
+      </c>
+      <c r="H1091" t="s">
+        <v>4382</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:8">
+      <c r="A1092" t="s">
+        <v>4383</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>4384</v>
+      </c>
+      <c r="D1092" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1092" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1092" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1092" s="1" t="s">
+        <v>4385</v>
+      </c>
+      <c r="H1092" t="s">
+        <v>4386</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:8">
+      <c r="A1093" t="s">
+        <v>4387</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1093" t="s">
+        <v>4388</v>
+      </c>
+      <c r="D1093" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1093" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1093" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1093" s="1" t="s">
+        <v>4389</v>
+      </c>
+      <c r="H1093" t="s">
+        <v>4390</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:8">
+      <c r="A1094" t="s">
+        <v>4391</v>
+      </c>
+      <c r="B1094" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1094" t="s">
+        <v>4392</v>
+      </c>
+      <c r="D1094" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1094" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1094" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1094" s="1" t="s">
+        <v>4393</v>
+      </c>
+      <c r="H1094" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:8">
+      <c r="A1095" t="s">
+        <v>4395</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>4396</v>
+      </c>
+      <c r="D1095" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1095" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1095" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1095" s="1" t="s">
+        <v>4397</v>
+      </c>
+      <c r="H1095" t="s">
+        <v>4398</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:8">
+      <c r="A1096" t="s">
+        <v>4399</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>4400</v>
+      </c>
+      <c r="D1096" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1096" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1096" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1096" s="1" t="s">
+        <v>4401</v>
+      </c>
+      <c r="H1096" t="s">
+        <v>4402</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:8">
+      <c r="A1097" t="s">
+        <v>4403</v>
+      </c>
+      <c r="B1097" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1097" t="s">
+        <v>4404</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1097" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1097" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1097" s="1" t="s">
+        <v>4405</v>
+      </c>
+      <c r="H1097" t="s">
+        <v>4406</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:8">
+      <c r="A1098" t="s">
+        <v>4407</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1098" t="s">
+        <v>4408</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1098" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1098" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1098" s="1" t="s">
+        <v>4409</v>
+      </c>
+      <c r="H1098" t="s">
+        <v>4410</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:8">
+      <c r="A1099" t="s">
+        <v>4411</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1099" t="s">
+        <v>4412</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1099" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1099" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1099" s="1" t="s">
+        <v>4413</v>
+      </c>
+      <c r="H1099" t="s">
+        <v>4414</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:8">
+      <c r="A1100" t="s">
+        <v>4415</v>
+      </c>
+      <c r="B1100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1100" t="s">
+        <v>4416</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1100" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1100" s="1" t="s">
+        <v>4417</v>
+      </c>
+      <c r="H1100" t="s">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:8">
+      <c r="A1101" t="s">
+        <v>4419</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1101" t="s">
+        <v>4420</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1101" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1101" s="1" t="s">
+        <v>4421</v>
+      </c>
+      <c r="H1101" t="s">
+        <v>4422</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:8">
+      <c r="A1102" t="s">
+        <v>4423</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1102" t="s">
+        <v>4424</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1102" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1102" s="1" t="s">
+        <v>4425</v>
+      </c>
+      <c r="H1102" t="s">
+        <v>4426</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:8">
+      <c r="A1103" t="s">
+        <v>4427</v>
+      </c>
+      <c r="B1103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1103" t="s">
+        <v>4428</v>
+      </c>
+      <c r="D1103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1103" s="1" t="s">
+        <v>4429</v>
+      </c>
+      <c r="H1103" t="s">
+        <v>4430</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:8">
+      <c r="A1104" t="s">
+        <v>4431</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1104" s="1" t="s">
+        <v>4433</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>4434</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:8">
+      <c r="A1105" t="s">
+        <v>4435</v>
+      </c>
+      <c r="B1105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>4436</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1105" s="1" t="s">
+        <v>4437</v>
+      </c>
+      <c r="H1105" t="s">
+        <v>4438</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:8">
+      <c r="A1106" t="s">
+        <v>4439</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1106" t="s">
+        <v>4440</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1106" s="1" t="s">
+        <v>4441</v>
+      </c>
+      <c r="H1106" t="s">
+        <v>4442</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:8">
+      <c r="A1107" t="s">
+        <v>4443</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1107" t="s">
+        <v>4444</v>
+      </c>
+      <c r="D1107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1107" s="1" t="s">
+        <v>4445</v>
+      </c>
+      <c r="H1107" t="s">
+        <v>4446</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:8">
+      <c r="A1108" t="s">
+        <v>4447</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1108" t="s">
+        <v>4448</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1108" s="1" t="s">
+        <v>4449</v>
+      </c>
+      <c r="H1108" t="s">
+        <v>4450</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:8">
+      <c r="A1109" t="s">
+        <v>4451</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1109" t="s">
+        <v>4452</v>
+      </c>
+      <c r="D1109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1109" s="1" t="s">
+        <v>4453</v>
+      </c>
+      <c r="H1109" t="s">
+        <v>4454</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:8">
+      <c r="A1110" t="s">
+        <v>4455</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>4456</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1110" s="1" t="s">
+        <v>4457</v>
+      </c>
+      <c r="H1110" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:8">
+      <c r="A1111" t="s">
+        <v>4459</v>
+      </c>
+      <c r="B1111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>4460</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1111" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1111" s="1" t="s">
+        <v>4461</v>
+      </c>
+      <c r="H1111" t="s">
+        <v>4462</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:8">
+      <c r="A1112" t="s">
+        <v>4463</v>
+      </c>
+      <c r="B1112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>4464</v>
+      </c>
+      <c r="D1112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1112" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1112" s="1" t="s">
+        <v>4465</v>
+      </c>
+      <c r="H1112" t="s">
+        <v>4466</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:8">
+      <c r="A1113" t="s">
+        <v>4467</v>
+      </c>
+      <c r="B1113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>4468</v>
+      </c>
+      <c r="D1113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1113" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1113" s="1" t="s">
+        <v>4470</v>
+      </c>
+      <c r="H1113" t="s">
+        <v>4471</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:8">
+      <c r="A1114" t="s">
+        <v>4472</v>
+      </c>
+      <c r="B1114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>4473</v>
+      </c>
+      <c r="D1114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1114" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1114" s="1" t="s">
+        <v>4474</v>
+      </c>
+      <c r="H1114" t="s">
+        <v>4475</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:8">
+      <c r="A1115" t="s">
+        <v>4476</v>
+      </c>
+      <c r="B1115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1115" t="s">
+        <v>4477</v>
+      </c>
+      <c r="D1115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1115" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1115" s="1" t="s">
+        <v>4478</v>
+      </c>
+      <c r="H1115" t="s">
+        <v>4479</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:8">
+      <c r="A1116" t="s">
+        <v>4480</v>
+      </c>
+      <c r="B1116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1116" t="s">
+        <v>4481</v>
+      </c>
+      <c r="D1116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1116" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1116" s="1" t="s">
+        <v>4482</v>
+      </c>
+      <c r="H1116" t="s">
+        <v>4483</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:8">
+      <c r="A1117" t="s">
+        <v>4484</v>
+      </c>
+      <c r="B1117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1117" t="s">
+        <v>4485</v>
+      </c>
+      <c r="D1117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1117" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1117" s="1" t="s">
+        <v>4486</v>
+      </c>
+      <c r="H1117" t="s">
+        <v>4487</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:8">
+      <c r="A1118" t="s">
+        <v>4488</v>
+      </c>
+      <c r="B1118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>4489</v>
+      </c>
+      <c r="D1118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1118" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1118" s="1" t="s">
+        <v>4490</v>
+      </c>
+      <c r="H1118" t="s">
+        <v>4491</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:8">
+      <c r="A1119" t="s">
+        <v>4492</v>
+      </c>
+      <c r="B1119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1119" t="s">
+        <v>4493</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1119" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1119" s="1" t="s">
+        <v>4494</v>
+      </c>
+      <c r="H1119" t="s">
+        <v>4495</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:8">
+      <c r="A1120" t="s">
+        <v>4496</v>
+      </c>
+      <c r="B1120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1120" t="s">
+        <v>4497</v>
+      </c>
+      <c r="D1120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1120" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1120" s="1" t="s">
+        <v>4498</v>
+      </c>
+      <c r="H1120" t="s">
+        <v>4499</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:8">
+      <c r="A1121" t="s">
+        <v>4500</v>
+      </c>
+      <c r="B1121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1121" t="s">
+        <v>4501</v>
+      </c>
+      <c r="D1121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1121" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1121" s="1" t="s">
+        <v>4502</v>
+      </c>
+      <c r="H1121" t="s">
+        <v>4503</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:8">
+      <c r="A1122" t="s">
+        <v>4504</v>
+      </c>
+      <c r="B1122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1122" t="s">
+        <v>4505</v>
+      </c>
+      <c r="D1122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1122" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1122" s="1" t="s">
+        <v>4506</v>
+      </c>
+      <c r="H1122" t="s">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:8">
+      <c r="A1123" t="s">
+        <v>4508</v>
+      </c>
+      <c r="B1123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1123" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D1123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1123" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1123" s="1" t="s">
+        <v>4510</v>
+      </c>
+      <c r="H1123" t="s">
+        <v>4511</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:8">
+      <c r="A1124" t="s">
+        <v>4512</v>
+      </c>
+      <c r="B1124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1124" t="s">
+        <v>4513</v>
+      </c>
+      <c r="D1124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1124" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1124" s="1" t="s">
+        <v>4514</v>
+      </c>
+      <c r="H1124" t="s">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:8">
+      <c r="A1125" t="s">
+        <v>4516</v>
+      </c>
+      <c r="B1125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1125" t="s">
+        <v>4517</v>
+      </c>
+      <c r="D1125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1125" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1125" s="1" t="s">
+        <v>4518</v>
+      </c>
+      <c r="H1125" t="s">
+        <v>4519</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:8">
+      <c r="A1126" t="s">
+        <v>4520</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>4521</v>
+      </c>
+      <c r="D1126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1126" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1126" s="1" t="s">
+        <v>4522</v>
+      </c>
+      <c r="H1126" t="s">
+        <v>4523</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:8">
+      <c r="A1127" t="s">
+        <v>4524</v>
+      </c>
+      <c r="B1127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1127" t="s">
+        <v>4525</v>
+      </c>
+      <c r="D1127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1127" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1127" s="1" t="s">
+        <v>4526</v>
+      </c>
+      <c r="H1127" t="s">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:8">
+      <c r="A1128" t="s">
+        <v>4528</v>
+      </c>
+      <c r="B1128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1128" t="s">
+        <v>4529</v>
+      </c>
+      <c r="D1128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1128" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1128" s="1" t="s">
+        <v>4530</v>
+      </c>
+      <c r="H1128" t="s">
+        <v>4531</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:8">
+      <c r="A1129" t="s">
+        <v>4532</v>
+      </c>
+      <c r="B1129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1129" t="s">
+        <v>4533</v>
+      </c>
+      <c r="D1129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1129" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1129" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1129" s="1" t="s">
+        <v>4534</v>
+      </c>
+      <c r="H1129" t="s">
+        <v>4535</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:8">
+      <c r="A1130" t="s">
+        <v>4536</v>
+      </c>
+      <c r="B1130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1130" t="s">
+        <v>4537</v>
+      </c>
+      <c r="D1130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1130" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1130" s="1" t="s">
+        <v>4538</v>
+      </c>
+      <c r="H1130" t="s">
+        <v>4539</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:8">
+      <c r="A1131" t="s">
+        <v>4540</v>
+      </c>
+      <c r="B1131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>4541</v>
+      </c>
+      <c r="D1131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1131" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1131" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1131" s="1" t="s">
+        <v>4542</v>
+      </c>
+      <c r="H1131" t="s">
+        <v>4543</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:8">
+      <c r="A1132" t="s">
+        <v>4544</v>
+      </c>
+      <c r="B1132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1132" t="s">
+        <v>4545</v>
+      </c>
+      <c r="D1132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1132" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1132" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1132" s="1" t="s">
+        <v>4546</v>
+      </c>
+      <c r="H1132" t="s">
+        <v>4547</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:8">
+      <c r="A1133" t="s">
+        <v>4548</v>
+      </c>
+      <c r="B1133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1133" t="s">
+        <v>4549</v>
+      </c>
+      <c r="D1133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1133" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1133" s="1" t="s">
+        <v>4550</v>
+      </c>
+      <c r="H1133" t="s">
+        <v>4551</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:8">
+      <c r="A1134" t="s">
+        <v>4552</v>
+      </c>
+      <c r="B1134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>4553</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1134" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1134" s="1" t="s">
+        <v>4554</v>
+      </c>
+      <c r="H1134" t="s">
+        <v>4555</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:8">
+      <c r="A1135" t="s">
+        <v>4556</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>4557</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1135" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1135" s="1" t="s">
+        <v>4558</v>
+      </c>
+      <c r="H1135" t="s">
+        <v>4559</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:8">
+      <c r="A1136" t="s">
+        <v>4560</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1136" t="s">
+        <v>4561</v>
+      </c>
+      <c r="D1136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1136" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1136" s="1" t="s">
+        <v>4562</v>
+      </c>
+      <c r="H1136" t="s">
+        <v>4563</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:8">
+      <c r="A1137" t="s">
+        <v>4564</v>
+      </c>
+      <c r="B1137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>4565</v>
+      </c>
+      <c r="D1137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1137" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1137" s="1" t="s">
+        <v>4566</v>
+      </c>
+      <c r="H1137" t="s">
+        <v>4567</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:8">
+      <c r="A1138" t="s">
+        <v>4568</v>
+      </c>
+      <c r="B1138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1138" t="s">
+        <v>4569</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1138" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1138" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1138" s="1" t="s">
+        <v>4570</v>
+      </c>
+      <c r="H1138" t="s">
+        <v>4571</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:8">
+      <c r="A1139" t="s">
+        <v>4572</v>
+      </c>
+      <c r="B1139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>4573</v>
+      </c>
+      <c r="D1139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1139" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1139" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1139" s="1" t="s">
+        <v>4574</v>
+      </c>
+      <c r="H1139" t="s">
+        <v>4575</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:8">
+      <c r="A1140" t="s">
+        <v>4576</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>4577</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1140" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1140" s="1" t="s">
+        <v>4578</v>
+      </c>
+      <c r="H1140" t="s">
+        <v>4579</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:8">
+      <c r="A1141" t="s">
+        <v>4580</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>4581</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1141" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1141" s="1" t="s">
+        <v>4582</v>
+      </c>
+      <c r="H1141" t="s">
+        <v>4583</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:8">
+      <c r="A1142" t="s">
+        <v>4584</v>
+      </c>
+      <c r="B1142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>4585</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1142" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1142" s="1" t="s">
+        <v>4586</v>
+      </c>
+      <c r="H1142" t="s">
+        <v>4587</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:8">
+      <c r="A1143" t="s">
+        <v>4588</v>
+      </c>
+      <c r="B1143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>4589</v>
+      </c>
+      <c r="D1143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1143" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1143" s="1" t="s">
+        <v>4590</v>
+      </c>
+      <c r="H1143" t="s">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:8">
+      <c r="A1144" t="s">
+        <v>4592</v>
+      </c>
+      <c r="B1144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1144" t="s">
+        <v>4593</v>
+      </c>
+      <c r="D1144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1144" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1144" s="1" t="s">
+        <v>4594</v>
+      </c>
+      <c r="H1144" t="s">
+        <v>4595</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:8">
+      <c r="A1145" t="s">
+        <v>4596</v>
+      </c>
+      <c r="B1145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1145" t="s">
+        <v>4597</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1145" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1145" s="1" t="s">
+        <v>4598</v>
+      </c>
+      <c r="H1145" t="s">
+        <v>4599</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:8">
+      <c r="A1146" t="s">
+        <v>4600</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>4601</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1146" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1146" s="1" t="s">
+        <v>4602</v>
+      </c>
+      <c r="H1146" t="s">
+        <v>4603</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:8">
+      <c r="A1147" t="s">
+        <v>4604</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1147" t="s">
+        <v>4605</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1147" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1147" s="1" t="s">
+        <v>4606</v>
+      </c>
+      <c r="H1147" t="s">
+        <v>4607</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:8">
+      <c r="A1148" t="s">
+        <v>4608</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>4609</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1148" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1148" s="1" t="s">
+        <v>4610</v>
+      </c>
+      <c r="H1148" t="s">
+        <v>4611</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:8">
+      <c r="A1149" t="s">
+        <v>4612</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1149" t="s">
+        <v>4613</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1149" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1149" s="1" t="s">
+        <v>4614</v>
+      </c>
+      <c r="H1149" t="s">
+        <v>4615</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:8">
+      <c r="A1150" t="s">
+        <v>4616</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1150" t="s">
+        <v>4617</v>
+      </c>
+      <c r="D1150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1150" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1150" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1150" s="1" t="s">
+        <v>4618</v>
+      </c>
+      <c r="H1150" t="s">
+        <v>4619</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:8">
+      <c r="A1151" t="s">
+        <v>4620</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>4621</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1151" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1151" s="1" t="s">
+        <v>4622</v>
+      </c>
+      <c r="H1151" t="s">
+        <v>3885</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:8">
+      <c r="A1152" t="s">
+        <v>4623</v>
+      </c>
+      <c r="B1152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1152" t="s">
+        <v>4624</v>
+      </c>
+      <c r="D1152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1152" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1152" s="1" t="s">
+        <v>4625</v>
+      </c>
+      <c r="H1152" t="s">
+        <v>4626</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:8">
+      <c r="A1153" t="s">
+        <v>4627</v>
+      </c>
+      <c r="B1153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1153" t="s">
+        <v>4628</v>
+      </c>
+      <c r="D1153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1153" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1153" s="1" t="s">
+        <v>4629</v>
+      </c>
+      <c r="H1153" t="s">
+        <v>4630</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:8">
+      <c r="A1154" t="s">
+        <v>4631</v>
+      </c>
+      <c r="B1154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1154" t="s">
+        <v>4632</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1154" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1154" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1154" s="1" t="s">
+        <v>4633</v>
+      </c>
+      <c r="H1154" t="s">
+        <v>4634</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:8">
+      <c r="A1155" t="s">
+        <v>4635</v>
+      </c>
+      <c r="B1155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1155" t="s">
+        <v>4636</v>
+      </c>
+      <c r="D1155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1155" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1155" s="1" t="s">
+        <v>4637</v>
+      </c>
+      <c r="H1155" t="s">
+        <v>4638</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:8">
+      <c r="A1156" t="s">
+        <v>4639</v>
+      </c>
+      <c r="B1156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1156" t="s">
+        <v>4640</v>
+      </c>
+      <c r="D1156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1156" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1156" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1156" s="1" t="s">
+        <v>4641</v>
+      </c>
+      <c r="H1156" t="s">
+        <v>4642</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:8">
+      <c r="A1157" t="s">
+        <v>4643</v>
+      </c>
+      <c r="B1157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1157" t="s">
+        <v>4644</v>
+      </c>
+      <c r="D1157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1157" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1157" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1157" s="1" t="s">
+        <v>4645</v>
+      </c>
+      <c r="H1157" t="s">
+        <v>4646</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:8">
+      <c r="A1158" t="s">
+        <v>4647</v>
+      </c>
+      <c r="B1158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1158" t="s">
+        <v>4648</v>
+      </c>
+      <c r="D1158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1158" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1158" s="1" t="s">
+        <v>4649</v>
+      </c>
+      <c r="H1158" t="s">
+        <v>4650</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:8">
+      <c r="A1159" t="s">
+        <v>4651</v>
+      </c>
+      <c r="B1159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1159" t="s">
+        <v>4652</v>
+      </c>
+      <c r="D1159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1159" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1159" s="1" t="s">
+        <v>4653</v>
+      </c>
+      <c r="H1159" t="s">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:8">
+      <c r="A1160" t="s">
+        <v>4655</v>
+      </c>
+      <c r="B1160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1160" t="s">
+        <v>4656</v>
+      </c>
+      <c r="D1160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1160" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1160" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1160" s="1" t="s">
+        <v>4657</v>
+      </c>
+      <c r="H1160" t="s">
+        <v>4658</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:8">
+      <c r="A1161" t="s">
+        <v>4659</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1161" t="s">
+        <v>4660</v>
+      </c>
+      <c r="D1161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1161" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1161" s="1" t="s">
+        <v>4661</v>
+      </c>
+      <c r="H1161" t="s">
+        <v>4662</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:8">
+      <c r="A1162" t="s">
+        <v>4663</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1162" t="s">
+        <v>4664</v>
+      </c>
+      <c r="D1162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1162" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1162" s="1" t="s">
+        <v>4665</v>
+      </c>
+      <c r="H1162" t="s">
+        <v>4666</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:8">
+      <c r="A1163" t="s">
+        <v>4667</v>
+      </c>
+      <c r="B1163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1163" t="s">
+        <v>4668</v>
+      </c>
+      <c r="D1163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1163" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1163" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1163" s="1" t="s">
+        <v>4669</v>
+      </c>
+      <c r="H1163" t="s">
+        <v>4670</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:8">
+      <c r="A1164" t="s">
+        <v>4671</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1164" t="s">
+        <v>4672</v>
+      </c>
+      <c r="D1164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1164" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1164" s="1" t="s">
+        <v>4673</v>
+      </c>
+      <c r="H1164" t="s">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:8">
+      <c r="A1165" t="s">
+        <v>4675</v>
+      </c>
+      <c r="B1165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1165" t="s">
+        <v>4676</v>
+      </c>
+      <c r="D1165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1165" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1165" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1165" s="1" t="s">
+        <v>4677</v>
+      </c>
+      <c r="H1165" t="s">
+        <v>4678</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:8">
+      <c r="A1166" t="s">
+        <v>4679</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1166" t="s">
+        <v>4680</v>
+      </c>
+      <c r="D1166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1166" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1166" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1166" s="1" t="s">
+        <v>4681</v>
+      </c>
+      <c r="H1166" t="s">
+        <v>4682</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:8">
+      <c r="A1167" t="s">
+        <v>4683</v>
+      </c>
+      <c r="B1167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1167" t="s">
+        <v>4684</v>
+      </c>
+      <c r="D1167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1167" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1167" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1167" s="1" t="s">
+        <v>4685</v>
+      </c>
+      <c r="H1167" t="s">
+        <v>4686</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:8">
+      <c r="A1168" t="s">
+        <v>4687</v>
+      </c>
+      <c r="B1168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1168" t="s">
+        <v>4688</v>
+      </c>
+      <c r="D1168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1168" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1168" s="1" t="s">
+        <v>4689</v>
+      </c>
+      <c r="H1168" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:8">
+      <c r="A1169" t="s">
+        <v>4691</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1169" t="s">
+        <v>4692</v>
+      </c>
+      <c r="D1169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1169" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1169" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1169" s="1" t="s">
+        <v>4693</v>
+      </c>
+      <c r="H1169" t="s">
+        <v>4694</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:8">
+      <c r="A1170" t="s">
+        <v>4695</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1170" t="s">
+        <v>4696</v>
+      </c>
+      <c r="D1170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1170" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1170" s="1" t="s">
+        <v>4697</v>
+      </c>
+      <c r="H1170" t="s">
+        <v>4698</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:8">
+      <c r="A1171" t="s">
+        <v>4699</v>
+      </c>
+      <c r="B1171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1171" t="s">
+        <v>4700</v>
+      </c>
+      <c r="D1171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1171" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1171" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1171" s="1" t="s">
+        <v>4701</v>
+      </c>
+      <c r="H1171" t="s">
+        <v>4702</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:8">
+      <c r="A1172" t="s">
+        <v>4703</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1172" t="s">
+        <v>4704</v>
+      </c>
+      <c r="D1172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1172" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1172" s="1" t="s">
+        <v>4705</v>
+      </c>
+      <c r="H1172" t="s">
+        <v>4706</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:8">
+      <c r="A1173" t="s">
+        <v>4707</v>
+      </c>
+      <c r="B1173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1173" t="s">
+        <v>4708</v>
+      </c>
+      <c r="D1173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1173" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1173" s="1" t="s">
+        <v>4709</v>
+      </c>
+      <c r="H1173" t="s">
+        <v>4710</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:8">
+      <c r="A1174" t="s">
+        <v>4711</v>
+      </c>
+      <c r="B1174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1174" t="s">
+        <v>4712</v>
+      </c>
+      <c r="D1174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1174" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1174" s="1" t="s">
+        <v>4713</v>
+      </c>
+      <c r="H1174" t="s">
+        <v>4714</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:8">
+      <c r="A1175" t="s">
+        <v>4715</v>
+      </c>
+      <c r="B1175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1175" t="s">
+        <v>4716</v>
+      </c>
+      <c r="D1175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1175" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1175" s="1" t="s">
+        <v>4717</v>
+      </c>
+      <c r="H1175" t="s">
+        <v>4718</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:8">
+      <c r="A1176" t="s">
+        <v>4719</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1176" t="s">
+        <v>4720</v>
+      </c>
+      <c r="D1176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1176" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1176" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1176" s="1" t="s">
+        <v>4721</v>
+      </c>
+      <c r="H1176" t="s">
+        <v>4722</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:8">
+      <c r="A1177" t="s">
+        <v>4723</v>
+      </c>
+      <c r="B1177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1177" t="s">
+        <v>4724</v>
+      </c>
+      <c r="D1177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1177" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1177" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1177" s="1" t="s">
+        <v>4725</v>
+      </c>
+      <c r="H1177" t="s">
+        <v>4726</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:8">
+      <c r="A1178" t="s">
+        <v>4727</v>
+      </c>
+      <c r="B1178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1178" t="s">
+        <v>4728</v>
+      </c>
+      <c r="D1178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1178" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1178" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1178" s="1" t="s">
+        <v>4729</v>
+      </c>
+      <c r="H1178" t="s">
+        <v>4730</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:8">
+      <c r="A1179" t="s">
+        <v>4731</v>
+      </c>
+      <c r="B1179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1179" t="s">
+        <v>4732</v>
+      </c>
+      <c r="D1179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1179" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1179" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1179" s="1" t="s">
+        <v>4733</v>
+      </c>
+      <c r="H1179" t="s">
+        <v>4734</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:8">
+      <c r="A1180" t="s">
+        <v>4735</v>
+      </c>
+      <c r="B1180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1180" t="s">
+        <v>4736</v>
+      </c>
+      <c r="D1180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1180" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1180" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1180" s="1" t="s">
+        <v>4737</v>
+      </c>
+      <c r="H1180" t="s">
+        <v>4738</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:8">
+      <c r="A1181" t="s">
+        <v>4739</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1181" t="s">
+        <v>4740</v>
+      </c>
+      <c r="D1181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1181" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1181" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1181" s="1" t="s">
+        <v>4741</v>
+      </c>
+      <c r="H1181" t="s">
+        <v>4742</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:8">
+      <c r="A1182" t="s">
+        <v>4743</v>
+      </c>
+      <c r="B1182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1182" t="s">
+        <v>4744</v>
+      </c>
+      <c r="D1182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1182" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1182" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1182" s="1" t="s">
+        <v>4745</v>
+      </c>
+      <c r="H1182" t="s">
+        <v>4746</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:8">
+      <c r="A1183" t="s">
+        <v>4747</v>
+      </c>
+      <c r="B1183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1183" t="s">
+        <v>4748</v>
+      </c>
+      <c r="D1183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1183" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1183" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1183" s="1" t="s">
+        <v>4749</v>
+      </c>
+      <c r="H1183" t="s">
+        <v>4750</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:8">
+      <c r="A1184" t="s">
+        <v>4751</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1184" t="s">
+        <v>4752</v>
+      </c>
+      <c r="D1184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1184" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1184" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1184" s="1" t="s">
+        <v>4753</v>
+      </c>
+      <c r="H1184" t="s">
+        <v>4754</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:8">
+      <c r="A1185" t="s">
+        <v>4755</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1185" t="s">
+        <v>4756</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1185" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1185" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1185" s="1" t="s">
+        <v>4757</v>
+      </c>
+      <c r="H1185" t="s">
+        <v>4758</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:8">
+      <c r="A1186" t="s">
+        <v>4759</v>
+      </c>
+      <c r="B1186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1186" t="s">
+        <v>4760</v>
+      </c>
+      <c r="D1186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1186" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1186" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1186" s="1" t="s">
+        <v>4761</v>
+      </c>
+      <c r="H1186" t="s">
+        <v>4762</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:8">
+      <c r="A1187" t="s">
+        <v>4763</v>
+      </c>
+      <c r="B1187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1187" t="s">
+        <v>4764</v>
+      </c>
+      <c r="D1187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1187" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1187" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1187" s="1" t="s">
+        <v>4765</v>
+      </c>
+      <c r="H1187" t="s">
+        <v>4766</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:8">
+      <c r="A1188" t="s">
+        <v>4767</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1188" t="s">
+        <v>4768</v>
+      </c>
+      <c r="D1188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1188" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1188" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1188" s="1" t="s">
+        <v>4769</v>
+      </c>
+      <c r="H1188" t="s">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:8">
+      <c r="A1189" t="s">
+        <v>4771</v>
+      </c>
+      <c r="B1189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1189" t="s">
+        <v>4772</v>
+      </c>
+      <c r="D1189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1189" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1189" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1189" s="1" t="s">
+        <v>4773</v>
+      </c>
+      <c r="H1189" t="s">
+        <v>4774</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:8">
+      <c r="A1190" t="s">
+        <v>4775</v>
+      </c>
+      <c r="B1190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1190" t="s">
+        <v>4776</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1190" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1190" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1190" s="1" t="s">
+        <v>4777</v>
+      </c>
+      <c r="H1190" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:8">
+      <c r="A1191" t="s">
+        <v>4778</v>
+      </c>
+      <c r="B1191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1191" t="s">
+        <v>4779</v>
+      </c>
+      <c r="D1191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1191" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1191" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1191" s="1" t="s">
+        <v>4780</v>
+      </c>
+      <c r="H1191" t="s">
+        <v>4781</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:8">
+      <c r="A1192" t="s">
+        <v>4782</v>
+      </c>
+      <c r="B1192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1192" t="s">
+        <v>4783</v>
+      </c>
+      <c r="D1192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1192" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1192" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1192" s="1" t="s">
+        <v>4784</v>
+      </c>
+      <c r="H1192" t="s">
+        <v>4785</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:8">
+      <c r="A1193" t="s">
+        <v>4786</v>
+      </c>
+      <c r="B1193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1193" t="s">
+        <v>4787</v>
+      </c>
+      <c r="D1193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1193" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1193" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1193" s="1" t="s">
+        <v>4788</v>
+      </c>
+      <c r="H1193" t="s">
+        <v>4789</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:8">
+      <c r="A1194" t="s">
+        <v>4790</v>
+      </c>
+      <c r="B1194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1194" t="s">
+        <v>4791</v>
+      </c>
+      <c r="D1194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1194" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1194" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1194" s="1" t="s">
+        <v>4792</v>
+      </c>
+      <c r="H1194" t="s">
+        <v>4793</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:8">
+      <c r="A1195" t="s">
+        <v>4794</v>
+      </c>
+      <c r="B1195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1195" t="s">
+        <v>4795</v>
+      </c>
+      <c r="D1195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1195" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1195" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1195" s="1" t="s">
+        <v>4796</v>
+      </c>
+      <c r="H1195" t="s">
+        <v>4797</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:8">
+      <c r="A1196" t="s">
+        <v>4798</v>
+      </c>
+      <c r="B1196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1196" t="s">
+        <v>4799</v>
+      </c>
+      <c r="D1196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1196" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1196" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1196" s="1" t="s">
+        <v>4800</v>
+      </c>
+      <c r="H1196" t="s">
+        <v>4801</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:8">
+      <c r="A1197" t="s">
+        <v>4802</v>
+      </c>
+      <c r="B1197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1197" t="s">
+        <v>4803</v>
+      </c>
+      <c r="D1197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1197" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1197" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1197" s="1" t="s">
+        <v>4804</v>
+      </c>
+      <c r="H1197" t="s">
+        <v>4805</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:8">
+      <c r="A1198" t="s">
+        <v>4806</v>
+      </c>
+      <c r="B1198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1198" t="s">
+        <v>4807</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1198" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1198" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1198" s="1" t="s">
+        <v>4808</v>
+      </c>
+      <c r="H1198" t="s">
+        <v>4809</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:8">
+      <c r="A1199" t="s">
+        <v>4810</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1199" t="s">
+        <v>4811</v>
+      </c>
+      <c r="D1199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1199" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1199" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1199" s="1" t="s">
+        <v>4812</v>
+      </c>
+      <c r="H1199" t="s">
+        <v>4813</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:8">
+      <c r="A1200" t="s">
+        <v>4814</v>
+      </c>
+      <c r="B1200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1200" t="s">
+        <v>4815</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1200" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1200" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1200" s="1" t="s">
+        <v>4816</v>
+      </c>
+      <c r="H1200" t="s">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:8">
+      <c r="A1201" t="s">
+        <v>4818</v>
+      </c>
+      <c r="B1201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1201" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D1201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1201" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1201" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1201" s="1" t="s">
+        <v>4820</v>
+      </c>
+      <c r="H1201" t="s">
+        <v>4821</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:8">
+      <c r="A1202" t="s">
+        <v>4822</v>
+      </c>
+      <c r="B1202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1202" t="s">
+        <v>4823</v>
+      </c>
+      <c r="D1202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1202" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1202" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1202" s="1" t="s">
+        <v>4824</v>
+      </c>
+      <c r="H1202" t="s">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:8">
+      <c r="A1203" t="s">
+        <v>4826</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1203" t="s">
+        <v>4827</v>
+      </c>
+      <c r="D1203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1203" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1203" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1203" s="1" t="s">
+        <v>4828</v>
+      </c>
+      <c r="H1203" t="s">
+        <v>4829</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:8">
+      <c r="A1204" t="s">
+        <v>4830</v>
+      </c>
+      <c r="B1204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1204" t="s">
+        <v>4831</v>
+      </c>
+      <c r="D1204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1204" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1204" s="1" t="s">
+        <v>4832</v>
+      </c>
+      <c r="H1204" t="s">
+        <v>4833</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:8">
+      <c r="A1205" t="s">
+        <v>4834</v>
+      </c>
+      <c r="B1205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1205" t="s">
+        <v>4835</v>
+      </c>
+      <c r="D1205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1205" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1205" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1205" s="1" t="s">
+        <v>4836</v>
+      </c>
+      <c r="H1205" t="s">
+        <v>4837</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:8">
+      <c r="A1206" t="s">
+        <v>4838</v>
+      </c>
+      <c r="B1206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1206" t="s">
+        <v>4839</v>
+      </c>
+      <c r="D1206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1206" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1206" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1206" s="1" t="s">
+        <v>4840</v>
+      </c>
+      <c r="H1206" t="s">
+        <v>4841</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:8">
+      <c r="A1207" t="s">
+        <v>4842</v>
+      </c>
+      <c r="B1207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1207" t="s">
+        <v>4843</v>
+      </c>
+      <c r="D1207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1207" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1207" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1207" s="1" t="s">
+        <v>4844</v>
+      </c>
+      <c r="H1207" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:8">
+      <c r="A1208" t="s">
+        <v>4846</v>
+      </c>
+      <c r="B1208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1208" t="s">
+        <v>4847</v>
+      </c>
+      <c r="D1208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1208" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1208" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1208" s="1" t="s">
+        <v>4848</v>
+      </c>
+      <c r="H1208" t="s">
+        <v>4849</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:8">
+      <c r="A1209" t="s">
+        <v>4850</v>
+      </c>
+      <c r="B1209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1209" t="s">
+        <v>4851</v>
+      </c>
+      <c r="D1209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1209" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1209" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1209" s="1" t="s">
+        <v>4852</v>
+      </c>
+      <c r="H1209" t="s">
+        <v>4853</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:8">
+      <c r="A1210" t="s">
+        <v>4854</v>
+      </c>
+      <c r="B1210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1210" t="s">
+        <v>4855</v>
+      </c>
+      <c r="D1210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1210" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1210" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1210" s="1" t="s">
+        <v>4856</v>
+      </c>
+      <c r="H1210" t="s">
+        <v>4857</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:8">
+      <c r="A1211" t="s">
+        <v>4858</v>
+      </c>
+      <c r="B1211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1211" t="s">
+        <v>4859</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1211" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1211" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G1211" s="1" t="s">
+        <v>4862</v>
+      </c>
+      <c r="H1211" t="s">
+        <v>4863</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:8">
+      <c r="A1212" t="s">
+        <v>4864</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1212" t="s">
+        <v>4865</v>
+      </c>
+      <c r="D1212" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1212" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1212" t="s">
+        <v>79</v>
+      </c>
+      <c r="G1212" s="1" t="s">
+        <v>4866</v>
+      </c>
+      <c r="H1212" t="s">
+        <v>4867</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:8">
+      <c r="A1213" t="s">
+        <v>4868</v>
+      </c>
+      <c r="B1213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1213" t="s">
+        <v>4869</v>
+      </c>
+      <c r="D1213" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1213" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1213" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1213" s="1" t="s">
+        <v>4870</v>
+      </c>
+      <c r="H1213" t="s">
+        <v>4871</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:8">
+      <c r="A1214" t="s">
+        <v>4872</v>
+      </c>
+      <c r="B1214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1214" t="s">
+        <v>4873</v>
+      </c>
+      <c r="D1214" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1214" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1214" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1214" s="1" t="s">
+        <v>4874</v>
+      </c>
+      <c r="H1214" t="s">
+        <v>4875</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:8">
+      <c r="A1215" t="s">
+        <v>4876</v>
+      </c>
+      <c r="B1215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1215" t="s">
+        <v>4877</v>
+      </c>
+      <c r="D1215" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1215" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1215" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1215" s="1" t="s">
+        <v>4878</v>
+      </c>
+      <c r="H1215" t="s">
+        <v>4875</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:8">
+      <c r="A1216" t="s">
+        <v>4879</v>
+      </c>
+      <c r="B1216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1216" t="s">
+        <v>4880</v>
+      </c>
+      <c r="D1216" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1216" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1216" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1216" s="1" t="s">
+        <v>4881</v>
+      </c>
+      <c r="H1216" t="s">
+        <v>4882</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:8">
+      <c r="A1217" t="s">
+        <v>4883</v>
+      </c>
+      <c r="B1217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1217" t="s">
+        <v>4884</v>
+      </c>
+      <c r="D1217" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1217" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1217" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1217" s="1" t="s">
+        <v>4885</v>
+      </c>
+      <c r="H1217" t="s">
+        <v>4886</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:8">
+      <c r="A1218" t="s">
+        <v>4887</v>
+      </c>
+      <c r="B1218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1218" t="s">
+        <v>4888</v>
+      </c>
+      <c r="D1218" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1218" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1218" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1218" s="1" t="s">
+        <v>4889</v>
+      </c>
+      <c r="H1218" t="s">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:8">
+      <c r="A1219" t="s">
+        <v>4891</v>
+      </c>
+      <c r="B1219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1219" t="s">
+        <v>4892</v>
+      </c>
+      <c r="D1219" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1219" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1219" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1219" s="1" t="s">
+        <v>4893</v>
+      </c>
+      <c r="H1219" t="s">
+        <v>4894</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:8">
+      <c r="A1220" t="s">
+        <v>4895</v>
+      </c>
+      <c r="B1220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1220" t="s">
+        <v>4896</v>
+      </c>
+      <c r="D1220" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1220" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1220" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1220" s="1" t="s">
+        <v>4897</v>
+      </c>
+      <c r="H1220" t="s">
+        <v>4898</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:8">
+      <c r="A1221" t="s">
+        <v>4899</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1221" t="s">
+        <v>4900</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1221" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1221" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1221" s="1" t="s">
+        <v>4901</v>
+      </c>
+      <c r="H1221" t="s">
+        <v>4902</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:8">
+      <c r="A1222" t="s">
+        <v>4903</v>
+      </c>
+      <c r="B1222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1222" t="s">
+        <v>4904</v>
+      </c>
+      <c r="D1222" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1222" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1222" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1222" s="1" t="s">
+        <v>4905</v>
+      </c>
+      <c r="H1222" t="s">
+        <v>4906</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:8">
+      <c r="A1223" t="s">
+        <v>4907</v>
+      </c>
+      <c r="B1223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1223" t="s">
+        <v>4908</v>
+      </c>
+      <c r="D1223" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1223" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1223" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1223" s="1" t="s">
+        <v>4909</v>
+      </c>
+      <c r="H1223" t="s">
+        <v>4910</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:8">
+      <c r="A1224" t="s">
+        <v>4911</v>
+      </c>
+      <c r="B1224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1224" t="s">
+        <v>4912</v>
+      </c>
+      <c r="D1224" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1224" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1224" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G1224" s="1" t="s">
+        <v>4913</v>
+      </c>
+      <c r="H1224" t="s">
+        <v>4914</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:8">
+      <c r="A1225" t="s">
+        <v>4915</v>
+      </c>
+      <c r="B1225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1225" t="s">
+        <v>4916</v>
+      </c>
+      <c r="D1225" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1225" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1225" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1225" s="1" t="s">
+        <v>4917</v>
+      </c>
+      <c r="H1225" t="s">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:8">
+      <c r="A1226" t="s">
+        <v>4919</v>
+      </c>
+      <c r="B1226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1226" t="s">
+        <v>4920</v>
+      </c>
+      <c r="D1226" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1226" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1226" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1226" s="1" t="s">
+        <v>4921</v>
+      </c>
+      <c r="H1226" t="s">
+        <v>4922</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:8">
+      <c r="A1227" t="s">
+        <v>4923</v>
+      </c>
+      <c r="B1227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1227" t="s">
+        <v>4924</v>
+      </c>
+      <c r="D1227" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1227" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1227" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1227" s="1" t="s">
+        <v>4925</v>
+      </c>
+      <c r="H1227" t="s">
+        <v>4926</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:8">
+      <c r="A1228" t="s">
+        <v>4927</v>
+      </c>
+      <c r="B1228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1228" t="s">
+        <v>4928</v>
+      </c>
+      <c r="D1228" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1228" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1228" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G1228" s="1" t="s">
+        <v>4929</v>
+      </c>
+      <c r="H1228" t="s">
+        <v>4930</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:8">
+      <c r="A1229" t="s">
+        <v>4931</v>
+      </c>
+      <c r="B1229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1229" t="s">
+        <v>4932</v>
+      </c>
+      <c r="D1229" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1229" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1229" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1229" s="1" t="s">
+        <v>4933</v>
+      </c>
+      <c r="H1229" t="s">
+        <v>4934</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:8">
+      <c r="A1230" t="s">
+        <v>4935</v>
+      </c>
+      <c r="B1230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1230" t="s">
+        <v>4936</v>
+      </c>
+      <c r="D1230" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1230" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1230" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1230" s="1" t="s">
+        <v>4937</v>
+      </c>
+      <c r="H1230" t="s">
+        <v>4938</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:8">
+      <c r="A1231" t="s">
+        <v>4939</v>
+      </c>
+      <c r="B1231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1231" t="s">
+        <v>4940</v>
+      </c>
+      <c r="D1231" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1231" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1231" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1231" s="1" t="s">
+        <v>4941</v>
+      </c>
+      <c r="H1231" t="s">
+        <v>4942</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:8">
+      <c r="A1232" t="s">
+        <v>4943</v>
+      </c>
+      <c r="B1232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1232" t="s">
+        <v>4944</v>
+      </c>
+      <c r="D1232" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1232" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1232" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1232" s="1" t="s">
+        <v>4945</v>
+      </c>
+      <c r="H1232" t="s">
+        <v>4946</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:8">
+      <c r="A1233" t="s">
+        <v>4947</v>
+      </c>
+      <c r="B1233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1233" t="s">
+        <v>4948</v>
+      </c>
+      <c r="D1233" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1233" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1233" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1233" s="1" t="s">
+        <v>4949</v>
+      </c>
+      <c r="H1233" t="s">
+        <v>4950</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:8">
+      <c r="A1234" t="s">
+        <v>4951</v>
+      </c>
+      <c r="B1234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1234" t="s">
+        <v>4952</v>
+      </c>
+      <c r="D1234" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1234" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1234" s="1" t="s">
+        <v>4953</v>
+      </c>
+      <c r="H1234" t="s">
+        <v>4954</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:8">
+      <c r="A1235" t="s">
+        <v>4955</v>
+      </c>
+      <c r="B1235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1235" t="s">
+        <v>4956</v>
+      </c>
+      <c r="D1235" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1235" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1235" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1235" s="1" t="s">
+        <v>4957</v>
+      </c>
+      <c r="H1235" t="s">
+        <v>4958</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:8">
+      <c r="A1236" t="s">
+        <v>4959</v>
+      </c>
+      <c r="B1236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1236" t="s">
+        <v>4960</v>
+      </c>
+      <c r="D1236" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1236" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1236" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1236" s="1" t="s">
+        <v>4961</v>
+      </c>
+      <c r="H1236" t="s">
+        <v>4962</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:8">
+      <c r="A1237" t="s">
+        <v>4963</v>
+      </c>
+      <c r="B1237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1237" t="s">
+        <v>4964</v>
+      </c>
+      <c r="D1237" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1237" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1237" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1237" s="1" t="s">
+        <v>4965</v>
+      </c>
+      <c r="H1237" t="s">
+        <v>4966</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:8">
+      <c r="A1238" t="s">
+        <v>4967</v>
+      </c>
+      <c r="B1238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1238" t="s">
+        <v>4968</v>
+      </c>
+      <c r="D1238" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1238" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1238" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G1238" s="1" t="s">
+        <v>4969</v>
+      </c>
+      <c r="H1238" t="s">
+        <v>4970</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:8">
+      <c r="A1239" t="s">
+        <v>4971</v>
+      </c>
+      <c r="B1239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1239" t="s">
+        <v>4972</v>
+      </c>
+      <c r="D1239" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1239" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1239" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G1239" s="1" t="s">
+        <v>4973</v>
+      </c>
+      <c r="H1239" t="s">
+        <v>4974</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:8">
+      <c r="A1240" t="s">
+        <v>4975</v>
+      </c>
+      <c r="B1240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1240" t="s">
+        <v>4976</v>
+      </c>
+      <c r="D1240" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1240" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1240" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1240" s="1" t="s">
+        <v>4977</v>
+      </c>
+      <c r="H1240" t="s">
+        <v>4978</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:8">
+      <c r="A1241" t="s">
+        <v>4979</v>
+      </c>
+      <c r="B1241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1241" t="s">
+        <v>4980</v>
+      </c>
+      <c r="D1241" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1241" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1241" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1241" s="1" t="s">
+        <v>4981</v>
+      </c>
+      <c r="H1241" t="s">
+        <v>4982</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:8">
+      <c r="A1242" t="s">
+        <v>4983</v>
+      </c>
+      <c r="B1242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1242" t="s">
+        <v>4984</v>
+      </c>
+      <c r="D1242" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1242" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1242" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1242" s="1" t="s">
+        <v>4985</v>
+      </c>
+      <c r="H1242" t="s">
+        <v>4986</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:8">
+      <c r="A1243" t="s">
+        <v>4987</v>
+      </c>
+      <c r="B1243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1243" t="s">
+        <v>4988</v>
+      </c>
+      <c r="D1243" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1243" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1243" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1243" s="1" t="s">
+        <v>4989</v>
+      </c>
+      <c r="H1243" t="s">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:8">
+      <c r="A1244" t="s">
+        <v>4991</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1244" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D1244" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1244" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1244" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1244" s="1" t="s">
+        <v>4993</v>
+      </c>
+      <c r="H1244" t="s">
+        <v>4994</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:8">
+      <c r="A1245" t="s">
+        <v>4995</v>
+      </c>
+      <c r="B1245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1245" t="s">
+        <v>4996</v>
+      </c>
+      <c r="D1245" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1245" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1245" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1245" s="1" t="s">
+        <v>4997</v>
+      </c>
+      <c r="H1245" t="s">
+        <v>4998</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:8">
+      <c r="A1246" t="s">
+        <v>4999</v>
+      </c>
+      <c r="B1246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1246" t="s">
+        <v>5000</v>
+      </c>
+      <c r="D1246" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1246" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1246" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G1246" s="1" t="s">
+        <v>5001</v>
+      </c>
+      <c r="H1246" t="s">
+        <v>5002</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:8">
+      <c r="A1247" t="s">
+        <v>5003</v>
+      </c>
+      <c r="B1247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1247" t="s">
+        <v>5004</v>
+      </c>
+      <c r="D1247" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1247" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1247" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1247" s="1" t="s">
+        <v>5005</v>
+      </c>
+      <c r="H1247" t="s">
+        <v>5006</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:8">
+      <c r="A1248" t="s">
+        <v>5007</v>
+      </c>
+      <c r="B1248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1248" t="s">
+        <v>5008</v>
+      </c>
+      <c r="D1248" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1248" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1248" s="1" t="s">
+        <v>5009</v>
+      </c>
+      <c r="H1248" t="s">
+        <v>5010</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:8">
+      <c r="A1249" t="s">
+        <v>5011</v>
+      </c>
+      <c r="B1249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1249" t="s">
+        <v>5012</v>
+      </c>
+      <c r="D1249" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1249" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1249" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1249" s="1" t="s">
+        <v>5013</v>
+      </c>
+      <c r="H1249" t="s">
+        <v>5014</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:8">
+      <c r="A1250" t="s">
+        <v>5015</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1250" t="s">
+        <v>5016</v>
+      </c>
+      <c r="D1250" t="s">
+        <v>4860</v>
+      </c>
+      <c r="E1250" t="s">
+        <v>4861</v>
+      </c>
+      <c r="F1250" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1250" s="1" t="s">
+        <v>5017</v>
+      </c>
+      <c r="H1250" t="s">
+        <v>5018</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:8">
+      <c r="A1251" t="s">
+        <v>5019</v>
+      </c>
+      <c r="B1251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1251" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1251" t="s">
+        <v>5020</v>
+      </c>
+      <c r="E1251" t="s">
+        <v>5021</v>
+      </c>
+      <c r="F1251" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G1251" s="1" t="s">
+        <v>5022</v>
+      </c>
+      <c r="H1251" t="s">
+        <v>5023</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:8">
+      <c r="A1252" t="s">
+        <v>5024</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1252" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1252" t="s">
+        <v>5020</v>
+      </c>
+      <c r="E1252" t="s">
+        <v>5021</v>
+      </c>
+      <c r="F1252" t="s">
+        <v>5025</v>
+      </c>
+      <c r="G1252" s="1" t="s">
+        <v>5026</v>
+      </c>
+      <c r="H1252" t="s">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:8">
+      <c r="A1253" t="s">
+        <v>5028</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1253" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1253" t="s">
+        <v>5020</v>
+      </c>
+      <c r="E1253" t="s">
+        <v>5021</v>
+      </c>
+      <c r="F1253" t="s">
+        <v>5025</v>
+      </c>
+      <c r="G1253" s="1" t="s">
+        <v>5029</v>
+      </c>
+      <c r="H1253" t="s">
+        <v>5030</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:8">
+      <c r="A1254" t="s">
+        <v>5031</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1254" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1254" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1254" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1254" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G1254" s="1" t="s">
+        <v>5034</v>
+      </c>
+      <c r="H1254" t="s">
+        <v>5035</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:8">
+      <c r="A1255" t="s">
+        <v>5036</v>
+      </c>
+      <c r="B1255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1255" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1255" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1255" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1255" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1255" s="1" t="s">
+        <v>5037</v>
+      </c>
+      <c r="H1255" t="s">
+        <v>5038</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:8">
+      <c r="A1256" t="s">
+        <v>5039</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1256" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1256" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1256" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1256" t="s">
+        <v>223</v>
+      </c>
+      <c r="G1256" s="1" t="s">
+        <v>5040</v>
+      </c>
+      <c r="H1256" t="s">
+        <v>5041</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:8">
+      <c r="A1257" t="s">
+        <v>5042</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1257" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1257" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1257" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1257" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1257" s="1" t="s">
+        <v>5043</v>
+      </c>
+      <c r="H1257" t="s">
+        <v>5044</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:8">
+      <c r="A1258" t="s">
+        <v>5045</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1258" t="s">
+        <v>30</v>
+      </c>
+      <c r="D1258" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1258" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1258" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1258" s="1" t="s">
+        <v>5046</v>
+      </c>
+      <c r="H1258" t="s">
+        <v>5047</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:8">
+      <c r="A1259" t="s">
+        <v>5048</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1259" t="s">
+        <v>34</v>
+      </c>
+      <c r="D1259" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1259" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1259" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1259" s="1" t="s">
+        <v>5049</v>
+      </c>
+      <c r="H1259" t="s">
+        <v>5050</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:8">
+      <c r="A1260" t="s">
+        <v>5051</v>
+      </c>
+      <c r="B1260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1260" t="s">
         <v>38</v>
       </c>
-      <c r="D325" t="s">
-[...5 lines deleted...]
-      <c r="F325" t="s">
+      <c r="D1260" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1260" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1260" t="s">
         <v>525</v>
       </c>
-      <c r="G325" s="1" t="s">
-[...3 lines deleted...]
-        <v>1312</v>
+      <c r="G1260" s="1" t="s">
+        <v>5052</v>
+      </c>
+      <c r="H1260" t="s">
+        <v>5053</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:8">
+      <c r="A1261" t="s">
+        <v>5054</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1261" t="s">
+        <v>42</v>
+      </c>
+      <c r="D1261" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1261" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1261" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1261" s="1" t="s">
+        <v>5055</v>
+      </c>
+      <c r="H1261" t="s">
+        <v>5056</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:8">
+      <c r="A1262" t="s">
+        <v>5057</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1262" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1262" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1262" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1262" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1262" s="1" t="s">
+        <v>5058</v>
+      </c>
+      <c r="H1262" t="s">
+        <v>5059</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:8">
+      <c r="A1263" t="s">
+        <v>5060</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1263" t="s">
+        <v>50</v>
+      </c>
+      <c r="D1263" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1263" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1263" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1263" s="1" t="s">
+        <v>5061</v>
+      </c>
+      <c r="H1263" t="s">
+        <v>5062</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:8">
+      <c r="A1264" t="s">
+        <v>5063</v>
+      </c>
+      <c r="B1264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1264" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1264" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1264" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1264" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1264" s="1" t="s">
+        <v>5064</v>
+      </c>
+      <c r="H1264" t="s">
+        <v>5065</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:8">
+      <c r="A1265" t="s">
+        <v>5066</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1265" t="s">
+        <v>58</v>
+      </c>
+      <c r="D1265" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1265" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1265" t="s">
+        <v>525</v>
+      </c>
+      <c r="G1265" s="1" t="s">
+        <v>5067</v>
+      </c>
+      <c r="H1265" t="s">
+        <v>5068</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:8">
+      <c r="A1266" t="s">
+        <v>5069</v>
+      </c>
+      <c r="B1266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1266" t="s">
+        <v>62</v>
+      </c>
+      <c r="D1266" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1266" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1266" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G1266" s="1" t="s">
+        <v>5070</v>
+      </c>
+      <c r="H1266" t="s">
+        <v>5071</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:8">
+      <c r="A1267" t="s">
+        <v>5072</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1267" t="s">
+        <v>66</v>
+      </c>
+      <c r="D1267" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1267" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1267" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G1267" s="1" t="s">
+        <v>5073</v>
+      </c>
+      <c r="H1267" t="s">
+        <v>5074</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:8">
+      <c r="A1268" t="s">
+        <v>5075</v>
+      </c>
+      <c r="B1268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1268" t="s">
+        <v>70</v>
+      </c>
+      <c r="D1268" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1268" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1268" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G1268" s="1" t="s">
+        <v>5076</v>
+      </c>
+      <c r="H1268" t="s">
+        <v>5077</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:8">
+      <c r="A1269" t="s">
+        <v>5078</v>
+      </c>
+      <c r="B1269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1269" t="s">
+        <v>74</v>
+      </c>
+      <c r="D1269" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1269" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1269" t="s">
+        <v>4208</v>
+      </c>
+      <c r="G1269" s="1" t="s">
+        <v>5079</v>
+      </c>
+      <c r="H1269" t="s">
+        <v>5080</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:8">
+      <c r="A1270" t="s">
+        <v>5081</v>
+      </c>
+      <c r="B1270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1270" t="s">
+        <v>78</v>
+      </c>
+      <c r="D1270" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1270" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1270" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1270" s="1" t="s">
+        <v>5082</v>
+      </c>
+      <c r="H1270" t="s">
+        <v>5083</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:8">
+      <c r="A1271" t="s">
+        <v>5084</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1271" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1271" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1271" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1271" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1271" s="1" t="s">
+        <v>5085</v>
+      </c>
+      <c r="H1271" t="s">
+        <v>5086</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:8">
+      <c r="A1272" t="s">
+        <v>5087</v>
+      </c>
+      <c r="B1272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1272" t="s">
+        <v>87</v>
+      </c>
+      <c r="D1272" t="s">
+        <v>5032</v>
+      </c>
+      <c r="E1272" t="s">
+        <v>5033</v>
+      </c>
+      <c r="F1272" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G1272" s="1" t="s">
+        <v>5088</v>
+      </c>
+      <c r="H1272" t="s">
+        <v>5089</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13518,50 +50706,997 @@
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
+    <hyperlink ref="G884" r:id="rId883"/>
+    <hyperlink ref="G885" r:id="rId884"/>
+    <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
+    <hyperlink ref="G899" r:id="rId898"/>
+    <hyperlink ref="G900" r:id="rId899"/>
+    <hyperlink ref="G901" r:id="rId900"/>
+    <hyperlink ref="G902" r:id="rId901"/>
+    <hyperlink ref="G903" r:id="rId902"/>
+    <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
+    <hyperlink ref="G913" r:id="rId912"/>
+    <hyperlink ref="G914" r:id="rId913"/>
+    <hyperlink ref="G915" r:id="rId914"/>
+    <hyperlink ref="G916" r:id="rId915"/>
+    <hyperlink ref="G917" r:id="rId916"/>
+    <hyperlink ref="G918" r:id="rId917"/>
+    <hyperlink ref="G919" r:id="rId918"/>
+    <hyperlink ref="G920" r:id="rId919"/>
+    <hyperlink ref="G921" r:id="rId920"/>
+    <hyperlink ref="G922" r:id="rId921"/>
+    <hyperlink ref="G923" r:id="rId922"/>
+    <hyperlink ref="G924" r:id="rId923"/>
+    <hyperlink ref="G925" r:id="rId924"/>
+    <hyperlink ref="G926" r:id="rId925"/>
+    <hyperlink ref="G927" r:id="rId926"/>
+    <hyperlink ref="G928" r:id="rId927"/>
+    <hyperlink ref="G929" r:id="rId928"/>
+    <hyperlink ref="G930" r:id="rId929"/>
+    <hyperlink ref="G931" r:id="rId930"/>
+    <hyperlink ref="G932" r:id="rId931"/>
+    <hyperlink ref="G933" r:id="rId932"/>
+    <hyperlink ref="G934" r:id="rId933"/>
+    <hyperlink ref="G935" r:id="rId934"/>
+    <hyperlink ref="G936" r:id="rId935"/>
+    <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
+    <hyperlink ref="G972" r:id="rId971"/>
+    <hyperlink ref="G973" r:id="rId972"/>
+    <hyperlink ref="G974" r:id="rId973"/>
+    <hyperlink ref="G975" r:id="rId974"/>
+    <hyperlink ref="G976" r:id="rId975"/>
+    <hyperlink ref="G977" r:id="rId976"/>
+    <hyperlink ref="G978" r:id="rId977"/>
+    <hyperlink ref="G979" r:id="rId978"/>
+    <hyperlink ref="G980" r:id="rId979"/>
+    <hyperlink ref="G981" r:id="rId980"/>
+    <hyperlink ref="G982" r:id="rId981"/>
+    <hyperlink ref="G983" r:id="rId982"/>
+    <hyperlink ref="G984" r:id="rId983"/>
+    <hyperlink ref="G985" r:id="rId984"/>
+    <hyperlink ref="G986" r:id="rId985"/>
+    <hyperlink ref="G987" r:id="rId986"/>
+    <hyperlink ref="G988" r:id="rId987"/>
+    <hyperlink ref="G989" r:id="rId988"/>
+    <hyperlink ref="G990" r:id="rId989"/>
+    <hyperlink ref="G991" r:id="rId990"/>
+    <hyperlink ref="G992" r:id="rId991"/>
+    <hyperlink ref="G993" r:id="rId992"/>
+    <hyperlink ref="G994" r:id="rId993"/>
+    <hyperlink ref="G995" r:id="rId994"/>
+    <hyperlink ref="G996" r:id="rId995"/>
+    <hyperlink ref="G997" r:id="rId996"/>
+    <hyperlink ref="G998" r:id="rId997"/>
+    <hyperlink ref="G999" r:id="rId998"/>
+    <hyperlink ref="G1000" r:id="rId999"/>
+    <hyperlink ref="G1001" r:id="rId1000"/>
+    <hyperlink ref="G1002" r:id="rId1001"/>
+    <hyperlink ref="G1003" r:id="rId1002"/>
+    <hyperlink ref="G1004" r:id="rId1003"/>
+    <hyperlink ref="G1005" r:id="rId1004"/>
+    <hyperlink ref="G1006" r:id="rId1005"/>
+    <hyperlink ref="G1007" r:id="rId1006"/>
+    <hyperlink ref="G1008" r:id="rId1007"/>
+    <hyperlink ref="G1009" r:id="rId1008"/>
+    <hyperlink ref="G1010" r:id="rId1009"/>
+    <hyperlink ref="G1011" r:id="rId1010"/>
+    <hyperlink ref="G1012" r:id="rId1011"/>
+    <hyperlink ref="G1013" r:id="rId1012"/>
+    <hyperlink ref="G1014" r:id="rId1013"/>
+    <hyperlink ref="G1015" r:id="rId1014"/>
+    <hyperlink ref="G1016" r:id="rId1015"/>
+    <hyperlink ref="G1017" r:id="rId1016"/>
+    <hyperlink ref="G1018" r:id="rId1017"/>
+    <hyperlink ref="G1019" r:id="rId1018"/>
+    <hyperlink ref="G1020" r:id="rId1019"/>
+    <hyperlink ref="G1021" r:id="rId1020"/>
+    <hyperlink ref="G1022" r:id="rId1021"/>
+    <hyperlink ref="G1023" r:id="rId1022"/>
+    <hyperlink ref="G1024" r:id="rId1023"/>
+    <hyperlink ref="G1025" r:id="rId1024"/>
+    <hyperlink ref="G1026" r:id="rId1025"/>
+    <hyperlink ref="G1027" r:id="rId1026"/>
+    <hyperlink ref="G1028" r:id="rId1027"/>
+    <hyperlink ref="G1029" r:id="rId1028"/>
+    <hyperlink ref="G1030" r:id="rId1029"/>
+    <hyperlink ref="G1031" r:id="rId1030"/>
+    <hyperlink ref="G1032" r:id="rId1031"/>
+    <hyperlink ref="G1033" r:id="rId1032"/>
+    <hyperlink ref="G1034" r:id="rId1033"/>
+    <hyperlink ref="G1035" r:id="rId1034"/>
+    <hyperlink ref="G1036" r:id="rId1035"/>
+    <hyperlink ref="G1037" r:id="rId1036"/>
+    <hyperlink ref="G1038" r:id="rId1037"/>
+    <hyperlink ref="G1039" r:id="rId1038"/>
+    <hyperlink ref="G1040" r:id="rId1039"/>
+    <hyperlink ref="G1041" r:id="rId1040"/>
+    <hyperlink ref="G1042" r:id="rId1041"/>
+    <hyperlink ref="G1043" r:id="rId1042"/>
+    <hyperlink ref="G1044" r:id="rId1043"/>
+    <hyperlink ref="G1045" r:id="rId1044"/>
+    <hyperlink ref="G1046" r:id="rId1045"/>
+    <hyperlink ref="G1047" r:id="rId1046"/>
+    <hyperlink ref="G1048" r:id="rId1047"/>
+    <hyperlink ref="G1049" r:id="rId1048"/>
+    <hyperlink ref="G1050" r:id="rId1049"/>
+    <hyperlink ref="G1051" r:id="rId1050"/>
+    <hyperlink ref="G1052" r:id="rId1051"/>
+    <hyperlink ref="G1053" r:id="rId1052"/>
+    <hyperlink ref="G1054" r:id="rId1053"/>
+    <hyperlink ref="G1055" r:id="rId1054"/>
+    <hyperlink ref="G1056" r:id="rId1055"/>
+    <hyperlink ref="G1057" r:id="rId1056"/>
+    <hyperlink ref="G1058" r:id="rId1057"/>
+    <hyperlink ref="G1059" r:id="rId1058"/>
+    <hyperlink ref="G1060" r:id="rId1059"/>
+    <hyperlink ref="G1061" r:id="rId1060"/>
+    <hyperlink ref="G1062" r:id="rId1061"/>
+    <hyperlink ref="G1063" r:id="rId1062"/>
+    <hyperlink ref="G1064" r:id="rId1063"/>
+    <hyperlink ref="G1065" r:id="rId1064"/>
+    <hyperlink ref="G1066" r:id="rId1065"/>
+    <hyperlink ref="G1067" r:id="rId1066"/>
+    <hyperlink ref="G1068" r:id="rId1067"/>
+    <hyperlink ref="G1069" r:id="rId1068"/>
+    <hyperlink ref="G1070" r:id="rId1069"/>
+    <hyperlink ref="G1071" r:id="rId1070"/>
+    <hyperlink ref="G1072" r:id="rId1071"/>
+    <hyperlink ref="G1073" r:id="rId1072"/>
+    <hyperlink ref="G1074" r:id="rId1073"/>
+    <hyperlink ref="G1075" r:id="rId1074"/>
+    <hyperlink ref="G1076" r:id="rId1075"/>
+    <hyperlink ref="G1077" r:id="rId1076"/>
+    <hyperlink ref="G1078" r:id="rId1077"/>
+    <hyperlink ref="G1079" r:id="rId1078"/>
+    <hyperlink ref="G1080" r:id="rId1079"/>
+    <hyperlink ref="G1081" r:id="rId1080"/>
+    <hyperlink ref="G1082" r:id="rId1081"/>
+    <hyperlink ref="G1083" r:id="rId1082"/>
+    <hyperlink ref="G1084" r:id="rId1083"/>
+    <hyperlink ref="G1085" r:id="rId1084"/>
+    <hyperlink ref="G1086" r:id="rId1085"/>
+    <hyperlink ref="G1087" r:id="rId1086"/>
+    <hyperlink ref="G1088" r:id="rId1087"/>
+    <hyperlink ref="G1089" r:id="rId1088"/>
+    <hyperlink ref="G1090" r:id="rId1089"/>
+    <hyperlink ref="G1091" r:id="rId1090"/>
+    <hyperlink ref="G1092" r:id="rId1091"/>
+    <hyperlink ref="G1093" r:id="rId1092"/>
+    <hyperlink ref="G1094" r:id="rId1093"/>
+    <hyperlink ref="G1095" r:id="rId1094"/>
+    <hyperlink ref="G1096" r:id="rId1095"/>
+    <hyperlink ref="G1097" r:id="rId1096"/>
+    <hyperlink ref="G1098" r:id="rId1097"/>
+    <hyperlink ref="G1099" r:id="rId1098"/>
+    <hyperlink ref="G1100" r:id="rId1099"/>
+    <hyperlink ref="G1101" r:id="rId1100"/>
+    <hyperlink ref="G1102" r:id="rId1101"/>
+    <hyperlink ref="G1103" r:id="rId1102"/>
+    <hyperlink ref="G1104" r:id="rId1103"/>
+    <hyperlink ref="G1105" r:id="rId1104"/>
+    <hyperlink ref="G1106" r:id="rId1105"/>
+    <hyperlink ref="G1107" r:id="rId1106"/>
+    <hyperlink ref="G1108" r:id="rId1107"/>
+    <hyperlink ref="G1109" r:id="rId1108"/>
+    <hyperlink ref="G1110" r:id="rId1109"/>
+    <hyperlink ref="G1111" r:id="rId1110"/>
+    <hyperlink ref="G1112" r:id="rId1111"/>
+    <hyperlink ref="G1113" r:id="rId1112"/>
+    <hyperlink ref="G1114" r:id="rId1113"/>
+    <hyperlink ref="G1115" r:id="rId1114"/>
+    <hyperlink ref="G1116" r:id="rId1115"/>
+    <hyperlink ref="G1117" r:id="rId1116"/>
+    <hyperlink ref="G1118" r:id="rId1117"/>
+    <hyperlink ref="G1119" r:id="rId1118"/>
+    <hyperlink ref="G1120" r:id="rId1119"/>
+    <hyperlink ref="G1121" r:id="rId1120"/>
+    <hyperlink ref="G1122" r:id="rId1121"/>
+    <hyperlink ref="G1123" r:id="rId1122"/>
+    <hyperlink ref="G1124" r:id="rId1123"/>
+    <hyperlink ref="G1125" r:id="rId1124"/>
+    <hyperlink ref="G1126" r:id="rId1125"/>
+    <hyperlink ref="G1127" r:id="rId1126"/>
+    <hyperlink ref="G1128" r:id="rId1127"/>
+    <hyperlink ref="G1129" r:id="rId1128"/>
+    <hyperlink ref="G1130" r:id="rId1129"/>
+    <hyperlink ref="G1131" r:id="rId1130"/>
+    <hyperlink ref="G1132" r:id="rId1131"/>
+    <hyperlink ref="G1133" r:id="rId1132"/>
+    <hyperlink ref="G1134" r:id="rId1133"/>
+    <hyperlink ref="G1135" r:id="rId1134"/>
+    <hyperlink ref="G1136" r:id="rId1135"/>
+    <hyperlink ref="G1137" r:id="rId1136"/>
+    <hyperlink ref="G1138" r:id="rId1137"/>
+    <hyperlink ref="G1139" r:id="rId1138"/>
+    <hyperlink ref="G1140" r:id="rId1139"/>
+    <hyperlink ref="G1141" r:id="rId1140"/>
+    <hyperlink ref="G1142" r:id="rId1141"/>
+    <hyperlink ref="G1143" r:id="rId1142"/>
+    <hyperlink ref="G1144" r:id="rId1143"/>
+    <hyperlink ref="G1145" r:id="rId1144"/>
+    <hyperlink ref="G1146" r:id="rId1145"/>
+    <hyperlink ref="G1147" r:id="rId1146"/>
+    <hyperlink ref="G1148" r:id="rId1147"/>
+    <hyperlink ref="G1149" r:id="rId1148"/>
+    <hyperlink ref="G1150" r:id="rId1149"/>
+    <hyperlink ref="G1151" r:id="rId1150"/>
+    <hyperlink ref="G1152" r:id="rId1151"/>
+    <hyperlink ref="G1153" r:id="rId1152"/>
+    <hyperlink ref="G1154" r:id="rId1153"/>
+    <hyperlink ref="G1155" r:id="rId1154"/>
+    <hyperlink ref="G1156" r:id="rId1155"/>
+    <hyperlink ref="G1157" r:id="rId1156"/>
+    <hyperlink ref="G1158" r:id="rId1157"/>
+    <hyperlink ref="G1159" r:id="rId1158"/>
+    <hyperlink ref="G1160" r:id="rId1159"/>
+    <hyperlink ref="G1161" r:id="rId1160"/>
+    <hyperlink ref="G1162" r:id="rId1161"/>
+    <hyperlink ref="G1163" r:id="rId1162"/>
+    <hyperlink ref="G1164" r:id="rId1163"/>
+    <hyperlink ref="G1165" r:id="rId1164"/>
+    <hyperlink ref="G1166" r:id="rId1165"/>
+    <hyperlink ref="G1167" r:id="rId1166"/>
+    <hyperlink ref="G1168" r:id="rId1167"/>
+    <hyperlink ref="G1169" r:id="rId1168"/>
+    <hyperlink ref="G1170" r:id="rId1169"/>
+    <hyperlink ref="G1171" r:id="rId1170"/>
+    <hyperlink ref="G1172" r:id="rId1171"/>
+    <hyperlink ref="G1173" r:id="rId1172"/>
+    <hyperlink ref="G1174" r:id="rId1173"/>
+    <hyperlink ref="G1175" r:id="rId1174"/>
+    <hyperlink ref="G1176" r:id="rId1175"/>
+    <hyperlink ref="G1177" r:id="rId1176"/>
+    <hyperlink ref="G1178" r:id="rId1177"/>
+    <hyperlink ref="G1179" r:id="rId1178"/>
+    <hyperlink ref="G1180" r:id="rId1179"/>
+    <hyperlink ref="G1181" r:id="rId1180"/>
+    <hyperlink ref="G1182" r:id="rId1181"/>
+    <hyperlink ref="G1183" r:id="rId1182"/>
+    <hyperlink ref="G1184" r:id="rId1183"/>
+    <hyperlink ref="G1185" r:id="rId1184"/>
+    <hyperlink ref="G1186" r:id="rId1185"/>
+    <hyperlink ref="G1187" r:id="rId1186"/>
+    <hyperlink ref="G1188" r:id="rId1187"/>
+    <hyperlink ref="G1189" r:id="rId1188"/>
+    <hyperlink ref="G1190" r:id="rId1189"/>
+    <hyperlink ref="G1191" r:id="rId1190"/>
+    <hyperlink ref="G1192" r:id="rId1191"/>
+    <hyperlink ref="G1193" r:id="rId1192"/>
+    <hyperlink ref="G1194" r:id="rId1193"/>
+    <hyperlink ref="G1195" r:id="rId1194"/>
+    <hyperlink ref="G1196" r:id="rId1195"/>
+    <hyperlink ref="G1197" r:id="rId1196"/>
+    <hyperlink ref="G1198" r:id="rId1197"/>
+    <hyperlink ref="G1199" r:id="rId1198"/>
+    <hyperlink ref="G1200" r:id="rId1199"/>
+    <hyperlink ref="G1201" r:id="rId1200"/>
+    <hyperlink ref="G1202" r:id="rId1201"/>
+    <hyperlink ref="G1203" r:id="rId1202"/>
+    <hyperlink ref="G1204" r:id="rId1203"/>
+    <hyperlink ref="G1205" r:id="rId1204"/>
+    <hyperlink ref="G1206" r:id="rId1205"/>
+    <hyperlink ref="G1207" r:id="rId1206"/>
+    <hyperlink ref="G1208" r:id="rId1207"/>
+    <hyperlink ref="G1209" r:id="rId1208"/>
+    <hyperlink ref="G1210" r:id="rId1209"/>
+    <hyperlink ref="G1211" r:id="rId1210"/>
+    <hyperlink ref="G1212" r:id="rId1211"/>
+    <hyperlink ref="G1213" r:id="rId1212"/>
+    <hyperlink ref="G1214" r:id="rId1213"/>
+    <hyperlink ref="G1215" r:id="rId1214"/>
+    <hyperlink ref="G1216" r:id="rId1215"/>
+    <hyperlink ref="G1217" r:id="rId1216"/>
+    <hyperlink ref="G1218" r:id="rId1217"/>
+    <hyperlink ref="G1219" r:id="rId1218"/>
+    <hyperlink ref="G1220" r:id="rId1219"/>
+    <hyperlink ref="G1221" r:id="rId1220"/>
+    <hyperlink ref="G1222" r:id="rId1221"/>
+    <hyperlink ref="G1223" r:id="rId1222"/>
+    <hyperlink ref="G1224" r:id="rId1223"/>
+    <hyperlink ref="G1225" r:id="rId1224"/>
+    <hyperlink ref="G1226" r:id="rId1225"/>
+    <hyperlink ref="G1227" r:id="rId1226"/>
+    <hyperlink ref="G1228" r:id="rId1227"/>
+    <hyperlink ref="G1229" r:id="rId1228"/>
+    <hyperlink ref="G1230" r:id="rId1229"/>
+    <hyperlink ref="G1231" r:id="rId1230"/>
+    <hyperlink ref="G1232" r:id="rId1231"/>
+    <hyperlink ref="G1233" r:id="rId1232"/>
+    <hyperlink ref="G1234" r:id="rId1233"/>
+    <hyperlink ref="G1235" r:id="rId1234"/>
+    <hyperlink ref="G1236" r:id="rId1235"/>
+    <hyperlink ref="G1237" r:id="rId1236"/>
+    <hyperlink ref="G1238" r:id="rId1237"/>
+    <hyperlink ref="G1239" r:id="rId1238"/>
+    <hyperlink ref="G1240" r:id="rId1239"/>
+    <hyperlink ref="G1241" r:id="rId1240"/>
+    <hyperlink ref="G1242" r:id="rId1241"/>
+    <hyperlink ref="G1243" r:id="rId1242"/>
+    <hyperlink ref="G1244" r:id="rId1243"/>
+    <hyperlink ref="G1245" r:id="rId1244"/>
+    <hyperlink ref="G1246" r:id="rId1245"/>
+    <hyperlink ref="G1247" r:id="rId1246"/>
+    <hyperlink ref="G1248" r:id="rId1247"/>
+    <hyperlink ref="G1249" r:id="rId1248"/>
+    <hyperlink ref="G1250" r:id="rId1249"/>
+    <hyperlink ref="G1251" r:id="rId1250"/>
+    <hyperlink ref="G1252" r:id="rId1251"/>
+    <hyperlink ref="G1253" r:id="rId1252"/>
+    <hyperlink ref="G1254" r:id="rId1253"/>
+    <hyperlink ref="G1255" r:id="rId1254"/>
+    <hyperlink ref="G1256" r:id="rId1255"/>
+    <hyperlink ref="G1257" r:id="rId1256"/>
+    <hyperlink ref="G1258" r:id="rId1257"/>
+    <hyperlink ref="G1259" r:id="rId1258"/>
+    <hyperlink ref="G1260" r:id="rId1259"/>
+    <hyperlink ref="G1261" r:id="rId1260"/>
+    <hyperlink ref="G1262" r:id="rId1261"/>
+    <hyperlink ref="G1263" r:id="rId1262"/>
+    <hyperlink ref="G1264" r:id="rId1263"/>
+    <hyperlink ref="G1265" r:id="rId1264"/>
+    <hyperlink ref="G1266" r:id="rId1265"/>
+    <hyperlink ref="G1267" r:id="rId1266"/>
+    <hyperlink ref="G1268" r:id="rId1267"/>
+    <hyperlink ref="G1269" r:id="rId1268"/>
+    <hyperlink ref="G1270" r:id="rId1269"/>
+    <hyperlink ref="G1271" r:id="rId1270"/>
+    <hyperlink ref="G1272" r:id="rId1271"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>